--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="2" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Line A" sheetId="1" r:id="rId4"/>
     <sheet name="Line B" sheetId="2" r:id="rId5"/>
     <sheet name="Line C" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Line A Report (2025-11)</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Shift</t>
   </si>
   <si>
     <t>Pre Lam Incharge</t>
   </si>
   <si>
     <t>Pre Lam MP</t>
   </si>
   <si>
     <t>Auto Glass Load</t>
   </si>
   <si>
     <t>RFID</t>
   </si>
   <si>
     <t>LayUp1</t>
   </si>
   <si>
@@ -300,54 +300,168 @@
   <si>
     <t>2025-11-11</t>
   </si>
   <si>
     <t>KUNAL KUMAR SHAH - 3825, SHRIRAM SHARMA - 5503</t>
   </si>
   <si>
     <t>Dharmesh yadav - 5909, Dharmendra kumar - 6401, Raju yadav - 6473</t>
   </si>
   <si>
     <t>Surendra Kumar(D) - 6149</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>Surendra Kumar(D) - 6149, Ankit ojha  - 6300</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>KUNAL KUMAR SHAH - 3825, BIPIN CHAUHAN - 5408, SHRIRAM SHARMA - 5503</t>
   </si>
   <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>ASHWIN DUBEY - 5644</t>
+  </si>
+  <si>
+    <t>Ankit ojha  - 6300</t>
+  </si>
+  <si>
+    <t>2025-11-15</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Dharmesh yadav - 5909, Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-11-16</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Dharmesh yadav - 5909, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>SURENDRA KUMAR - 5226</t>
+  </si>
+  <si>
+    <t>Shiv poojan singh  - 50192, AMAN PANDEY - 5199</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>GAGANDEEP PRAJAPATI - 5453, SURAJ KUMAR MAURYA - 5589</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>SURENDRA KUMAR - 5226, ASHWIN DUBEY - 5644, Vivek Yadav - 6329</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353</t>
+  </si>
+  <si>
+    <t>2025-11-22</t>
+  </si>
+  <si>
+    <t>SURENDRA KUMAR - 5226, ASHWIN DUBEY - 5644</t>
+  </si>
+  <si>
+    <t>AMAN PANDEY - 5199, GAGANDEEP PRAJAPATI - 5453</t>
+  </si>
+  <si>
+    <t>2025-11-23</t>
+  </si>
+  <si>
+    <t>Sharad Yadav  - 50347, Vivek Yadav - 6329</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>Sharad Yadav  - 50347, SURENDRA KUMAR - 5226</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Dharmesh yadav - 5909</t>
+  </si>
+  <si>
+    <t>Vivek Yadav - 6329</t>
+  </si>
+  <si>
+    <t>AMAN PANDEY - 5199, GAGANDEEP PRAJAPATI - 5453, SURAJ KUMAR MAURYA - 5589</t>
+  </si>
+  <si>
+    <t>Dharmendra kumar - 6401</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>Sharad Yadav  - 50347, SURENDRA KUMAR - 5226, Vivek Yadav - 6329</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Ankit ojha  - 6300, Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
     <t>2025-11-27</t>
   </si>
   <si>
+    <t>Shivanand nishad - 40353, Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
     <t>2025-11-29</t>
+  </si>
+  <si>
+    <t>SURENDRA KUMAR - 5226, VIKASH KUMAR YADAV - 5485, ASHARAM - 6179</t>
+  </si>
+  <si>
+    <t>Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
   </si>
   <si>
     <t>Line B Report (2025-11)</t>
   </si>
   <si>
     <t>Auto Bussing1</t>
   </si>
   <si>
     <t>Auto Bussing2</t>
   </si>
   <si>
     <t>Auto Bussing3</t>
   </si>
   <si>
     <t>Auto Bussing4</t>
   </si>
   <si>
     <t>Total Auto Bussing</t>
   </si>
   <si>
     <t>Laminator J3</t>
   </si>
   <si>
     <t>Abhinandan Pratap Singh - 50103, MIRZA FARHAN BAIG - 50241, INDAL KUMAR GAUTAM - 5440</t>
   </si>
@@ -357,243 +471,231 @@
   <si>
     <t>ALOK RANJAN  - 50087</t>
   </si>
   <si>
     <t>Suraj singh - 40023, SURENDRA KUMAR - 5226</t>
   </si>
   <si>
     <t>Brijesh Singh  - 50009, SURENDRA KUMAR - 5226, OM PRAKASH - 5243, GAGANDEEP PRAJAPATI - 5453</t>
   </si>
   <si>
     <t>ALOK RANJAN  - 50087, Surender Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Suraj singh - 40023, Shiv  </t>
   </si>
   <si>
     <t>OM PRAKASH - 5243, GAGANDEEP PRAJAPATI - 5453</t>
   </si>
   <si>
     <t>Brijesh Singh  - 50009</t>
   </si>
   <si>
     <t>Abhinandan Pratap Singh - 50103, MIRZA FARHAN BAIG - 50241, Rajat Bisnoi - 50267, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
-    <t>SURENDRA KUMAR - 5226</t>
-[...1 lines deleted...]
-  <si>
     <t>MIRZA FARHAN BAIG - 50241, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
     <t>GAGANDEEP PRAJAPATI - 5453</t>
   </si>
   <si>
     <t>ALOK RANJAN  - 50087, Abhinandan Pratap Singh - 50103, Rajat Bisnoi - 50267</t>
   </si>
   <si>
     <t>SURENDRA KUMAR - 5226, OM PRAKASH - 5243</t>
   </si>
   <si>
     <t>OM PRAKASH - 5243</t>
   </si>
   <si>
-    <t>2025-11-21</t>
+    <t>ALOK RANJAN  - 50087, Imran khan  - 50306</t>
+  </si>
+  <si>
+    <t>Shashank Srivastava  - 6170</t>
+  </si>
+  <si>
+    <t>INDAL KUMAR GAUTAM - 5440</t>
+  </si>
+  <si>
+    <t>MIRZA FARHAN BAIG - 50241, Rajat Bisnoi - 50267</t>
+  </si>
+  <si>
+    <t>SUSHANT KUMAR - 5125, Ashish  - 6203</t>
+  </si>
+  <si>
+    <t>MIRZA FARHAN BAIG - 50241</t>
+  </si>
+  <si>
+    <t>SUSHANT KUMAR - 5125, Shashank Srivastava  - 6170, Ashish  - 6203</t>
+  </si>
+  <si>
+    <t>Rajat Bisnoi - 50267</t>
+  </si>
+  <si>
+    <t>Imran khan  - 50306</t>
+  </si>
+  <si>
+    <t>Abhinandan Pratap Singh - 50103, INDAL KUMAR GAUTAM - 5440</t>
+  </si>
+  <si>
+    <t>Abhinandan Pratap Singh - 50103, Imran khan  - 50306</t>
+  </si>
+  <si>
+    <t>Shashank Srivastava  - 6170, Ashish  - 6203</t>
+  </si>
+  <si>
+    <t>SUSHANT KUMAR - 5125</t>
   </si>
   <si>
     <t>Abhinandan Pratap Singh - 50103</t>
   </si>
   <si>
     <t>MIRZA FARHAN BAIG - 50241, Rajat Bisnoi - 50267, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
-    <t>2025-11-22</t>
-[...13 lines deleted...]
-  <si>
     <t>SURENDRA KUMAR - 5226, GAGANDEEP PRAJAPATI - 5453</t>
-  </si>
-[...1 lines deleted...]
-    <t>2025-11-28</t>
   </si>
   <si>
     <t>Rajat Bisnoi - 50267, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
     <t>ALOK RANJAN  - 50087, MIRZA FARHAN BAIG - 50241, Rajat Bisnoi - 50267, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
     <t>SURENDRA KUMAR - 5226, OM PRAKASH - 5243, GAGANDEEP PRAJAPATI - 5453</t>
-  </si>
-[...1 lines deleted...]
-    <t>2025-11-30</t>
   </si>
   <si>
     <t>Line C Report (2025-11)</t>
   </si>
   <si>
     <t>VISHAL YADAV - 5129, Pushpendra Kumar  - 5911</t>
   </si>
   <si>
     <t>Prince k - 5986</t>
   </si>
   <si>
     <t>RAHUL KUMAR (P) - 40149, PRIKSHIT SWAMI - 40356</t>
   </si>
   <si>
     <t>Ravindra Kumar  - 5931, Deepak Kalwar - 5991</t>
   </si>
   <si>
     <t>Shiv poojan singh  - 50192, Shashank Srivastava  - 6170, Ashish  - 6203</t>
   </si>
   <si>
     <t>YOGESH SINGH - 40185, Vishvjeet singh - 40358, Vivek Yadav - 6329</t>
   </si>
   <si>
     <t>Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125, Shashank Srivastava  - 6170</t>
   </si>
   <si>
     <t>Ravindra Kumar  - 5931</t>
   </si>
   <si>
-    <t>SUSHANT KUMAR - 5125, Ashish  - 6203</t>
-[...1 lines deleted...]
-  <si>
     <t>YOGESH SINGH - 40185, Vishvjeet singh - 40358</t>
   </si>
   <si>
     <t>RAHUL KUMAR (P) - 40149</t>
   </si>
   <si>
     <t>Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125, Shashank Srivastava  - 6170, Ashish  - 6203</t>
   </si>
   <si>
     <t>PRIKSHIT SWAMI - 40356</t>
   </si>
   <si>
     <t>RAHUL KUMAR (P) - 40149, YOGESH SINGH - 40185, Vishvjeet singh - 40358</t>
   </si>
   <si>
     <t>Ravindra Kumar  - 5931, Deepak Kalwar - 5991, Vivek Yadav - 6329</t>
   </si>
   <si>
     <t>Vishvjeet singh - 40358</t>
   </si>
   <si>
     <t>Ankur Khewaria - 50289, Prince k - 5986</t>
   </si>
   <si>
     <t>Deepak Kalwar - 5991, Vivek Yadav - 6329</t>
   </si>
   <si>
-    <t>SUSHANT KUMAR - 5125, Shashank Srivastava  - 6170, Ashish  - 6203</t>
-[...1 lines deleted...]
-  <si>
     <t>VISHAL YADAV - 5129, Pushpendra Kumar  - 5911, Deepak Kalwar - 5991</t>
   </si>
   <si>
     <t>Deepak Kalwar - 5991</t>
   </si>
   <si>
     <t>Ravindra Kumar  - 5931, Vivek Yadav - 6329</t>
   </si>
   <si>
     <t>Shiv poojan singh  - 50192, Shashank Srivastava  - 6170</t>
   </si>
   <si>
     <t>Pushpendra Kumar  - 5911</t>
   </si>
   <si>
     <t>Suraj singh - 40023, SUSHANT KUMAR - 5125, Ashish  - 6203</t>
   </si>
   <si>
     <t>Shiv poojan singh  - 50192, Prince k - 5986</t>
   </si>
   <si>
-    <t>Vivek Yadav - 6329</t>
-[...1 lines deleted...]
-  <si>
     <t>Suraj singh - 40023, Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125, Shashank Srivastava  - 6170, Ashish  - 6203</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-11-17</t>
   </si>
   <si>
     <t>Suraj singh - 40023, Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125, Ashish  - 6203</t>
   </si>
   <si>
-    <t>2025-11-18</t>
-[...1 lines deleted...]
-  <si>
     <t>Suraj singh - 40023, Shiv poojan singh  - 50192, Prince k - 5986, Shashank Srivastava  - 6170, Ashish  - 6203</t>
   </si>
   <si>
-    <t>2025-11-19</t>
-[...1 lines deleted...]
-  <si>
     <t>Suraj singh - 40023, Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125, Prince k - 5986, Shashank Srivastava  - 6170, Ashish  - 6203</t>
-  </si>
-[...1 lines deleted...]
-    <t>2025-11-20</t>
   </si>
   <si>
     <t>Suraj singh - 40023, Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125, Prince k - 5986</t>
   </si>
   <si>
     <t>Suraj singh - 40023, Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125, Prince k - 5986, Ashish  - 6203</t>
   </si>
   <si>
     <t>PRIKSHIT SWAMI - 40356, Vishvjeet singh - 40358</t>
   </si>
   <si>
-    <t>2025-11-24</t>
-[...1 lines deleted...]
-  <si>
     <t>Suraj singh - 40023, Ashish  - 6203</t>
   </si>
   <si>
     <t>Shiv poojan singh  - 50192, SUSHANT KUMAR - 5125</t>
+  </si>
+  <si>
+    <t>Suraj singh - 40023, OM PRAKASH - 5243</t>
+  </si>
+  <si>
+    <t>Devansh Sharma  - 50268, OM PRAKASH - 5243</t>
+  </si>
+  <si>
+    <t>Suraj singh - 40023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -918,51 +1020,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AT29"/>
+  <dimension ref="A1:AT62"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:AT2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:46">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
@@ -4409,371 +4511,4784 @@
       </c>
       <c r="AM27">
         <v>1</v>
       </c>
       <c r="AN27" t="s">
         <v>93</v>
       </c>
       <c r="AO27">
         <v>20</v>
       </c>
       <c r="AP27" t="s">
         <v>55</v>
       </c>
       <c r="AQ27">
         <v>6</v>
       </c>
       <c r="AR27">
         <v>6922</v>
       </c>
       <c r="AS27">
         <v>5775</v>
       </c>
     </row>
     <row r="28" spans="1:46">
       <c r="A28" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B28" t="s">
         <v>51</v>
       </c>
+      <c r="C28" t="s">
+        <v>68</v>
+      </c>
       <c r="D28">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="E28">
-        <v>1718</v>
+        <v>1558</v>
       </c>
       <c r="F28">
-        <v>1198</v>
+        <v>438</v>
       </c>
       <c r="G28">
-        <v>387</v>
+        <v>365</v>
       </c>
       <c r="H28">
-        <v>427</v>
+        <v>374</v>
       </c>
       <c r="I28">
-        <v>488</v>
+        <v>445</v>
       </c>
       <c r="J28">
+        <v>374</v>
+      </c>
+      <c r="K28">
+        <v>1558</v>
+      </c>
+      <c r="L28">
+        <v>833</v>
+      </c>
+      <c r="M28">
+        <v>0</v>
+      </c>
+      <c r="N28">
+        <v>818</v>
+      </c>
+      <c r="O28">
+        <v>0</v>
+      </c>
+      <c r="P28">
+        <v>1651</v>
+      </c>
+      <c r="Q28">
+        <v>1242</v>
+      </c>
+      <c r="R28">
         <v>416</v>
       </c>
-      <c r="K28">
-[...22 lines deleted...]
-      </c>
       <c r="S28">
-        <v>1777</v>
+        <v>1658</v>
       </c>
       <c r="T28">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="U28">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="V28">
-        <v>190</v>
+        <v>136</v>
       </c>
       <c r="W28">
         <v>0</v>
       </c>
       <c r="X28">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Y28">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Z28">
-        <v>190</v>
+        <v>133</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>57</v>
       </c>
       <c r="AB28">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="AC28">
-        <v>1882</v>
+        <v>1598</v>
       </c>
       <c r="AD28">
-        <v>2126</v>
+        <v>1810</v>
       </c>
       <c r="AF28">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AG28">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="AH28">
-        <v>28</v>
+        <v>-3</v>
       </c>
       <c r="AI28">
-        <v>1916</v>
+        <v>1597</v>
       </c>
       <c r="AJ28">
-        <v>2169</v>
+        <v>1826</v>
       </c>
       <c r="AK28">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="AL28">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="AM28">
-        <v>18</v>
+        <v>-14</v>
+      </c>
+      <c r="AN28" t="s">
+        <v>69</v>
       </c>
       <c r="AO28">
-        <v>0</v>
+        <v>19</v>
+      </c>
+      <c r="AP28" t="s">
+        <v>91</v>
       </c>
       <c r="AQ28">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="AR28">
-        <v>0</v>
+        <v>5796</v>
       </c>
       <c r="AS28">
-        <v>0</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="29" spans="1:46">
       <c r="A29" t="s">
+        <v>94</v>
+      </c>
+      <c r="B29" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" t="s">
         <v>95</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29">
+        <v>53</v>
+      </c>
+      <c r="E29">
+        <v>1610</v>
+      </c>
+      <c r="F29">
+        <v>238</v>
+      </c>
+      <c r="G29">
+        <v>3577</v>
+      </c>
+      <c r="H29">
+        <v>403</v>
+      </c>
+      <c r="I29">
+        <v>428</v>
+      </c>
+      <c r="J29">
+        <v>422</v>
+      </c>
+      <c r="K29">
+        <v>4830</v>
+      </c>
+      <c r="L29">
+        <v>886</v>
+      </c>
+      <c r="M29">
+        <v>0</v>
+      </c>
+      <c r="N29">
+        <v>895</v>
+      </c>
+      <c r="O29">
+        <v>0</v>
+      </c>
+      <c r="P29">
+        <v>1781</v>
+      </c>
+      <c r="Q29">
+        <v>790</v>
+      </c>
+      <c r="R29">
+        <v>970</v>
+      </c>
+      <c r="S29">
+        <v>1760</v>
+      </c>
+      <c r="T29">
+        <v>102</v>
+      </c>
+      <c r="U29">
+        <v>120</v>
+      </c>
+      <c r="V29">
+        <v>222</v>
+      </c>
+      <c r="W29">
+        <v>0</v>
+      </c>
+      <c r="X29">
+        <v>89</v>
+      </c>
+      <c r="Y29">
+        <v>89</v>
+      </c>
+      <c r="Z29">
+        <v>133</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB29">
+        <v>43</v>
+      </c>
+      <c r="AC29">
+        <v>1738</v>
+      </c>
+      <c r="AD29">
+        <v>1847</v>
+      </c>
+      <c r="AF29">
+        <v>41</v>
+      </c>
+      <c r="AG29">
+        <v>41</v>
+      </c>
+      <c r="AH29">
+        <v>0</v>
+      </c>
+      <c r="AI29">
+        <v>1723</v>
+      </c>
+      <c r="AJ29">
+        <v>1829</v>
+      </c>
+      <c r="AK29">
+        <v>43</v>
+      </c>
+      <c r="AL29">
+        <v>41</v>
+      </c>
+      <c r="AM29">
+        <v>2</v>
+      </c>
+      <c r="AN29" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO29">
+        <v>20</v>
+      </c>
+      <c r="AP29" t="s">
+        <v>88</v>
+      </c>
+      <c r="AQ29">
+        <v>5</v>
+      </c>
+      <c r="AR29">
+        <v>6299</v>
+      </c>
+      <c r="AS29">
+        <v>6297</v>
+      </c>
+    </row>
+    <row r="30" spans="1:46">
+      <c r="A30" t="s">
+        <v>94</v>
+      </c>
+      <c r="B30" t="s">
         <v>51</v>
       </c>
-      <c r="D29">
-[...2 lines deleted...]
-      <c r="E29">
+      <c r="C30" t="s">
+        <v>68</v>
+      </c>
+      <c r="D30">
+        <v>44</v>
+      </c>
+      <c r="E30">
+        <v>1761</v>
+      </c>
+      <c r="F30">
+        <v>191</v>
+      </c>
+      <c r="G30">
+        <v>411</v>
+      </c>
+      <c r="H30">
+        <v>452</v>
+      </c>
+      <c r="I30">
+        <v>418</v>
+      </c>
+      <c r="J30">
+        <v>480</v>
+      </c>
+      <c r="K30">
+        <v>1761</v>
+      </c>
+      <c r="L30">
+        <v>886</v>
+      </c>
+      <c r="M30">
+        <v>0</v>
+      </c>
+      <c r="N30">
+        <v>918</v>
+      </c>
+      <c r="O30">
+        <v>0</v>
+      </c>
+      <c r="P30">
+        <v>1804</v>
+      </c>
+      <c r="Q30">
+        <v>844</v>
+      </c>
+      <c r="R30">
+        <v>968</v>
+      </c>
+      <c r="S30">
+        <v>1812</v>
+      </c>
+      <c r="T30">
+        <v>74</v>
+      </c>
+      <c r="U30">
+        <v>110</v>
+      </c>
+      <c r="V30">
+        <v>184</v>
+      </c>
+      <c r="W30">
+        <v>0</v>
+      </c>
+      <c r="X30">
+        <v>1</v>
+      </c>
+      <c r="Y30">
+        <v>1</v>
+      </c>
+      <c r="Z30">
+        <v>183</v>
+      </c>
+      <c r="AB30">
+        <v>47</v>
+      </c>
+      <c r="AC30">
+        <v>1696</v>
+      </c>
+      <c r="AD30">
+        <v>1666</v>
+      </c>
+      <c r="AF30">
+        <v>24</v>
+      </c>
+      <c r="AG30">
+        <v>34</v>
+      </c>
+      <c r="AH30">
+        <v>-10</v>
+      </c>
+      <c r="AI30">
+        <v>1693</v>
+      </c>
+      <c r="AJ30">
+        <v>1686</v>
+      </c>
+      <c r="AK30">
+        <v>23</v>
+      </c>
+      <c r="AL30">
+        <v>56</v>
+      </c>
+      <c r="AM30">
+        <v>-33</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO30">
+        <v>17</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ30">
+        <v>5</v>
+      </c>
+      <c r="AR30">
+        <v>5981</v>
+      </c>
+      <c r="AS30">
+        <v>4056</v>
+      </c>
+    </row>
+    <row r="31" spans="1:46">
+      <c r="A31" t="s">
+        <v>97</v>
+      </c>
+      <c r="B31" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" t="s">
+        <v>95</v>
+      </c>
+      <c r="D31">
+        <v>55</v>
+      </c>
+      <c r="E31">
+        <v>1824</v>
+      </c>
+      <c r="F31">
+        <v>775</v>
+      </c>
+      <c r="G31">
+        <v>389</v>
+      </c>
+      <c r="H31">
+        <v>475</v>
+      </c>
+      <c r="I31">
+        <v>449</v>
+      </c>
+      <c r="J31">
+        <v>511</v>
+      </c>
+      <c r="K31">
+        <v>1824</v>
+      </c>
+      <c r="L31">
+        <v>903</v>
+      </c>
+      <c r="M31">
+        <v>0</v>
+      </c>
+      <c r="N31">
+        <v>919</v>
+      </c>
+      <c r="O31">
+        <v>0</v>
+      </c>
+      <c r="P31">
+        <v>1822</v>
+      </c>
+      <c r="Q31">
+        <v>1022</v>
+      </c>
+      <c r="R31">
+        <v>820</v>
+      </c>
+      <c r="S31">
+        <v>1842</v>
+      </c>
+      <c r="T31">
+        <v>75</v>
+      </c>
+      <c r="U31">
+        <v>60</v>
+      </c>
+      <c r="V31">
+        <v>135</v>
+      </c>
+      <c r="W31">
+        <v>0</v>
+      </c>
+      <c r="X31">
+        <v>33</v>
+      </c>
+      <c r="Y31">
+        <v>33</v>
+      </c>
+      <c r="Z31">
+        <v>102</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB31">
+        <v>44</v>
+      </c>
+      <c r="AC31">
+        <v>1729</v>
+      </c>
+      <c r="AD31">
+        <v>1684</v>
+      </c>
+      <c r="AF31">
+        <v>21</v>
+      </c>
+      <c r="AG31">
+        <v>21</v>
+      </c>
+      <c r="AH31">
+        <v>0</v>
+      </c>
+      <c r="AI31">
+        <v>1731</v>
+      </c>
+      <c r="AJ31">
+        <v>1721</v>
+      </c>
+      <c r="AK31">
+        <v>33</v>
+      </c>
+      <c r="AL31">
+        <v>36</v>
+      </c>
+      <c r="AM31">
+        <v>-3</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO31">
+        <v>18</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ31">
+        <v>5</v>
+      </c>
+      <c r="AR31">
+        <v>4410</v>
+      </c>
+      <c r="AS31">
+        <v>5100</v>
+      </c>
+    </row>
+    <row r="32" spans="1:46">
+      <c r="A32" t="s">
+        <v>97</v>
+      </c>
+      <c r="B32" t="s">
+        <v>51</v>
+      </c>
+      <c r="C32" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32">
+        <v>54</v>
+      </c>
+      <c r="E32">
+        <v>1770</v>
+      </c>
+      <c r="F32">
+        <v>778</v>
+      </c>
+      <c r="G32">
+        <v>367</v>
+      </c>
+      <c r="H32">
+        <v>455</v>
+      </c>
+      <c r="I32">
+        <v>461</v>
+      </c>
+      <c r="J32">
+        <v>487</v>
+      </c>
+      <c r="K32">
+        <v>1770</v>
+      </c>
+      <c r="L32">
+        <v>924</v>
+      </c>
+      <c r="M32">
+        <v>0</v>
+      </c>
+      <c r="N32">
+        <v>924</v>
+      </c>
+      <c r="O32">
+        <v>0</v>
+      </c>
+      <c r="P32">
+        <v>1848</v>
+      </c>
+      <c r="Q32">
+        <v>807</v>
+      </c>
+      <c r="R32">
+        <v>1031</v>
+      </c>
+      <c r="S32">
+        <v>1838</v>
+      </c>
+      <c r="T32">
+        <v>80</v>
+      </c>
+      <c r="U32">
+        <v>115</v>
+      </c>
+      <c r="V32">
+        <v>195</v>
+      </c>
+      <c r="W32">
+        <v>0</v>
+      </c>
+      <c r="X32">
+        <v>2</v>
+      </c>
+      <c r="Y32">
+        <v>2</v>
+      </c>
+      <c r="Z32">
+        <v>193</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB32">
+        <v>43</v>
+      </c>
+      <c r="AC32">
+        <v>1744</v>
+      </c>
+      <c r="AD32">
+        <v>2067</v>
+      </c>
+      <c r="AF32">
+        <v>23</v>
+      </c>
+      <c r="AG32">
+        <v>26</v>
+      </c>
+      <c r="AH32">
+        <v>-3</v>
+      </c>
+      <c r="AI32">
+        <v>1753</v>
+      </c>
+      <c r="AJ32">
+        <v>2072</v>
+      </c>
+      <c r="AK32">
+        <v>30</v>
+      </c>
+      <c r="AL32">
+        <v>32</v>
+      </c>
+      <c r="AM32">
+        <v>-2</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO32">
+        <v>15</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ32">
+        <v>6</v>
+      </c>
+      <c r="AR32">
+        <v>5116</v>
+      </c>
+      <c r="AS32">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="33" spans="1:46">
+      <c r="A33" t="s">
+        <v>99</v>
+      </c>
+      <c r="B33" t="s">
+        <v>47</v>
+      </c>
+      <c r="C33" t="s">
+        <v>95</v>
+      </c>
+      <c r="D33">
+        <v>48</v>
+      </c>
+      <c r="E33">
+        <v>1809</v>
+      </c>
+      <c r="F33">
+        <v>1091</v>
+      </c>
+      <c r="G33">
+        <v>399</v>
+      </c>
+      <c r="H33">
+        <v>478</v>
+      </c>
+      <c r="I33">
+        <v>437</v>
+      </c>
+      <c r="J33">
+        <v>495</v>
+      </c>
+      <c r="K33">
+        <v>1809</v>
+      </c>
+      <c r="L33">
+        <v>910</v>
+      </c>
+      <c r="M33">
+        <v>0</v>
+      </c>
+      <c r="N33">
+        <v>917</v>
+      </c>
+      <c r="O33">
+        <v>0</v>
+      </c>
+      <c r="P33">
+        <v>1827</v>
+      </c>
+      <c r="Q33">
+        <v>1000</v>
+      </c>
+      <c r="R33">
+        <v>797</v>
+      </c>
+      <c r="S33">
+        <v>1797</v>
+      </c>
+      <c r="T33">
+        <v>97</v>
+      </c>
+      <c r="U33">
+        <v>70</v>
+      </c>
+      <c r="V33">
+        <v>167</v>
+      </c>
+      <c r="W33">
+        <v>0</v>
+      </c>
+      <c r="X33">
+        <v>22</v>
+      </c>
+      <c r="Y33">
+        <v>22</v>
+      </c>
+      <c r="Z33">
+        <v>145</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB33">
+        <v>39</v>
+      </c>
+      <c r="AC33">
+        <v>1682</v>
+      </c>
+      <c r="AD33">
+        <v>1836</v>
+      </c>
+      <c r="AF33">
+        <v>37</v>
+      </c>
+      <c r="AG33">
+        <v>38</v>
+      </c>
+      <c r="AH33">
+        <v>-1</v>
+      </c>
+      <c r="AI33">
+        <v>1710</v>
+      </c>
+      <c r="AJ33">
+        <v>1864</v>
+      </c>
+      <c r="AK33">
+        <v>74</v>
+      </c>
+      <c r="AL33">
+        <v>74</v>
+      </c>
+      <c r="AM33">
+        <v>0</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>59</v>
+      </c>
+      <c r="AO33">
+        <v>21</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>100</v>
+      </c>
+      <c r="AQ33">
+        <v>6</v>
+      </c>
+      <c r="AR33">
+        <v>4815</v>
+      </c>
+      <c r="AS33">
+        <v>3512</v>
+      </c>
+    </row>
+    <row r="34" spans="1:46">
+      <c r="A34" t="s">
+        <v>99</v>
+      </c>
+      <c r="B34" t="s">
+        <v>51</v>
+      </c>
+      <c r="C34" t="s">
+        <v>68</v>
+      </c>
+      <c r="D34">
+        <v>48</v>
+      </c>
+      <c r="E34">
+        <v>1775</v>
+      </c>
+      <c r="F34">
+        <v>871</v>
+      </c>
+      <c r="G34">
+        <v>344</v>
+      </c>
+      <c r="H34">
+        <v>461</v>
+      </c>
+      <c r="I34">
+        <v>485</v>
+      </c>
+      <c r="J34">
+        <v>485</v>
+      </c>
+      <c r="K34">
+        <v>1775</v>
+      </c>
+      <c r="L34">
+        <v>910</v>
+      </c>
+      <c r="M34">
+        <v>0</v>
+      </c>
+      <c r="N34">
+        <v>863</v>
+      </c>
+      <c r="O34">
+        <v>0</v>
+      </c>
+      <c r="P34">
+        <v>1773</v>
+      </c>
+      <c r="Q34">
+        <v>927</v>
+      </c>
+      <c r="R34">
+        <v>766</v>
+      </c>
+      <c r="S34">
+        <v>1693</v>
+      </c>
+      <c r="T34">
+        <v>70</v>
+      </c>
+      <c r="U34">
+        <v>52</v>
+      </c>
+      <c r="V34">
+        <v>122</v>
+      </c>
+      <c r="W34">
+        <v>0</v>
+      </c>
+      <c r="X34">
+        <v>1</v>
+      </c>
+      <c r="Y34">
+        <v>1</v>
+      </c>
+      <c r="Z34">
+        <v>121</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB34">
+        <v>44</v>
+      </c>
+      <c r="AC34">
+        <v>1771</v>
+      </c>
+      <c r="AD34">
+        <v>1850</v>
+      </c>
+      <c r="AF34">
+        <v>34</v>
+      </c>
+      <c r="AG34">
+        <v>24</v>
+      </c>
+      <c r="AH34">
+        <v>10</v>
+      </c>
+      <c r="AI34">
+        <v>1758</v>
+      </c>
+      <c r="AJ34">
+        <v>1857</v>
+      </c>
+      <c r="AK34">
+        <v>74</v>
+      </c>
+      <c r="AL34">
+        <v>32</v>
+      </c>
+      <c r="AM34">
+        <v>42</v>
+      </c>
+      <c r="AN34" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO34">
+        <v>16</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ34">
+        <v>4</v>
+      </c>
+      <c r="AR34">
+        <v>5910</v>
+      </c>
+      <c r="AS34">
+        <v>4112</v>
+      </c>
+    </row>
+    <row r="35" spans="1:46">
+      <c r="A35" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" t="s">
+        <v>47</v>
+      </c>
+      <c r="C35" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35">
+        <v>52</v>
+      </c>
+      <c r="E35">
+        <v>1728</v>
+      </c>
+      <c r="F35">
+        <v>457</v>
+      </c>
+      <c r="G35">
+        <v>361</v>
+      </c>
+      <c r="H35">
+        <v>453</v>
+      </c>
+      <c r="I35">
+        <v>471</v>
+      </c>
+      <c r="J35">
+        <v>443</v>
+      </c>
+      <c r="K35">
+        <v>1728</v>
+      </c>
+      <c r="L35">
+        <v>915</v>
+      </c>
+      <c r="M35">
+        <v>0</v>
+      </c>
+      <c r="N35">
+        <v>920</v>
+      </c>
+      <c r="O35">
+        <v>0</v>
+      </c>
+      <c r="P35">
+        <v>1835</v>
+      </c>
+      <c r="Q35">
+        <v>1010</v>
+      </c>
+      <c r="R35">
+        <v>779</v>
+      </c>
+      <c r="S35">
+        <v>1789</v>
+      </c>
+      <c r="T35">
+        <v>90</v>
+      </c>
+      <c r="U35">
+        <v>83</v>
+      </c>
+      <c r="V35">
+        <v>173</v>
+      </c>
+      <c r="W35">
+        <v>0</v>
+      </c>
+      <c r="X35">
+        <v>65</v>
+      </c>
+      <c r="Y35">
+        <v>65</v>
+      </c>
+      <c r="Z35">
+        <v>108</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB35">
+        <v>41</v>
+      </c>
+      <c r="AC35">
+        <v>1740</v>
+      </c>
+      <c r="AD35">
+        <v>1925</v>
+      </c>
+      <c r="AF35">
+        <v>21</v>
+      </c>
+      <c r="AG35">
+        <v>23</v>
+      </c>
+      <c r="AH35">
+        <v>-2</v>
+      </c>
+      <c r="AI35">
+        <v>1769</v>
+      </c>
+      <c r="AJ35">
+        <v>1903</v>
+      </c>
+      <c r="AK35">
+        <v>81</v>
+      </c>
+      <c r="AL35">
+        <v>79</v>
+      </c>
+      <c r="AM35">
+        <v>2</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO35">
+        <v>19</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>100</v>
+      </c>
+      <c r="AQ35">
+        <v>5</v>
+      </c>
+      <c r="AR35">
+        <v>6232</v>
+      </c>
+      <c r="AS35">
+        <v>4887</v>
+      </c>
+    </row>
+    <row r="36" spans="1:46">
+      <c r="A36" t="s">
+        <v>101</v>
+      </c>
+      <c r="B36" t="s">
+        <v>51</v>
+      </c>
+      <c r="C36" t="s">
+        <v>64</v>
+      </c>
+      <c r="D36">
+        <v>53</v>
+      </c>
+      <c r="E36">
+        <v>1742</v>
+      </c>
+      <c r="F36">
+        <v>922</v>
+      </c>
+      <c r="G36">
+        <v>422</v>
+      </c>
+      <c r="H36">
+        <v>391</v>
+      </c>
+      <c r="I36">
+        <v>473</v>
+      </c>
+      <c r="J36">
+        <v>456</v>
+      </c>
+      <c r="K36">
+        <v>1742</v>
+      </c>
+      <c r="L36">
+        <v>891</v>
+      </c>
+      <c r="M36">
+        <v>0</v>
+      </c>
+      <c r="N36">
+        <v>895</v>
+      </c>
+      <c r="O36">
+        <v>0</v>
+      </c>
+      <c r="P36">
+        <v>1786</v>
+      </c>
+      <c r="Q36">
+        <v>771</v>
+      </c>
+      <c r="R36">
+        <v>1015</v>
+      </c>
+      <c r="S36">
+        <v>1786</v>
+      </c>
+      <c r="T36">
+        <v>85</v>
+      </c>
+      <c r="U36">
+        <v>110</v>
+      </c>
+      <c r="V36">
+        <v>195</v>
+      </c>
+      <c r="W36">
+        <v>0</v>
+      </c>
+      <c r="X36">
+        <v>0</v>
+      </c>
+      <c r="Y36">
+        <v>0</v>
+      </c>
+      <c r="Z36">
+        <v>195</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB36">
+        <v>40</v>
+      </c>
+      <c r="AC36">
+        <v>1716</v>
+      </c>
+      <c r="AD36">
+        <v>1729</v>
+      </c>
+      <c r="AF36">
+        <v>39</v>
+      </c>
+      <c r="AG36">
+        <v>35</v>
+      </c>
+      <c r="AH36">
+        <v>4</v>
+      </c>
+      <c r="AI36">
+        <v>1691</v>
+      </c>
+      <c r="AJ36">
+        <v>1724</v>
+      </c>
+      <c r="AK36">
+        <v>54</v>
+      </c>
+      <c r="AL36">
+        <v>76</v>
+      </c>
+      <c r="AM36">
+        <v>-22</v>
+      </c>
+      <c r="AN36" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO36">
+        <v>11</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ36">
+        <v>8</v>
+      </c>
+      <c r="AR36">
+        <v>5186</v>
+      </c>
+      <c r="AS36">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="37" spans="1:46">
+      <c r="A37" t="s">
+        <v>102</v>
+      </c>
+      <c r="B37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" t="s">
+        <v>95</v>
+      </c>
+      <c r="D37">
+        <v>56</v>
+      </c>
+      <c r="E37">
+        <v>1864</v>
+      </c>
+      <c r="F37">
+        <v>844</v>
+      </c>
+      <c r="G37">
+        <v>478</v>
+      </c>
+      <c r="H37">
+        <v>461</v>
+      </c>
+      <c r="I37">
+        <v>455</v>
+      </c>
+      <c r="J37">
+        <v>473</v>
+      </c>
+      <c r="K37">
+        <v>1867</v>
+      </c>
+      <c r="L37">
+        <v>903</v>
+      </c>
+      <c r="M37">
+        <v>0</v>
+      </c>
+      <c r="N37">
+        <v>918</v>
+      </c>
+      <c r="O37">
+        <v>0</v>
+      </c>
+      <c r="P37">
+        <v>1821</v>
+      </c>
+      <c r="Q37">
+        <v>1100</v>
+      </c>
+      <c r="R37">
+        <v>752</v>
+      </c>
+      <c r="S37">
+        <v>1852</v>
+      </c>
+      <c r="T37">
+        <v>97</v>
+      </c>
+      <c r="U37">
+        <v>90</v>
+      </c>
+      <c r="V37">
+        <v>187</v>
+      </c>
+      <c r="W37">
+        <v>0</v>
+      </c>
+      <c r="X37">
+        <v>65</v>
+      </c>
+      <c r="Y37">
+        <v>65</v>
+      </c>
+      <c r="Z37">
+        <v>122</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB37">
+        <v>44</v>
+      </c>
+      <c r="AC37">
+        <v>1781</v>
+      </c>
+      <c r="AD37">
+        <v>1866</v>
+      </c>
+      <c r="AF37">
+        <v>37</v>
+      </c>
+      <c r="AG37">
+        <v>39</v>
+      </c>
+      <c r="AH37">
+        <v>-2</v>
+      </c>
+      <c r="AI37">
+        <v>1825</v>
+      </c>
+      <c r="AJ37">
+        <v>1784</v>
+      </c>
+      <c r="AK37">
+        <v>67</v>
+      </c>
+      <c r="AL37">
+        <v>105</v>
+      </c>
+      <c r="AM37">
+        <v>-38</v>
+      </c>
+      <c r="AN37" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO37">
+        <v>17</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ37">
+        <v>6</v>
+      </c>
+      <c r="AR37">
+        <v>5542</v>
+      </c>
+      <c r="AS37">
+        <v>5652</v>
+      </c>
+    </row>
+    <row r="38" spans="1:46">
+      <c r="A38" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" t="s">
+        <v>64</v>
+      </c>
+      <c r="D38">
+        <v>52</v>
+      </c>
+      <c r="E38">
+        <v>1741</v>
+      </c>
+      <c r="F38">
+        <v>936</v>
+      </c>
+      <c r="G38">
+        <v>428</v>
+      </c>
+      <c r="H38">
+        <v>385</v>
+      </c>
+      <c r="I38">
+        <v>482</v>
+      </c>
+      <c r="J38">
+        <v>446</v>
+      </c>
+      <c r="K38">
+        <v>1741</v>
+      </c>
+      <c r="L38">
+        <v>920</v>
+      </c>
+      <c r="M38">
+        <v>0</v>
+      </c>
+      <c r="N38">
+        <v>926</v>
+      </c>
+      <c r="O38">
+        <v>0</v>
+      </c>
+      <c r="P38">
+        <v>1846</v>
+      </c>
+      <c r="Q38">
+        <v>1071</v>
+      </c>
+      <c r="R38">
+        <v>734</v>
+      </c>
+      <c r="S38">
+        <v>1805</v>
+      </c>
+      <c r="T38">
+        <v>110</v>
+      </c>
+      <c r="U38">
+        <v>98</v>
+      </c>
+      <c r="V38">
+        <v>208</v>
+      </c>
+      <c r="W38">
+        <v>0</v>
+      </c>
+      <c r="X38">
+        <v>1</v>
+      </c>
+      <c r="Y38">
+        <v>1</v>
+      </c>
+      <c r="Z38">
+        <v>207</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB38">
+        <v>42</v>
+      </c>
+      <c r="AC38">
+        <v>1717</v>
+      </c>
+      <c r="AD38">
+        <v>1766</v>
+      </c>
+      <c r="AF38">
+        <v>41</v>
+      </c>
+      <c r="AG38">
+        <v>44</v>
+      </c>
+      <c r="AH38">
+        <v>-3</v>
+      </c>
+      <c r="AI38">
+        <v>1713</v>
+      </c>
+      <c r="AJ38">
+        <v>1776</v>
+      </c>
+      <c r="AK38">
+        <v>47</v>
+      </c>
+      <c r="AL38">
+        <v>57</v>
+      </c>
+      <c r="AM38">
+        <v>-10</v>
+      </c>
+      <c r="AN38" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO38">
+        <v>17</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ38">
+        <v>8</v>
+      </c>
+      <c r="AR38">
+        <v>3906</v>
+      </c>
+      <c r="AS38">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="39" spans="1:46">
+      <c r="A39" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" t="s">
+        <v>47</v>
+      </c>
+      <c r="C39" t="s">
+        <v>104</v>
+      </c>
+      <c r="D39">
+        <v>49</v>
+      </c>
+      <c r="E39">
+        <v>1680</v>
+      </c>
+      <c r="F39">
+        <v>861</v>
+      </c>
+      <c r="G39">
+        <v>416</v>
+      </c>
+      <c r="H39">
+        <v>350</v>
+      </c>
+      <c r="I39">
+        <v>429</v>
+      </c>
+      <c r="J39">
+        <v>485</v>
+      </c>
+      <c r="K39">
+        <v>1680</v>
+      </c>
+      <c r="L39">
+        <v>823</v>
+      </c>
+      <c r="M39">
+        <v>0</v>
+      </c>
+      <c r="N39">
+        <v>824</v>
+      </c>
+      <c r="O39">
+        <v>0</v>
+      </c>
+      <c r="P39">
+        <v>1647</v>
+      </c>
+      <c r="Q39">
+        <v>970</v>
+      </c>
+      <c r="R39">
+        <v>678</v>
+      </c>
+      <c r="S39">
+        <v>1648</v>
+      </c>
+      <c r="T39">
+        <v>115</v>
+      </c>
+      <c r="U39">
+        <v>100</v>
+      </c>
+      <c r="V39">
+        <v>215</v>
+      </c>
+      <c r="W39">
+        <v>0</v>
+      </c>
+      <c r="X39">
+        <v>50</v>
+      </c>
+      <c r="Y39">
+        <v>50</v>
+      </c>
+      <c r="Z39">
+        <v>165</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB39">
+        <v>39</v>
+      </c>
+      <c r="AC39">
+        <v>1705</v>
+      </c>
+      <c r="AD39">
+        <v>1768</v>
+      </c>
+      <c r="AF39">
+        <v>32</v>
+      </c>
+      <c r="AG39">
+        <v>35</v>
+      </c>
+      <c r="AH39">
+        <v>-3</v>
+      </c>
+      <c r="AI39">
+        <v>1740</v>
+      </c>
+      <c r="AJ39">
+        <v>1755</v>
+      </c>
+      <c r="AK39">
+        <v>49</v>
+      </c>
+      <c r="AL39">
+        <v>53</v>
+      </c>
+      <c r="AM39">
+        <v>-4</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO39">
+        <v>21</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ39">
+        <v>6</v>
+      </c>
+      <c r="AR39">
+        <v>5504</v>
+      </c>
+      <c r="AS39">
+        <v>6483</v>
+      </c>
+    </row>
+    <row r="40" spans="1:46">
+      <c r="A40" t="s">
+        <v>103</v>
+      </c>
+      <c r="B40" t="s">
+        <v>51</v>
+      </c>
+      <c r="C40" t="s">
+        <v>64</v>
+      </c>
+      <c r="D40">
+        <v>55</v>
+      </c>
+      <c r="E40">
+        <v>1851</v>
+      </c>
+      <c r="F40">
+        <v>735</v>
+      </c>
+      <c r="G40">
+        <v>423</v>
+      </c>
+      <c r="H40">
+        <v>464</v>
+      </c>
+      <c r="I40">
+        <v>472</v>
+      </c>
+      <c r="J40">
+        <v>492</v>
+      </c>
+      <c r="K40">
+        <v>1851</v>
+      </c>
+      <c r="L40">
+        <v>899</v>
+      </c>
+      <c r="M40">
+        <v>0</v>
+      </c>
+      <c r="N40">
+        <v>916</v>
+      </c>
+      <c r="O40">
+        <v>0</v>
+      </c>
+      <c r="P40">
+        <v>1815</v>
+      </c>
+      <c r="Q40">
+        <v>912</v>
+      </c>
+      <c r="R40">
+        <v>945</v>
+      </c>
+      <c r="S40">
+        <v>1857</v>
+      </c>
+      <c r="T40">
+        <v>89</v>
+      </c>
+      <c r="U40">
+        <v>80</v>
+      </c>
+      <c r="V40">
+        <v>169</v>
+      </c>
+      <c r="W40">
+        <v>0</v>
+      </c>
+      <c r="X40">
+        <v>0</v>
+      </c>
+      <c r="Y40">
+        <v>0</v>
+      </c>
+      <c r="Z40">
+        <v>169</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB40">
+        <v>45</v>
+      </c>
+      <c r="AC40">
+        <v>1808</v>
+      </c>
+      <c r="AD40">
+        <v>1863</v>
+      </c>
+      <c r="AF40">
+        <v>23</v>
+      </c>
+      <c r="AG40">
+        <v>44</v>
+      </c>
+      <c r="AH40">
+        <v>-21</v>
+      </c>
+      <c r="AI40">
+        <v>1805</v>
+      </c>
+      <c r="AJ40">
+        <v>1881</v>
+      </c>
+      <c r="AK40">
+        <v>31</v>
+      </c>
+      <c r="AL40">
+        <v>47</v>
+      </c>
+      <c r="AM40">
+        <v>-16</v>
+      </c>
+      <c r="AN40" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO40">
+        <v>15</v>
+      </c>
+      <c r="AP40" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ40">
+        <v>8</v>
+      </c>
+      <c r="AR40">
+        <v>5856</v>
+      </c>
+      <c r="AS40">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="41" spans="1:46">
+      <c r="A41" t="s">
+        <v>106</v>
+      </c>
+      <c r="B41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41">
+        <v>48</v>
+      </c>
+      <c r="E41">
+        <v>1765</v>
+      </c>
+      <c r="F41">
+        <v>661</v>
+      </c>
+      <c r="G41">
+        <v>294</v>
+      </c>
+      <c r="H41">
+        <v>468</v>
+      </c>
+      <c r="I41">
+        <v>507</v>
+      </c>
+      <c r="J41">
+        <v>496</v>
+      </c>
+      <c r="K41">
+        <v>1765</v>
+      </c>
+      <c r="L41">
+        <v>889</v>
+      </c>
+      <c r="M41">
+        <v>0</v>
+      </c>
+      <c r="N41">
+        <v>931</v>
+      </c>
+      <c r="O41">
+        <v>0</v>
+      </c>
+      <c r="P41">
+        <v>1820</v>
+      </c>
+      <c r="Q41">
+        <v>776</v>
+      </c>
+      <c r="R41">
+        <v>1007</v>
+      </c>
+      <c r="S41">
+        <v>1783</v>
+      </c>
+      <c r="T41">
+        <v>65</v>
+      </c>
+      <c r="U41">
+        <v>105</v>
+      </c>
+      <c r="V41">
+        <v>170</v>
+      </c>
+      <c r="W41">
+        <v>0</v>
+      </c>
+      <c r="X41">
+        <v>17</v>
+      </c>
+      <c r="Y41">
+        <v>17</v>
+      </c>
+      <c r="Z41">
+        <v>153</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB41">
+        <v>42</v>
+      </c>
+      <c r="AC41">
+        <v>1792</v>
+      </c>
+      <c r="AD41">
+        <v>1821</v>
+      </c>
+      <c r="AF41">
+        <v>53</v>
+      </c>
+      <c r="AG41">
+        <v>54</v>
+      </c>
+      <c r="AH41">
+        <v>-1</v>
+      </c>
+      <c r="AI41">
+        <v>1804</v>
+      </c>
+      <c r="AJ41">
+        <v>1759</v>
+      </c>
+      <c r="AK41">
+        <v>42</v>
+      </c>
+      <c r="AL41">
+        <v>41</v>
+      </c>
+      <c r="AM41">
+        <v>1</v>
+      </c>
+      <c r="AN41" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO41">
+        <v>19</v>
+      </c>
+      <c r="AP41" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ41">
+        <v>4</v>
+      </c>
+      <c r="AR41">
+        <v>3737</v>
+      </c>
+      <c r="AS41">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="42" spans="1:46">
+      <c r="A42" t="s">
+        <v>106</v>
+      </c>
+      <c r="B42" t="s">
+        <v>51</v>
+      </c>
+      <c r="C42" t="s">
+        <v>64</v>
+      </c>
+      <c r="D42">
+        <v>50</v>
+      </c>
+      <c r="E42">
+        <v>1913</v>
+      </c>
+      <c r="F42">
+        <v>600</v>
+      </c>
+      <c r="G42">
+        <v>457</v>
+      </c>
+      <c r="H42">
+        <v>430</v>
+      </c>
+      <c r="I42">
+        <v>516</v>
+      </c>
+      <c r="J42">
+        <v>510</v>
+      </c>
+      <c r="K42">
+        <v>1913</v>
+      </c>
+      <c r="L42">
+        <v>916</v>
+      </c>
+      <c r="M42">
+        <v>0</v>
+      </c>
+      <c r="N42">
+        <v>937</v>
+      </c>
+      <c r="O42">
+        <v>0</v>
+      </c>
+      <c r="P42">
+        <v>1853</v>
+      </c>
+      <c r="Q42">
+        <v>953</v>
+      </c>
+      <c r="R42">
+        <v>934</v>
+      </c>
+      <c r="S42">
+        <v>1887</v>
+      </c>
+      <c r="T42">
+        <v>94</v>
+      </c>
+      <c r="U42">
+        <v>110</v>
+      </c>
+      <c r="V42">
+        <v>204</v>
+      </c>
+      <c r="W42">
+        <v>0</v>
+      </c>
+      <c r="X42">
+        <v>0</v>
+      </c>
+      <c r="Y42">
+        <v>0</v>
+      </c>
+      <c r="Z42">
+        <v>204</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB42">
+        <v>42</v>
+      </c>
+      <c r="AC42">
+        <v>1779</v>
+      </c>
+      <c r="AD42">
+        <v>1802</v>
+      </c>
+      <c r="AF42">
+        <v>20</v>
+      </c>
+      <c r="AG42">
+        <v>24</v>
+      </c>
+      <c r="AH42">
+        <v>-4</v>
+      </c>
+      <c r="AI42">
+        <v>1780</v>
+      </c>
+      <c r="AJ42">
+        <v>1826</v>
+      </c>
+      <c r="AK42">
+        <v>52</v>
+      </c>
+      <c r="AL42">
+        <v>28</v>
+      </c>
+      <c r="AM42">
+        <v>24</v>
+      </c>
+      <c r="AN42" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO42">
+        <v>15</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ42">
+        <v>8</v>
+      </c>
+      <c r="AR42">
+        <v>5336</v>
+      </c>
+      <c r="AS42">
+        <v>6088</v>
+      </c>
+    </row>
+    <row r="43" spans="1:46">
+      <c r="A43" t="s">
+        <v>108</v>
+      </c>
+      <c r="B43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" t="s">
+        <v>109</v>
+      </c>
+      <c r="D43">
+        <v>48</v>
+      </c>
+      <c r="E43">
+        <v>1846</v>
+      </c>
+      <c r="F43">
+        <v>739</v>
+      </c>
+      <c r="G43">
+        <v>468</v>
+      </c>
+      <c r="H43">
+        <v>380</v>
+      </c>
+      <c r="I43">
+        <v>516</v>
+      </c>
+      <c r="J43">
+        <v>482</v>
+      </c>
+      <c r="K43">
+        <v>1846</v>
+      </c>
+      <c r="L43">
+        <v>903</v>
+      </c>
+      <c r="M43">
+        <v>0</v>
+      </c>
+      <c r="N43">
+        <v>910</v>
+      </c>
+      <c r="O43">
+        <v>0</v>
+      </c>
+      <c r="P43">
+        <v>1813</v>
+      </c>
+      <c r="Q43">
+        <v>1050</v>
+      </c>
+      <c r="R43">
+        <v>762</v>
+      </c>
+      <c r="S43">
+        <v>1812</v>
+      </c>
+      <c r="T43">
+        <v>112</v>
+      </c>
+      <c r="U43">
+        <v>75</v>
+      </c>
+      <c r="V43">
+        <v>187</v>
+      </c>
+      <c r="W43">
+        <v>0</v>
+      </c>
+      <c r="X43">
+        <v>37</v>
+      </c>
+      <c r="Y43">
+        <v>37</v>
+      </c>
+      <c r="Z43">
+        <v>150</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB43">
+        <v>43</v>
+      </c>
+      <c r="AC43">
+        <v>1735</v>
+      </c>
+      <c r="AD43">
+        <v>1721</v>
+      </c>
+      <c r="AF43">
+        <v>21</v>
+      </c>
+      <c r="AG43">
+        <v>20</v>
+      </c>
+      <c r="AH43">
+        <v>1</v>
+      </c>
+      <c r="AI43">
+        <v>1719</v>
+      </c>
+      <c r="AJ43">
+        <v>1712</v>
+      </c>
+      <c r="AK43">
+        <v>33</v>
+      </c>
+      <c r="AL43">
+        <v>30</v>
+      </c>
+      <c r="AM43">
+        <v>3</v>
+      </c>
+      <c r="AN43" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO43">
+        <v>18</v>
+      </c>
+      <c r="AP43" t="s">
+        <v>88</v>
+      </c>
+      <c r="AQ43">
+        <v>5</v>
+      </c>
+      <c r="AR43">
+        <v>5075</v>
+      </c>
+      <c r="AS43">
+        <v>5566</v>
+      </c>
+    </row>
+    <row r="44" spans="1:46">
+      <c r="A44" t="s">
+        <v>108</v>
+      </c>
+      <c r="B44" t="s">
+        <v>51</v>
+      </c>
+      <c r="C44" t="s">
+        <v>64</v>
+      </c>
+      <c r="D44">
+        <v>52</v>
+      </c>
+      <c r="E44">
+        <v>1739</v>
+      </c>
+      <c r="F44">
+        <v>1074</v>
+      </c>
+      <c r="G44">
+        <v>402</v>
+      </c>
+      <c r="H44">
+        <v>432</v>
+      </c>
+      <c r="I44">
+        <v>474</v>
+      </c>
+      <c r="J44">
+        <v>432</v>
+      </c>
+      <c r="K44">
+        <v>1740</v>
+      </c>
+      <c r="L44">
+        <v>917</v>
+      </c>
+      <c r="M44">
+        <v>0</v>
+      </c>
+      <c r="N44">
+        <v>917</v>
+      </c>
+      <c r="O44">
+        <v>0</v>
+      </c>
+      <c r="P44">
+        <v>1834</v>
+      </c>
+      <c r="Q44">
+        <v>857</v>
+      </c>
+      <c r="R44">
+        <v>967</v>
+      </c>
+      <c r="S44">
+        <v>1824</v>
+      </c>
+      <c r="T44">
+        <v>96</v>
+      </c>
+      <c r="U44">
+        <v>110</v>
+      </c>
+      <c r="V44">
+        <v>206</v>
+      </c>
+      <c r="W44">
+        <v>0</v>
+      </c>
+      <c r="X44">
+        <v>0</v>
+      </c>
+      <c r="Y44">
+        <v>0</v>
+      </c>
+      <c r="Z44">
+        <v>206</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB44">
+        <v>47</v>
+      </c>
+      <c r="AC44">
+        <v>1832</v>
+      </c>
+      <c r="AD44">
+        <v>1705</v>
+      </c>
+      <c r="AF44">
+        <v>30</v>
+      </c>
+      <c r="AG44">
+        <v>18</v>
+      </c>
+      <c r="AH44">
+        <v>12</v>
+      </c>
+      <c r="AI44">
+        <v>1847</v>
+      </c>
+      <c r="AJ44">
+        <v>1909</v>
+      </c>
+      <c r="AK44">
+        <v>77</v>
+      </c>
+      <c r="AL44">
+        <v>55</v>
+      </c>
+      <c r="AM44">
+        <v>22</v>
+      </c>
+      <c r="AN44" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO44">
+        <v>17</v>
+      </c>
+      <c r="AP44" t="s">
+        <v>110</v>
+      </c>
+      <c r="AQ44">
+        <v>9</v>
+      </c>
+      <c r="AR44">
+        <v>5984</v>
+      </c>
+      <c r="AS44">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="45" spans="1:46">
+      <c r="A45" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" t="s">
+        <v>47</v>
+      </c>
+      <c r="C45" t="s">
+        <v>112</v>
+      </c>
+      <c r="D45">
+        <v>52</v>
+      </c>
+      <c r="E45">
+        <v>1762</v>
+      </c>
+      <c r="F45">
+        <v>1366</v>
+      </c>
+      <c r="G45">
+        <v>430</v>
+      </c>
+      <c r="H45">
+        <v>425</v>
+      </c>
+      <c r="I45">
+        <v>410</v>
+      </c>
+      <c r="J45">
+        <v>491</v>
+      </c>
+      <c r="K45">
+        <v>1756</v>
+      </c>
+      <c r="L45">
+        <v>900</v>
+      </c>
+      <c r="M45">
+        <v>0</v>
+      </c>
+      <c r="N45">
+        <v>931</v>
+      </c>
+      <c r="O45">
+        <v>0</v>
+      </c>
+      <c r="P45">
+        <v>1831</v>
+      </c>
+      <c r="Q45">
+        <v>1064</v>
+      </c>
+      <c r="R45">
+        <v>740</v>
+      </c>
+      <c r="S45">
+        <v>1804</v>
+      </c>
+      <c r="T45">
+        <v>103</v>
+      </c>
+      <c r="U45">
+        <v>124</v>
+      </c>
+      <c r="V45">
+        <v>227</v>
+      </c>
+      <c r="W45">
+        <v>0</v>
+      </c>
+      <c r="X45">
+        <v>55</v>
+      </c>
+      <c r="Y45">
+        <v>55</v>
+      </c>
+      <c r="Z45">
+        <v>172</v>
+      </c>
+      <c r="AB45">
+        <v>44</v>
+      </c>
+      <c r="AC45">
+        <v>1780</v>
+      </c>
+      <c r="AD45">
+        <v>1853</v>
+      </c>
+      <c r="AF45">
+        <v>48</v>
+      </c>
+      <c r="AG45">
+        <v>42</v>
+      </c>
+      <c r="AH45">
+        <v>6</v>
+      </c>
+      <c r="AI45">
+        <v>1783</v>
+      </c>
+      <c r="AJ45">
+        <v>1868</v>
+      </c>
+      <c r="AK45">
+        <v>33</v>
+      </c>
+      <c r="AL45">
+        <v>31</v>
+      </c>
+      <c r="AM45">
+        <v>2</v>
+      </c>
+      <c r="AN45" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO45">
+        <v>21</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>55</v>
+      </c>
+      <c r="AQ45">
+        <v>5</v>
+      </c>
+      <c r="AR45">
+        <v>4610</v>
+      </c>
+      <c r="AS45">
+        <v>11268</v>
+      </c>
+    </row>
+    <row r="46" spans="1:46">
+      <c r="A46" t="s">
+        <v>111</v>
+      </c>
+      <c r="B46" t="s">
+        <v>51</v>
+      </c>
+      <c r="C46" t="s">
+        <v>48</v>
+      </c>
+      <c r="D46">
+        <v>50</v>
+      </c>
+      <c r="E46">
+        <v>1704</v>
+      </c>
+      <c r="F46">
+        <v>316</v>
+      </c>
+      <c r="G46">
+        <v>397</v>
+      </c>
+      <c r="H46">
+        <v>393</v>
+      </c>
+      <c r="I46">
+        <v>427</v>
+      </c>
+      <c r="J46">
+        <v>487</v>
+      </c>
+      <c r="K46">
+        <v>1704</v>
+      </c>
+      <c r="L46">
+        <v>903</v>
+      </c>
+      <c r="M46">
+        <v>0</v>
+      </c>
+      <c r="N46">
+        <v>868</v>
+      </c>
+      <c r="O46">
+        <v>0</v>
+      </c>
+      <c r="P46">
+        <v>1771</v>
+      </c>
+      <c r="Q46">
+        <v>951</v>
+      </c>
+      <c r="R46">
+        <v>825</v>
+      </c>
+      <c r="S46">
+        <v>1776</v>
+      </c>
+      <c r="T46">
+        <v>80</v>
+      </c>
+      <c r="U46">
+        <v>87</v>
+      </c>
+      <c r="V46">
+        <v>167</v>
+      </c>
+      <c r="W46">
+        <v>0</v>
+      </c>
+      <c r="X46">
+        <v>0</v>
+      </c>
+      <c r="Y46">
+        <v>0</v>
+      </c>
+      <c r="Z46">
+        <v>167</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>113</v>
+      </c>
+      <c r="AB46">
+        <v>46</v>
+      </c>
+      <c r="AC46">
+        <v>1634</v>
+      </c>
+      <c r="AD46">
+        <v>1725</v>
+      </c>
+      <c r="AF46">
+        <v>19</v>
+      </c>
+      <c r="AG46">
+        <v>31</v>
+      </c>
+      <c r="AH46">
+        <v>-12</v>
+      </c>
+      <c r="AI46">
+        <v>1613</v>
+      </c>
+      <c r="AJ46">
+        <v>1731</v>
+      </c>
+      <c r="AK46">
+        <v>44</v>
+      </c>
+      <c r="AL46">
+        <v>79</v>
+      </c>
+      <c r="AM46">
+        <v>-35</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO46">
+        <v>16</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ46">
+        <v>7</v>
+      </c>
+      <c r="AR46">
+        <v>5226</v>
+      </c>
+      <c r="AS46">
+        <v>4328</v>
+      </c>
+    </row>
+    <row r="47" spans="1:46">
+      <c r="A47" t="s">
+        <v>114</v>
+      </c>
+      <c r="B47" t="s">
+        <v>47</v>
+      </c>
+      <c r="C47" t="s">
+        <v>115</v>
+      </c>
+      <c r="D47">
+        <v>51</v>
+      </c>
+      <c r="E47">
+        <v>1871</v>
+      </c>
+      <c r="F47">
+        <v>244</v>
+      </c>
+      <c r="G47">
+        <v>428</v>
+      </c>
+      <c r="H47">
+        <v>465</v>
+      </c>
+      <c r="I47">
+        <v>471</v>
+      </c>
+      <c r="J47">
+        <v>507</v>
+      </c>
+      <c r="K47">
+        <v>1871</v>
+      </c>
+      <c r="L47">
+        <v>924</v>
+      </c>
+      <c r="M47">
+        <v>0</v>
+      </c>
+      <c r="N47">
+        <v>917</v>
+      </c>
+      <c r="O47">
+        <v>0</v>
+      </c>
+      <c r="P47">
+        <v>1841</v>
+      </c>
+      <c r="Q47">
+        <v>1057</v>
+      </c>
+      <c r="R47">
+        <v>785</v>
+      </c>
+      <c r="S47">
+        <v>1842</v>
+      </c>
+      <c r="T47">
+        <v>95</v>
+      </c>
+      <c r="U47">
+        <v>70</v>
+      </c>
+      <c r="V47">
+        <v>165</v>
+      </c>
+      <c r="W47">
+        <v>0</v>
+      </c>
+      <c r="X47">
+        <v>16</v>
+      </c>
+      <c r="Y47">
+        <v>16</v>
+      </c>
+      <c r="Z47">
+        <v>149</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB47">
+        <v>47</v>
+      </c>
+      <c r="AC47">
+        <v>1774</v>
+      </c>
+      <c r="AD47">
+        <v>1877</v>
+      </c>
+      <c r="AF47">
+        <v>20</v>
+      </c>
+      <c r="AG47">
+        <v>23</v>
+      </c>
+      <c r="AH47">
+        <v>-3</v>
+      </c>
+      <c r="AI47">
+        <v>1788</v>
+      </c>
+      <c r="AJ47">
+        <v>1878</v>
+      </c>
+      <c r="AK47">
+        <v>36</v>
+      </c>
+      <c r="AL47">
+        <v>39</v>
+      </c>
+      <c r="AM47">
+        <v>-3</v>
+      </c>
+      <c r="AN47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO47">
+        <v>20</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>55</v>
+      </c>
+      <c r="AQ47">
+        <v>6</v>
+      </c>
+      <c r="AR47">
+        <v>5539</v>
+      </c>
+      <c r="AS47">
+        <v>10512</v>
+      </c>
+    </row>
+    <row r="48" spans="1:46">
+      <c r="A48" t="s">
+        <v>114</v>
+      </c>
+      <c r="B48" t="s">
+        <v>51</v>
+      </c>
+      <c r="C48" t="s">
+        <v>64</v>
+      </c>
+      <c r="D48">
+        <v>54</v>
+      </c>
+      <c r="E48">
+        <v>1838</v>
+      </c>
+      <c r="F48">
+        <v>1084</v>
+      </c>
+      <c r="G48">
+        <v>385</v>
+      </c>
+      <c r="H48">
+        <v>464</v>
+      </c>
+      <c r="I48">
+        <v>483</v>
+      </c>
+      <c r="J48">
+        <v>506</v>
+      </c>
+      <c r="K48">
+        <v>1838</v>
+      </c>
+      <c r="L48">
+        <v>924</v>
+      </c>
+      <c r="M48">
+        <v>0</v>
+      </c>
+      <c r="N48">
+        <v>938</v>
+      </c>
+      <c r="O48">
+        <v>0</v>
+      </c>
+      <c r="P48">
+        <v>1862</v>
+      </c>
+      <c r="Q48">
+        <v>1024</v>
+      </c>
+      <c r="R48">
+        <v>800</v>
+      </c>
+      <c r="S48">
+        <v>1824</v>
+      </c>
+      <c r="T48">
+        <v>80</v>
+      </c>
+      <c r="U48">
+        <v>108</v>
+      </c>
+      <c r="V48">
+        <v>188</v>
+      </c>
+      <c r="W48">
+        <v>0</v>
+      </c>
+      <c r="X48">
+        <v>1</v>
+      </c>
+      <c r="Y48">
+        <v>1</v>
+      </c>
+      <c r="Z48">
+        <v>187</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB48">
+        <v>43</v>
+      </c>
+      <c r="AC48">
+        <v>1852</v>
+      </c>
+      <c r="AD48">
+        <v>1891</v>
+      </c>
+      <c r="AF48">
+        <v>22</v>
+      </c>
+      <c r="AG48">
+        <v>21</v>
+      </c>
+      <c r="AH48">
+        <v>1</v>
+      </c>
+      <c r="AI48">
+        <v>1843</v>
+      </c>
+      <c r="AJ48">
+        <v>1896</v>
+      </c>
+      <c r="AK48">
+        <v>25</v>
+      </c>
+      <c r="AL48">
+        <v>47</v>
+      </c>
+      <c r="AM48">
+        <v>-22</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>54</v>
+      </c>
+      <c r="AO48">
+        <v>18</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>116</v>
+      </c>
+      <c r="AQ48">
+        <v>6</v>
+      </c>
+      <c r="AR48">
+        <v>5957</v>
+      </c>
+      <c r="AS48">
+        <v>6596</v>
+      </c>
+    </row>
+    <row r="49" spans="1:46">
+      <c r="A49" t="s">
+        <v>117</v>
+      </c>
+      <c r="B49" t="s">
+        <v>47</v>
+      </c>
+      <c r="C49" t="s">
+        <v>118</v>
+      </c>
+      <c r="D49">
+        <v>30</v>
+      </c>
+      <c r="E49">
+        <v>1687</v>
+      </c>
+      <c r="F49">
+        <v>1612</v>
+      </c>
+      <c r="G49">
+        <v>297</v>
+      </c>
+      <c r="H49">
+        <v>460</v>
+      </c>
+      <c r="I49">
+        <v>450</v>
+      </c>
+      <c r="J49">
+        <v>480</v>
+      </c>
+      <c r="K49">
+        <v>1687</v>
+      </c>
+      <c r="L49">
+        <v>875</v>
+      </c>
+      <c r="M49">
+        <v>0</v>
+      </c>
+      <c r="N49">
+        <v>896</v>
+      </c>
+      <c r="O49">
+        <v>0</v>
+      </c>
+      <c r="P49">
+        <v>1771</v>
+      </c>
+      <c r="Q49">
+        <v>955</v>
+      </c>
+      <c r="R49">
+        <v>632</v>
+      </c>
+      <c r="S49">
+        <v>1587</v>
+      </c>
+      <c r="T49">
+        <v>50</v>
+      </c>
+      <c r="U49">
+        <v>75</v>
+      </c>
+      <c r="V49">
+        <v>125</v>
+      </c>
+      <c r="W49">
+        <v>1</v>
+      </c>
+      <c r="X49">
+        <v>0</v>
+      </c>
+      <c r="Y49">
+        <v>1</v>
+      </c>
+      <c r="Z49">
+        <v>124</v>
+      </c>
+      <c r="AB49">
+        <v>20</v>
+      </c>
+      <c r="AC49">
+        <v>1646</v>
+      </c>
+      <c r="AD49">
+        <v>1540</v>
+      </c>
+      <c r="AF49">
+        <v>15</v>
+      </c>
+      <c r="AG49">
+        <v>14</v>
+      </c>
+      <c r="AH49">
+        <v>1</v>
+      </c>
+      <c r="AI49">
+        <v>1641</v>
+      </c>
+      <c r="AJ49">
+        <v>1626</v>
+      </c>
+      <c r="AK49">
+        <v>43</v>
+      </c>
+      <c r="AL49">
+        <v>43</v>
+      </c>
+      <c r="AM49">
+        <v>0</v>
+      </c>
+      <c r="AN49" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO49">
+        <v>12</v>
+      </c>
+      <c r="AP49" t="s">
+        <v>119</v>
+      </c>
+      <c r="AQ49">
+        <v>2</v>
+      </c>
+      <c r="AR49">
+        <v>3680</v>
+      </c>
+      <c r="AS49">
+        <v>4552</v>
+      </c>
+    </row>
+    <row r="50" spans="1:46">
+      <c r="A50" t="s">
+        <v>117</v>
+      </c>
+      <c r="B50" t="s">
+        <v>51</v>
+      </c>
+      <c r="C50" t="s">
+        <v>120</v>
+      </c>
+      <c r="D50">
+        <v>25</v>
+      </c>
+      <c r="E50">
+        <v>1699</v>
+      </c>
+      <c r="F50">
+        <v>1272</v>
+      </c>
+      <c r="G50">
+        <v>404</v>
+      </c>
+      <c r="H50">
+        <v>403</v>
+      </c>
+      <c r="I50">
+        <v>463</v>
+      </c>
+      <c r="J50">
+        <v>429</v>
+      </c>
+      <c r="K50">
+        <v>1699</v>
+      </c>
+      <c r="L50">
+        <v>843</v>
+      </c>
+      <c r="M50">
+        <v>0</v>
+      </c>
+      <c r="N50">
+        <v>849</v>
+      </c>
+      <c r="O50">
+        <v>0</v>
+      </c>
+      <c r="P50">
+        <v>1692</v>
+      </c>
+      <c r="Q50">
+        <v>1017</v>
+      </c>
+      <c r="R50">
+        <v>632</v>
+      </c>
+      <c r="S50">
+        <v>1649</v>
+      </c>
+      <c r="T50">
+        <v>70</v>
+      </c>
+      <c r="U50">
+        <v>75</v>
+      </c>
+      <c r="V50">
+        <v>145</v>
+      </c>
+      <c r="W50">
+        <v>0</v>
+      </c>
+      <c r="X50">
+        <v>0</v>
+      </c>
+      <c r="Y50">
+        <v>0</v>
+      </c>
+      <c r="Z50">
+        <v>145</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>121</v>
+      </c>
+      <c r="AB50">
+        <v>35</v>
+      </c>
+      <c r="AC50">
+        <v>1830</v>
+      </c>
+      <c r="AD50">
+        <v>1989</v>
+      </c>
+      <c r="AF50">
+        <v>35</v>
+      </c>
+      <c r="AG50">
+        <v>27</v>
+      </c>
+      <c r="AH50">
+        <v>8</v>
+      </c>
+      <c r="AI50">
+        <v>1856</v>
+      </c>
+      <c r="AJ50">
+        <v>2120</v>
+      </c>
+      <c r="AK50">
+        <v>24</v>
+      </c>
+      <c r="AL50">
+        <v>31</v>
+      </c>
+      <c r="AM50">
+        <v>-7</v>
+      </c>
+      <c r="AN50" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO50">
+        <v>10</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>122</v>
+      </c>
+      <c r="AQ50">
+        <v>4</v>
+      </c>
+      <c r="AR50">
+        <v>6978</v>
+      </c>
+      <c r="AS50">
+        <v>8233</v>
+      </c>
+    </row>
+    <row r="51" spans="1:46">
+      <c r="A51" t="s">
+        <v>123</v>
+      </c>
+      <c r="B51" t="s">
+        <v>47</v>
+      </c>
+      <c r="C51" t="s">
+        <v>64</v>
+      </c>
+      <c r="D51">
+        <v>52</v>
+      </c>
+      <c r="E51">
+        <v>1725</v>
+      </c>
+      <c r="F51">
+        <v>883</v>
+      </c>
+      <c r="G51">
+        <v>372</v>
+      </c>
+      <c r="H51">
+        <v>458</v>
+      </c>
+      <c r="I51">
+        <v>462</v>
+      </c>
+      <c r="J51">
+        <v>433</v>
+      </c>
+      <c r="K51">
+        <v>1725</v>
+      </c>
+      <c r="L51">
+        <v>895</v>
+      </c>
+      <c r="M51">
+        <v>0</v>
+      </c>
+      <c r="N51">
+        <v>905</v>
+      </c>
+      <c r="O51">
+        <v>0</v>
+      </c>
+      <c r="P51">
+        <v>1800</v>
+      </c>
+      <c r="Q51">
+        <v>975</v>
+      </c>
+      <c r="R51">
+        <v>858</v>
+      </c>
+      <c r="S51">
+        <v>1833</v>
+      </c>
+      <c r="T51">
+        <v>140</v>
+      </c>
+      <c r="U51">
+        <v>143</v>
+      </c>
+      <c r="V51">
+        <v>283</v>
+      </c>
+      <c r="W51">
+        <v>0</v>
+      </c>
+      <c r="X51">
+        <v>15</v>
+      </c>
+      <c r="Y51">
+        <v>15</v>
+      </c>
+      <c r="Z51">
+        <v>268</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB51">
+        <v>45</v>
+      </c>
+      <c r="AC51">
+        <v>1725</v>
+      </c>
+      <c r="AD51">
+        <v>1906</v>
+      </c>
+      <c r="AF51">
+        <v>20</v>
+      </c>
+      <c r="AG51">
+        <v>23</v>
+      </c>
+      <c r="AH51">
+        <v>-3</v>
+      </c>
+      <c r="AI51">
+        <v>1891</v>
+      </c>
+      <c r="AJ51">
+        <v>1918</v>
+      </c>
+      <c r="AK51">
+        <v>31</v>
+      </c>
+      <c r="AL51">
+        <v>44</v>
+      </c>
+      <c r="AM51">
+        <v>-13</v>
+      </c>
+      <c r="AN51" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO51">
+        <v>18</v>
+      </c>
+      <c r="AP51" t="s">
+        <v>116</v>
+      </c>
+      <c r="AQ51">
+        <v>6</v>
+      </c>
+      <c r="AR51">
+        <v>6573</v>
+      </c>
+      <c r="AS51">
+        <v>3132</v>
+      </c>
+    </row>
+    <row r="52" spans="1:46">
+      <c r="A52" t="s">
+        <v>123</v>
+      </c>
+      <c r="B52" t="s">
+        <v>51</v>
+      </c>
+      <c r="C52" t="s">
+        <v>124</v>
+      </c>
+      <c r="D52">
+        <v>57</v>
+      </c>
+      <c r="E52">
+        <v>1728</v>
+      </c>
+      <c r="F52">
+        <v>1023</v>
+      </c>
+      <c r="G52">
+        <v>336</v>
+      </c>
+      <c r="H52">
+        <v>469</v>
+      </c>
+      <c r="I52">
+        <v>468</v>
+      </c>
+      <c r="J52">
+        <v>455</v>
+      </c>
+      <c r="K52">
+        <v>1728</v>
+      </c>
+      <c r="L52">
+        <v>814</v>
+      </c>
+      <c r="M52">
+        <v>0</v>
+      </c>
+      <c r="N52">
+        <v>888</v>
+      </c>
+      <c r="O52">
+        <v>0</v>
+      </c>
+      <c r="P52">
+        <v>1702</v>
+      </c>
+      <c r="Q52">
+        <v>1003</v>
+      </c>
+      <c r="R52">
+        <v>690</v>
+      </c>
+      <c r="S52">
+        <v>1693</v>
+      </c>
+      <c r="T52">
+        <v>85</v>
+      </c>
+      <c r="U52">
+        <v>80</v>
+      </c>
+      <c r="V52">
+        <v>165</v>
+      </c>
+      <c r="W52">
+        <v>0</v>
+      </c>
+      <c r="X52">
+        <v>44</v>
+      </c>
+      <c r="Y52">
+        <v>44</v>
+      </c>
+      <c r="Z52">
+        <v>121</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB52">
+        <v>51</v>
+      </c>
+      <c r="AC52">
+        <v>1816</v>
+      </c>
+      <c r="AD52">
+        <v>1905</v>
+      </c>
+      <c r="AF52">
+        <v>26</v>
+      </c>
+      <c r="AG52">
+        <v>41</v>
+      </c>
+      <c r="AH52">
+        <v>-15</v>
+      </c>
+      <c r="AI52">
+        <v>1829</v>
+      </c>
+      <c r="AJ52">
+        <v>1952</v>
+      </c>
+      <c r="AK52">
+        <v>42</v>
+      </c>
+      <c r="AL52">
+        <v>22</v>
+      </c>
+      <c r="AM52">
+        <v>20</v>
+      </c>
+      <c r="AN52" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO52">
+        <v>20</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ52">
+        <v>5</v>
+      </c>
+      <c r="AR52">
+        <v>4267</v>
+      </c>
+      <c r="AS52">
+        <v>4277</v>
+      </c>
+    </row>
+    <row r="53" spans="1:46">
+      <c r="A53" t="s">
+        <v>125</v>
+      </c>
+      <c r="B53" t="s">
+        <v>47</v>
+      </c>
+      <c r="C53" t="s">
+        <v>64</v>
+      </c>
+      <c r="D53">
+        <v>52</v>
+      </c>
+      <c r="E53">
+        <v>1574</v>
+      </c>
+      <c r="F53">
+        <v>918</v>
+      </c>
+      <c r="G53">
+        <v>330</v>
+      </c>
+      <c r="H53">
+        <v>408</v>
+      </c>
+      <c r="I53">
+        <v>417</v>
+      </c>
+      <c r="J53">
+        <v>419</v>
+      </c>
+      <c r="K53">
+        <v>1574</v>
+      </c>
+      <c r="L53">
+        <v>785</v>
+      </c>
+      <c r="M53">
+        <v>0</v>
+      </c>
+      <c r="N53">
+        <v>820</v>
+      </c>
+      <c r="O53">
+        <v>0</v>
+      </c>
+      <c r="P53">
+        <v>1605</v>
+      </c>
+      <c r="Q53">
+        <v>869</v>
+      </c>
+      <c r="R53">
+        <v>740</v>
+      </c>
+      <c r="S53">
+        <v>1609</v>
+      </c>
+      <c r="T53">
+        <v>158</v>
+      </c>
+      <c r="U53">
+        <v>103</v>
+      </c>
+      <c r="V53">
+        <v>261</v>
+      </c>
+      <c r="W53">
+        <v>0</v>
+      </c>
+      <c r="X53">
+        <v>0</v>
+      </c>
+      <c r="Y53">
+        <v>0</v>
+      </c>
+      <c r="Z53">
+        <v>261</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB53">
+        <v>50</v>
+      </c>
+      <c r="AC53">
+        <v>1781</v>
+      </c>
+      <c r="AD53">
+        <v>1824</v>
+      </c>
+      <c r="AF53">
+        <v>20</v>
+      </c>
+      <c r="AG53">
+        <v>32</v>
+      </c>
+      <c r="AH53">
+        <v>-12</v>
+      </c>
+      <c r="AI53">
+        <v>1767</v>
+      </c>
+      <c r="AJ53">
+        <v>1847</v>
+      </c>
+      <c r="AK53">
+        <v>48</v>
+      </c>
+      <c r="AL53">
+        <v>50</v>
+      </c>
+      <c r="AM53">
+        <v>-2</v>
+      </c>
+      <c r="AN53" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO53">
+        <v>18</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>126</v>
+      </c>
+      <c r="AQ53">
+        <v>6</v>
+      </c>
+      <c r="AR53">
+        <v>7542</v>
+      </c>
+      <c r="AS53">
+        <v>4538</v>
+      </c>
+    </row>
+    <row r="54" spans="1:46">
+      <c r="A54" t="s">
+        <v>125</v>
+      </c>
+      <c r="B54" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" t="s">
+        <v>124</v>
+      </c>
+      <c r="D54">
+        <v>58</v>
+      </c>
+      <c r="E54">
+        <v>1787</v>
+      </c>
+      <c r="F54">
+        <v>99</v>
+      </c>
+      <c r="G54">
+        <v>401</v>
+      </c>
+      <c r="H54">
+        <v>407</v>
+      </c>
+      <c r="I54">
+        <v>482</v>
+      </c>
+      <c r="J54">
+        <v>497</v>
+      </c>
+      <c r="K54">
+        <v>1787</v>
+      </c>
+      <c r="L54">
+        <v>917</v>
+      </c>
+      <c r="M54">
+        <v>0</v>
+      </c>
+      <c r="N54">
+        <v>938</v>
+      </c>
+      <c r="O54">
+        <v>0</v>
+      </c>
+      <c r="P54">
+        <v>1855</v>
+      </c>
+      <c r="Q54">
+        <v>1065</v>
+      </c>
+      <c r="R54">
+        <v>780</v>
+      </c>
+      <c r="S54">
+        <v>1845</v>
+      </c>
+      <c r="T54">
+        <v>85</v>
+      </c>
+      <c r="U54">
+        <v>76</v>
+      </c>
+      <c r="V54">
+        <v>161</v>
+      </c>
+      <c r="W54">
+        <v>27</v>
+      </c>
+      <c r="X54">
+        <v>39</v>
+      </c>
+      <c r="Y54">
+        <v>66</v>
+      </c>
+      <c r="Z54">
+        <v>95</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB54">
+        <v>48</v>
+      </c>
+      <c r="AC54">
+        <v>1860</v>
+      </c>
+      <c r="AD54">
+        <v>1567</v>
+      </c>
+      <c r="AF54">
+        <v>31</v>
+      </c>
+      <c r="AG54">
+        <v>34</v>
+      </c>
+      <c r="AH54">
+        <v>-3</v>
+      </c>
+      <c r="AI54">
+        <v>1868</v>
+      </c>
+      <c r="AJ54">
+        <v>1948</v>
+      </c>
+      <c r="AK54">
+        <v>21</v>
+      </c>
+      <c r="AL54">
+        <v>46</v>
+      </c>
+      <c r="AM54">
+        <v>-25</v>
+      </c>
+      <c r="AN54" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO54">
+        <v>20</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ54">
+        <v>5</v>
+      </c>
+      <c r="AR54">
+        <v>4903</v>
+      </c>
+      <c r="AS54">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="55" spans="1:46">
+      <c r="A55" t="s">
+        <v>127</v>
+      </c>
+      <c r="B55" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" t="s">
+        <v>64</v>
+      </c>
+      <c r="D55">
+        <v>54</v>
+      </c>
+      <c r="E55">
+        <v>1837</v>
+      </c>
+      <c r="F55">
+        <v>1021</v>
+      </c>
+      <c r="G55">
+        <v>399</v>
+      </c>
+      <c r="H55">
+        <v>470</v>
+      </c>
+      <c r="I55">
+        <v>462</v>
+      </c>
+      <c r="J55">
+        <v>506</v>
+      </c>
+      <c r="K55">
+        <v>1837</v>
+      </c>
+      <c r="L55">
+        <v>917</v>
+      </c>
+      <c r="M55">
+        <v>0</v>
+      </c>
+      <c r="N55">
+        <v>938</v>
+      </c>
+      <c r="O55">
+        <v>0</v>
+      </c>
+      <c r="P55">
+        <v>1855</v>
+      </c>
+      <c r="Q55">
+        <v>997</v>
+      </c>
+      <c r="R55">
+        <v>854</v>
+      </c>
+      <c r="S55">
+        <v>1851</v>
+      </c>
+      <c r="T55">
+        <v>130</v>
+      </c>
+      <c r="U55">
+        <v>87</v>
+      </c>
+      <c r="V55">
+        <v>217</v>
+      </c>
+      <c r="W55">
+        <v>0</v>
+      </c>
+      <c r="X55">
+        <v>0</v>
+      </c>
+      <c r="Y55">
+        <v>0</v>
+      </c>
+      <c r="Z55">
+        <v>217</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB55">
+        <v>45</v>
+      </c>
+      <c r="AC55">
+        <v>1829</v>
+      </c>
+      <c r="AD55">
+        <v>1871</v>
+      </c>
+      <c r="AF55">
+        <v>13</v>
+      </c>
+      <c r="AG55">
+        <v>17</v>
+      </c>
+      <c r="AH55">
+        <v>-4</v>
+      </c>
+      <c r="AI55">
+        <v>1818</v>
+      </c>
+      <c r="AJ55">
+        <v>1880</v>
+      </c>
+      <c r="AK55">
+        <v>29</v>
+      </c>
+      <c r="AL55">
+        <v>30</v>
+      </c>
+      <c r="AM55">
+        <v>-1</v>
+      </c>
+      <c r="AN55" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO55">
+        <v>18</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>128</v>
+      </c>
+      <c r="AQ55">
+        <v>5</v>
+      </c>
+      <c r="AR55">
+        <v>7085</v>
+      </c>
+      <c r="AS55">
+        <v>5297</v>
+      </c>
+    </row>
+    <row r="56" spans="1:46">
+      <c r="A56" t="s">
+        <v>127</v>
+      </c>
+      <c r="B56" t="s">
+        <v>51</v>
+      </c>
+      <c r="D56">
+        <v>0</v>
+      </c>
+      <c r="E56">
+        <v>1745</v>
+      </c>
+      <c r="F56">
+        <v>372</v>
+      </c>
+      <c r="G56">
+        <v>372</v>
+      </c>
+      <c r="H56">
+        <v>442</v>
+      </c>
+      <c r="I56">
+        <v>405</v>
+      </c>
+      <c r="J56">
+        <v>526</v>
+      </c>
+      <c r="K56">
+        <v>1745</v>
+      </c>
+      <c r="L56">
+        <v>905</v>
+      </c>
+      <c r="M56">
+        <v>905</v>
+      </c>
+      <c r="N56">
+        <v>911</v>
+      </c>
+      <c r="O56">
+        <v>0</v>
+      </c>
+      <c r="P56">
+        <v>1816</v>
+      </c>
+      <c r="Q56">
+        <v>1001</v>
+      </c>
+      <c r="R56">
+        <v>800</v>
+      </c>
+      <c r="S56">
+        <v>1801</v>
+      </c>
+      <c r="T56">
+        <v>110</v>
+      </c>
+      <c r="U56">
+        <v>105</v>
+      </c>
+      <c r="V56">
+        <v>215</v>
+      </c>
+      <c r="W56">
+        <v>0</v>
+      </c>
+      <c r="X56">
+        <v>0</v>
+      </c>
+      <c r="Y56">
+        <v>0</v>
+      </c>
+      <c r="Z56">
+        <v>215</v>
+      </c>
+      <c r="AB56">
+        <v>0</v>
+      </c>
+      <c r="AC56">
+        <v>1823</v>
+      </c>
+      <c r="AD56">
+        <v>1696</v>
+      </c>
+      <c r="AF56">
+        <v>20</v>
+      </c>
+      <c r="AG56">
+        <v>0</v>
+      </c>
+      <c r="AH56">
+        <v>20</v>
+      </c>
+      <c r="AI56">
+        <v>1821</v>
+      </c>
+      <c r="AJ56">
+        <v>2012</v>
+      </c>
+      <c r="AK56">
+        <v>17</v>
+      </c>
+      <c r="AL56">
+        <v>0</v>
+      </c>
+      <c r="AM56">
+        <v>17</v>
+      </c>
+      <c r="AO56">
+        <v>0</v>
+      </c>
+      <c r="AQ56">
+        <v>0</v>
+      </c>
+      <c r="AR56">
+        <v>0</v>
+      </c>
+      <c r="AS56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:46">
+      <c r="A57" t="s">
+        <v>129</v>
+      </c>
+      <c r="B57" t="s">
+        <v>47</v>
+      </c>
+      <c r="C57" t="s">
+        <v>64</v>
+      </c>
+      <c r="D57">
+        <v>49</v>
+      </c>
+      <c r="E57">
+        <v>1739</v>
+      </c>
+      <c r="F57">
+        <v>1368</v>
+      </c>
+      <c r="G57">
+        <v>426</v>
+      </c>
+      <c r="H57">
+        <v>490</v>
+      </c>
+      <c r="I57">
+        <v>361</v>
+      </c>
+      <c r="J57">
+        <v>462</v>
+      </c>
+      <c r="K57">
+        <v>1739</v>
+      </c>
+      <c r="L57">
+        <v>896</v>
+      </c>
+      <c r="M57">
+        <v>0</v>
+      </c>
+      <c r="N57">
+        <v>924</v>
+      </c>
+      <c r="O57">
+        <v>0</v>
+      </c>
+      <c r="P57">
+        <v>1820</v>
+      </c>
+      <c r="Q57">
+        <v>901</v>
+      </c>
+      <c r="R57">
+        <v>934</v>
+      </c>
+      <c r="S57">
+        <v>1835</v>
+      </c>
+      <c r="T57">
+        <v>101</v>
+      </c>
+      <c r="U57">
+        <v>105</v>
+      </c>
+      <c r="V57">
+        <v>206</v>
+      </c>
+      <c r="W57">
+        <v>2</v>
+      </c>
+      <c r="X57">
+        <v>0</v>
+      </c>
+      <c r="Y57">
+        <v>2</v>
+      </c>
+      <c r="Z57">
+        <v>204</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB57">
+        <v>52</v>
+      </c>
+      <c r="AC57">
+        <v>1699</v>
+      </c>
+      <c r="AD57">
+        <v>1854</v>
+      </c>
+      <c r="AF57">
+        <v>27</v>
+      </c>
+      <c r="AG57">
+        <v>28</v>
+      </c>
+      <c r="AH57">
+        <v>-1</v>
+      </c>
+      <c r="AI57">
+        <v>1701</v>
+      </c>
+      <c r="AJ57">
+        <v>1887</v>
+      </c>
+      <c r="AK57">
+        <v>26</v>
+      </c>
+      <c r="AL57">
+        <v>27</v>
+      </c>
+      <c r="AM57">
+        <v>-1</v>
+      </c>
+      <c r="AN57" t="s">
+        <v>74</v>
+      </c>
+      <c r="AO57">
+        <v>16</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>128</v>
+      </c>
+      <c r="AQ57">
+        <v>4</v>
+      </c>
+      <c r="AR57">
+        <v>6329</v>
+      </c>
+      <c r="AS57">
+        <v>7040</v>
+      </c>
+    </row>
+    <row r="58" spans="1:46">
+      <c r="A58" t="s">
+        <v>129</v>
+      </c>
+      <c r="B58" t="s">
+        <v>51</v>
+      </c>
+      <c r="C58" t="s">
+        <v>124</v>
+      </c>
+      <c r="D58">
+        <v>62</v>
+      </c>
+      <c r="E58">
+        <v>1787</v>
+      </c>
+      <c r="F58">
+        <v>413</v>
+      </c>
+      <c r="G58">
+        <v>367</v>
+      </c>
+      <c r="H58">
+        <v>446</v>
+      </c>
+      <c r="I58">
+        <v>497</v>
+      </c>
+      <c r="J58">
+        <v>477</v>
+      </c>
+      <c r="K58">
+        <v>1787</v>
+      </c>
+      <c r="L58">
+        <v>864</v>
+      </c>
+      <c r="M58">
+        <v>0</v>
+      </c>
+      <c r="N58">
+        <v>890</v>
+      </c>
+      <c r="O58">
+        <v>0</v>
+      </c>
+      <c r="P58">
+        <v>1754</v>
+      </c>
+      <c r="Q58">
+        <v>908</v>
+      </c>
+      <c r="R58">
+        <v>800</v>
+      </c>
+      <c r="S58">
+        <v>1708</v>
+      </c>
+      <c r="T58">
+        <v>155</v>
+      </c>
+      <c r="U58">
+        <v>144</v>
+      </c>
+      <c r="V58">
+        <v>299</v>
+      </c>
+      <c r="W58">
+        <v>24</v>
+      </c>
+      <c r="X58">
+        <v>36</v>
+      </c>
+      <c r="Y58">
+        <v>60</v>
+      </c>
+      <c r="Z58">
+        <v>239</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB58">
+        <v>48</v>
+      </c>
+      <c r="AC58">
+        <v>1867</v>
+      </c>
+      <c r="AD58">
+        <v>1854</v>
+      </c>
+      <c r="AF58">
+        <v>40</v>
+      </c>
+      <c r="AG58">
+        <v>21</v>
+      </c>
+      <c r="AH58">
+        <v>19</v>
+      </c>
+      <c r="AI58">
+        <v>1872</v>
+      </c>
+      <c r="AJ58">
+        <v>1957</v>
+      </c>
+      <c r="AK58">
+        <v>25</v>
+      </c>
+      <c r="AL58">
+        <v>15</v>
+      </c>
+      <c r="AM58">
+        <v>10</v>
+      </c>
+      <c r="AN58" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO58">
+        <v>18</v>
+      </c>
+      <c r="AP58" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ58">
+        <v>7</v>
+      </c>
+      <c r="AR58">
+        <v>6893</v>
+      </c>
+      <c r="AS58">
+        <v>4544</v>
+      </c>
+    </row>
+    <row r="59" spans="1:46">
+      <c r="A59" t="s">
+        <v>130</v>
+      </c>
+      <c r="B59" t="s">
+        <v>47</v>
+      </c>
+      <c r="C59" t="s">
+        <v>131</v>
+      </c>
+      <c r="D59">
+        <v>53</v>
+      </c>
+      <c r="E59">
+        <v>1787</v>
+      </c>
+      <c r="F59">
+        <v>418</v>
+      </c>
+      <c r="G59">
+        <v>391</v>
+      </c>
+      <c r="H59">
+        <v>471</v>
+      </c>
+      <c r="I59">
+        <v>466</v>
+      </c>
+      <c r="J59">
+        <v>459</v>
+      </c>
+      <c r="K59">
+        <v>1787</v>
+      </c>
+      <c r="L59">
+        <v>903</v>
+      </c>
+      <c r="M59">
+        <v>0</v>
+      </c>
+      <c r="N59">
+        <v>901</v>
+      </c>
+      <c r="O59">
+        <v>0</v>
+      </c>
+      <c r="P59">
+        <v>1804</v>
+      </c>
+      <c r="Q59">
+        <v>954</v>
+      </c>
+      <c r="R59">
+        <v>875</v>
+      </c>
+      <c r="S59">
+        <v>1829</v>
+      </c>
+      <c r="T59">
+        <v>148</v>
+      </c>
+      <c r="U59">
+        <v>88</v>
+      </c>
+      <c r="V59">
+        <v>236</v>
+      </c>
+      <c r="W59">
+        <v>13</v>
+      </c>
+      <c r="X59">
+        <v>8</v>
+      </c>
+      <c r="Y59">
+        <v>21</v>
+      </c>
+      <c r="Z59">
+        <v>215</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB59">
+        <v>57</v>
+      </c>
+      <c r="AC59">
+        <v>1824</v>
+      </c>
+      <c r="AD59">
+        <v>1963</v>
+      </c>
+      <c r="AF59">
+        <v>20</v>
+      </c>
+      <c r="AG59">
+        <v>20</v>
+      </c>
+      <c r="AH59">
+        <v>0</v>
+      </c>
+      <c r="AI59">
+        <v>1825</v>
+      </c>
+      <c r="AJ59">
+        <v>1942</v>
+      </c>
+      <c r="AK59">
+        <v>28</v>
+      </c>
+      <c r="AL59">
+        <v>29</v>
+      </c>
+      <c r="AM59">
+        <v>-1</v>
+      </c>
+      <c r="AN59" t="s">
+        <v>74</v>
+      </c>
+      <c r="AO59">
+        <v>14</v>
+      </c>
+      <c r="AP59" t="s">
+        <v>132</v>
+      </c>
+      <c r="AQ59">
+        <v>6</v>
+      </c>
+      <c r="AR59">
+        <v>6882</v>
+      </c>
+      <c r="AS59">
+        <v>8612</v>
+      </c>
+    </row>
+    <row r="60" spans="1:46">
+      <c r="A60" t="s">
+        <v>130</v>
+      </c>
+      <c r="B60" t="s">
+        <v>51</v>
+      </c>
+      <c r="D60">
+        <v>0</v>
+      </c>
+      <c r="E60">
         <v>1807</v>
       </c>
-      <c r="F29">
+      <c r="F60">
         <v>1516</v>
       </c>
-      <c r="G29">
+      <c r="G60">
         <v>390</v>
       </c>
-      <c r="H29">
+      <c r="H60">
         <v>451</v>
       </c>
-      <c r="I29">
+      <c r="I60">
         <v>471</v>
       </c>
-      <c r="J29">
+      <c r="J60">
         <v>495</v>
       </c>
-      <c r="K29">
+      <c r="K60">
         <v>1807</v>
       </c>
-      <c r="L29">
+      <c r="L60">
         <v>917</v>
       </c>
-      <c r="M29">
-[...2 lines deleted...]
-      <c r="N29">
+      <c r="M60">
+        <v>0</v>
+      </c>
+      <c r="N60">
         <v>924</v>
       </c>
-      <c r="O29">
-[...2 lines deleted...]
-      <c r="P29">
+      <c r="O60">
+        <v>0</v>
+      </c>
+      <c r="P60">
         <v>1841</v>
       </c>
-      <c r="Q29">
+      <c r="Q60">
         <v>1008</v>
       </c>
-      <c r="R29">
+      <c r="R60">
         <v>842</v>
       </c>
-      <c r="S29">
+      <c r="S60">
         <v>1850</v>
       </c>
-      <c r="T29">
+      <c r="T60">
         <v>75</v>
       </c>
-      <c r="U29">
+      <c r="U60">
         <v>77</v>
       </c>
-      <c r="V29">
+      <c r="V60">
         <v>152</v>
       </c>
-      <c r="W29">
-[...8 lines deleted...]
-      <c r="Z29">
+      <c r="W60">
+        <v>0</v>
+      </c>
+      <c r="X60">
+        <v>0</v>
+      </c>
+      <c r="Y60">
+        <v>0</v>
+      </c>
+      <c r="Z60">
         <v>152</v>
       </c>
-      <c r="AB29">
-[...2 lines deleted...]
-      <c r="AC29">
+      <c r="AB60">
+        <v>0</v>
+      </c>
+      <c r="AC60">
         <v>1806</v>
       </c>
-      <c r="AD29">
+      <c r="AD60">
         <v>1857</v>
       </c>
-      <c r="AF29">
+      <c r="AF60">
         <v>89</v>
       </c>
-      <c r="AG29">
-[...2 lines deleted...]
-      <c r="AH29">
+      <c r="AG60">
+        <v>0</v>
+      </c>
+      <c r="AH60">
         <v>89</v>
       </c>
-      <c r="AI29">
+      <c r="AI60">
         <v>1832</v>
       </c>
-      <c r="AJ29">
+      <c r="AJ60">
         <v>2107</v>
       </c>
-      <c r="AK29">
+      <c r="AK60">
         <v>30</v>
       </c>
-      <c r="AL29">
-[...2 lines deleted...]
-      <c r="AM29">
+      <c r="AL60">
+        <v>0</v>
+      </c>
+      <c r="AM60">
         <v>30</v>
       </c>
-      <c r="AO29">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="AO60">
+        <v>0</v>
+      </c>
+      <c r="AQ60">
+        <v>0</v>
+      </c>
+      <c r="AR60">
+        <v>0</v>
+      </c>
+      <c r="AS60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:46">
+      <c r="A61" t="s">
+        <v>133</v>
+      </c>
+      <c r="B61" t="s">
+        <v>47</v>
+      </c>
+      <c r="C61" t="s">
+        <v>64</v>
+      </c>
+      <c r="D61">
+        <v>52</v>
+      </c>
+      <c r="E61">
+        <v>1837</v>
+      </c>
+      <c r="F61">
+        <v>107</v>
+      </c>
+      <c r="G61">
+        <v>491</v>
+      </c>
+      <c r="H61">
+        <v>470</v>
+      </c>
+      <c r="I61">
+        <v>447</v>
+      </c>
+      <c r="J61">
+        <v>429</v>
+      </c>
+      <c r="K61">
+        <v>1837</v>
+      </c>
+      <c r="L61">
+        <v>924</v>
+      </c>
+      <c r="M61">
+        <v>0</v>
+      </c>
+      <c r="N61">
+        <v>938</v>
+      </c>
+      <c r="O61">
+        <v>0</v>
+      </c>
+      <c r="P61">
+        <v>1862</v>
+      </c>
+      <c r="Q61">
+        <v>972</v>
+      </c>
+      <c r="R61">
+        <v>880</v>
+      </c>
+      <c r="S61">
+        <v>1852</v>
+      </c>
+      <c r="T61">
+        <v>133</v>
+      </c>
+      <c r="U61">
+        <v>99</v>
+      </c>
+      <c r="V61">
+        <v>232</v>
+      </c>
+      <c r="W61">
+        <v>0</v>
+      </c>
+      <c r="X61">
+        <v>6</v>
+      </c>
+      <c r="Y61">
+        <v>6</v>
+      </c>
+      <c r="Z61">
+        <v>226</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB61">
+        <v>51</v>
+      </c>
+      <c r="AC61">
+        <v>1805</v>
+      </c>
+      <c r="AD61">
+        <v>1139</v>
+      </c>
+      <c r="AF61">
+        <v>26</v>
+      </c>
+      <c r="AG61">
+        <v>26</v>
+      </c>
+      <c r="AH61">
+        <v>0</v>
+      </c>
+      <c r="AI61">
+        <v>1802</v>
+      </c>
+      <c r="AJ61">
+        <v>1650</v>
+      </c>
+      <c r="AK61">
+        <v>20</v>
+      </c>
+      <c r="AL61">
+        <v>22</v>
+      </c>
+      <c r="AM61">
+        <v>-2</v>
+      </c>
+      <c r="AN61" t="s">
+        <v>74</v>
+      </c>
+      <c r="AO61">
+        <v>14</v>
+      </c>
+      <c r="AP61" t="s">
+        <v>128</v>
+      </c>
+      <c r="AQ61">
+        <v>6</v>
+      </c>
+      <c r="AR61">
+        <v>6425</v>
+      </c>
+      <c r="AS61">
+        <v>5162</v>
+      </c>
+    </row>
+    <row r="62" spans="1:46">
+      <c r="A62" t="s">
+        <v>133</v>
+      </c>
+      <c r="B62" t="s">
+        <v>51</v>
+      </c>
+      <c r="C62" t="s">
+        <v>124</v>
+      </c>
+      <c r="D62">
+        <v>56</v>
+      </c>
+      <c r="E62">
+        <v>1840</v>
+      </c>
+      <c r="F62">
+        <v>278</v>
+      </c>
+      <c r="G62">
+        <v>491</v>
+      </c>
+      <c r="H62">
+        <v>471</v>
+      </c>
+      <c r="I62">
+        <v>448</v>
+      </c>
+      <c r="J62">
+        <v>430</v>
+      </c>
+      <c r="K62">
+        <v>1840</v>
+      </c>
+      <c r="L62">
+        <v>938</v>
+      </c>
+      <c r="M62">
+        <v>0</v>
+      </c>
+      <c r="N62">
+        <v>882</v>
+      </c>
+      <c r="O62">
+        <v>0</v>
+      </c>
+      <c r="P62">
+        <v>1820</v>
+      </c>
+      <c r="Q62">
+        <v>1000</v>
+      </c>
+      <c r="R62">
+        <v>800</v>
+      </c>
+      <c r="S62">
+        <v>1800</v>
+      </c>
+      <c r="T62">
+        <v>90</v>
+      </c>
+      <c r="U62">
+        <v>80</v>
+      </c>
+      <c r="V62">
+        <v>170</v>
+      </c>
+      <c r="W62">
+        <v>5</v>
+      </c>
+      <c r="X62">
+        <v>9</v>
+      </c>
+      <c r="Y62">
+        <v>14</v>
+      </c>
+      <c r="Z62">
+        <v>156</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB62">
+        <v>49</v>
+      </c>
+      <c r="AC62">
+        <v>1843</v>
+      </c>
+      <c r="AD62">
+        <v>1879</v>
+      </c>
+      <c r="AF62">
+        <v>31</v>
+      </c>
+      <c r="AG62">
+        <v>25</v>
+      </c>
+      <c r="AH62">
+        <v>6</v>
+      </c>
+      <c r="AI62">
+        <v>1846</v>
+      </c>
+      <c r="AJ62">
+        <v>1887</v>
+      </c>
+      <c r="AK62">
+        <v>15</v>
+      </c>
+      <c r="AL62">
+        <v>31</v>
+      </c>
+      <c r="AM62">
+        <v>-16</v>
+      </c>
+      <c r="AN62" t="s">
+        <v>59</v>
+      </c>
+      <c r="AO62">
+        <v>16</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ62">
+        <v>6</v>
+      </c>
+      <c r="AR62">
+        <v>6454</v>
+      </c>
+      <c r="AS62">
+        <v>5835</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AT1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AT36"/>
+  <dimension ref="A1:AT59"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:AT2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
     </row>
     <row r="2" spans="1:46">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>98</v>
+        <v>136</v>
       </c>
       <c r="I2" s="2" t="s">
-        <v>99</v>
+        <v>137</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>100</v>
+        <v>138</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>101</v>
+        <v>139</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="2" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="Q2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="S2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>22</v>
       </c>
       <c r="X2" s="2" t="s">
         <v>23</v>
       </c>
@@ -4830,51 +9345,51 @@
       </c>
       <c r="AP2" s="2" t="s">
         <v>41</v>
       </c>
       <c r="AQ2" s="2" t="s">
         <v>42</v>
       </c>
       <c r="AR2" s="2" t="s">
         <v>43</v>
       </c>
       <c r="AS2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AT2" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:46">
       <c r="A3" t="s">
         <v>46</v>
       </c>
       <c r="B3" t="s">
         <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="D3">
         <v>41</v>
       </c>
       <c r="E3">
         <v>983</v>
       </c>
       <c r="F3">
         <v>675</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>461</v>
       </c>
       <c r="I3">
         <v>469</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>930</v>
       </c>
@@ -4905,51 +9420,51 @@
       <c r="T3">
         <v>1020</v>
       </c>
       <c r="U3">
         <v>83</v>
       </c>
       <c r="V3">
         <v>30</v>
       </c>
       <c r="W3">
         <v>113</v>
       </c>
       <c r="X3">
         <v>0</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>111</v>
       </c>
       <c r="AB3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="AC3">
         <v>57</v>
       </c>
       <c r="AD3">
         <v>1012</v>
       </c>
       <c r="AE3">
         <v>0</v>
       </c>
       <c r="AG3">
         <v>24</v>
       </c>
       <c r="AH3">
         <v>21</v>
       </c>
       <c r="AI3">
         <v>3</v>
       </c>
       <c r="AJ3">
         <v>999</v>
       </c>
       <c r="AK3">
         <v>0</v>
       </c>
@@ -4961,51 +9476,51 @@
       </c>
       <c r="AN3">
         <v>4</v>
       </c>
       <c r="AP3">
         <v>0</v>
       </c>
       <c r="AR3">
         <v>0</v>
       </c>
       <c r="AS3">
         <v>5673</v>
       </c>
       <c r="AT3">
         <v>5289</v>
       </c>
     </row>
     <row r="4" spans="1:46">
       <c r="A4" t="s">
         <v>46</v>
       </c>
       <c r="B4" t="s">
         <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="D4">
         <v>18</v>
       </c>
       <c r="E4">
         <v>467</v>
       </c>
       <c r="F4">
         <v>690</v>
       </c>
       <c r="G4">
         <v>151</v>
       </c>
       <c r="H4">
         <v>148</v>
       </c>
       <c r="I4">
         <v>193</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>492</v>
       </c>
@@ -5036,51 +9551,51 @@
       <c r="T4">
         <v>404</v>
       </c>
       <c r="U4">
         <v>41</v>
       </c>
       <c r="V4">
         <v>45</v>
       </c>
       <c r="W4">
         <v>86</v>
       </c>
       <c r="X4">
         <v>43</v>
       </c>
       <c r="Y4">
         <v>28</v>
       </c>
       <c r="Z4">
         <v>71</v>
       </c>
       <c r="AA4">
         <v>15</v>
       </c>
       <c r="AB4" t="s">
-        <v>106</v>
+        <v>144</v>
       </c>
       <c r="AC4">
         <v>48</v>
       </c>
       <c r="AD4">
         <v>685</v>
       </c>
       <c r="AE4">
         <v>0</v>
       </c>
       <c r="AG4">
         <v>27</v>
       </c>
       <c r="AH4">
         <v>53</v>
       </c>
       <c r="AI4">
         <v>-26</v>
       </c>
       <c r="AJ4">
         <v>723</v>
       </c>
       <c r="AK4">
         <v>0</v>
       </c>
@@ -5092,51 +9607,51 @@
       </c>
       <c r="AN4">
         <v>-36</v>
       </c>
       <c r="AP4">
         <v>0</v>
       </c>
       <c r="AR4">
         <v>0</v>
       </c>
       <c r="AS4">
         <v>6624</v>
       </c>
       <c r="AT4">
         <v>7680</v>
       </c>
     </row>
     <row r="5" spans="1:46">
       <c r="A5" t="s">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="D5">
         <v>43</v>
       </c>
       <c r="E5">
         <v>1243</v>
       </c>
       <c r="F5">
         <v>816</v>
       </c>
       <c r="G5">
         <v>476</v>
       </c>
       <c r="H5">
         <v>319</v>
       </c>
       <c r="I5">
         <v>422</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>1217</v>
       </c>
@@ -5167,51 +9682,51 @@
       <c r="T5">
         <v>1161</v>
       </c>
       <c r="U5">
         <v>158</v>
       </c>
       <c r="V5">
         <v>100</v>
       </c>
       <c r="W5">
         <v>258</v>
       </c>
       <c r="X5">
         <v>0</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>255</v>
       </c>
       <c r="AB5" t="s">
-        <v>107</v>
+        <v>145</v>
       </c>
       <c r="AC5">
         <v>56</v>
       </c>
       <c r="AD5">
         <v>1040</v>
       </c>
       <c r="AE5">
         <v>0</v>
       </c>
       <c r="AG5">
         <v>33</v>
       </c>
       <c r="AH5">
         <v>32</v>
       </c>
       <c r="AI5">
         <v>1</v>
       </c>
       <c r="AJ5">
         <v>1032</v>
       </c>
       <c r="AK5">
         <v>0</v>
       </c>
@@ -5223,51 +9738,51 @@
       </c>
       <c r="AN5">
         <v>-6</v>
       </c>
       <c r="AP5">
         <v>0</v>
       </c>
       <c r="AR5">
         <v>0</v>
       </c>
       <c r="AS5">
         <v>5527</v>
       </c>
       <c r="AT5">
         <v>3520</v>
       </c>
     </row>
     <row r="6" spans="1:46">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="D6">
         <v>28</v>
       </c>
       <c r="E6">
         <v>1211</v>
       </c>
       <c r="F6">
         <v>752</v>
       </c>
       <c r="G6">
         <v>471</v>
       </c>
       <c r="H6">
         <v>321</v>
       </c>
       <c r="I6">
         <v>442</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>1234</v>
       </c>
@@ -5298,51 +9813,51 @@
       <c r="T6">
         <v>1071</v>
       </c>
       <c r="U6">
         <v>79</v>
       </c>
       <c r="V6">
         <v>75</v>
       </c>
       <c r="W6">
         <v>154</v>
       </c>
       <c r="X6">
         <v>8</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>10</v>
       </c>
       <c r="AA6">
         <v>144</v>
       </c>
       <c r="AB6" t="s">
-        <v>109</v>
+        <v>147</v>
       </c>
       <c r="AC6">
         <v>46</v>
       </c>
       <c r="AD6">
         <v>1065</v>
       </c>
       <c r="AE6">
         <v>0</v>
       </c>
       <c r="AG6">
         <v>15</v>
       </c>
       <c r="AH6">
         <v>34</v>
       </c>
       <c r="AI6">
         <v>-19</v>
       </c>
       <c r="AJ6">
         <v>1014</v>
       </c>
       <c r="AK6">
         <v>0</v>
       </c>
@@ -5354,51 +9869,51 @@
       </c>
       <c r="AN6">
         <v>20</v>
       </c>
       <c r="AP6">
         <v>0</v>
       </c>
       <c r="AR6">
         <v>0</v>
       </c>
       <c r="AS6">
         <v>5596</v>
       </c>
       <c r="AT6">
         <v>4480</v>
       </c>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="D7">
         <v>58</v>
       </c>
       <c r="E7">
         <v>782</v>
       </c>
       <c r="F7">
         <v>898</v>
       </c>
       <c r="G7">
         <v>380</v>
       </c>
       <c r="H7">
         <v>140</v>
       </c>
       <c r="I7">
         <v>265</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>785</v>
       </c>
@@ -5429,110 +9944,110 @@
       <c r="T7">
         <v>560</v>
       </c>
       <c r="U7">
         <v>120</v>
       </c>
       <c r="V7">
         <v>0</v>
       </c>
       <c r="W7">
         <v>120</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>0</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>116</v>
       </c>
       <c r="AB7" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="AC7">
         <v>57</v>
       </c>
       <c r="AD7">
         <v>999</v>
       </c>
       <c r="AE7">
         <v>0</v>
       </c>
       <c r="AG7">
         <v>32</v>
       </c>
       <c r="AH7">
         <v>42</v>
       </c>
       <c r="AI7">
         <v>-10</v>
       </c>
       <c r="AJ7">
         <v>1011</v>
       </c>
       <c r="AK7">
         <v>0</v>
       </c>
       <c r="AL7">
         <v>102</v>
       </c>
       <c r="AM7">
         <v>117</v>
       </c>
       <c r="AN7">
         <v>-15</v>
       </c>
       <c r="AP7">
         <v>0</v>
       </c>
       <c r="AQ7" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR7">
         <v>0</v>
       </c>
       <c r="AS7">
         <v>5261</v>
       </c>
       <c r="AT7">
         <v>2440</v>
       </c>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" t="s">
         <v>61</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="D8">
         <v>32</v>
       </c>
       <c r="E8">
         <v>769</v>
       </c>
       <c r="F8">
         <v>879</v>
       </c>
       <c r="G8">
         <v>284</v>
       </c>
       <c r="H8">
         <v>271</v>
       </c>
       <c r="I8">
         <v>220</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>775</v>
       </c>
@@ -5616,51 +10131,51 @@
       </c>
       <c r="AN8">
         <v>26</v>
       </c>
       <c r="AP8">
         <v>0</v>
       </c>
       <c r="AR8">
         <v>0</v>
       </c>
       <c r="AS8">
         <v>4768</v>
       </c>
       <c r="AT8">
         <v>4049</v>
       </c>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" t="s">
         <v>63</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="D9">
         <v>54</v>
       </c>
       <c r="E9">
         <v>1139</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>382</v>
       </c>
       <c r="H9">
         <v>387</v>
       </c>
       <c r="I9">
         <v>436</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>1205</v>
       </c>
@@ -5691,51 +10206,51 @@
       <c r="T9">
         <v>1096</v>
       </c>
       <c r="U9">
         <v>130</v>
       </c>
       <c r="V9">
         <v>40</v>
       </c>
       <c r="W9">
         <v>170</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
         <v>0</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>168</v>
       </c>
       <c r="AB9" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="AC9">
         <v>59</v>
       </c>
       <c r="AD9">
         <v>1197</v>
       </c>
       <c r="AE9">
         <v>0</v>
       </c>
       <c r="AG9">
         <v>52</v>
       </c>
       <c r="AH9">
         <v>76</v>
       </c>
       <c r="AI9">
         <v>-24</v>
       </c>
       <c r="AJ9">
         <v>1235</v>
       </c>
       <c r="AK9">
         <v>0</v>
       </c>
@@ -5747,51 +10262,51 @@
       </c>
       <c r="AN9">
         <v>-5</v>
       </c>
       <c r="AP9">
         <v>0</v>
       </c>
       <c r="AR9">
         <v>0</v>
       </c>
       <c r="AS9">
         <v>5469</v>
       </c>
       <c r="AT9">
         <v>3520</v>
       </c>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" t="s">
         <v>63</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="D10">
         <v>34</v>
       </c>
       <c r="E10">
         <v>1211</v>
       </c>
       <c r="F10">
         <v>823</v>
       </c>
       <c r="G10">
         <v>318</v>
       </c>
       <c r="H10">
         <v>599</v>
       </c>
       <c r="I10">
         <v>304</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
         <v>1221</v>
       </c>
@@ -5822,51 +10337,51 @@
       <c r="T10">
         <v>1152</v>
       </c>
       <c r="U10">
         <v>44</v>
       </c>
       <c r="V10">
         <v>42</v>
       </c>
       <c r="W10">
         <v>86</v>
       </c>
       <c r="X10">
         <v>9</v>
       </c>
       <c r="Y10">
         <v>0</v>
       </c>
       <c r="Z10">
         <v>9</v>
       </c>
       <c r="AA10">
         <v>77</v>
       </c>
       <c r="AB10" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="AC10">
         <v>50</v>
       </c>
       <c r="AD10">
         <v>1068</v>
       </c>
       <c r="AE10">
         <v>0</v>
       </c>
       <c r="AG10">
         <v>35</v>
       </c>
       <c r="AH10">
         <v>28</v>
       </c>
       <c r="AI10">
         <v>7</v>
       </c>
       <c r="AJ10">
         <v>1045</v>
       </c>
       <c r="AK10">
         <v>1086</v>
       </c>
@@ -5878,51 +10393,51 @@
       </c>
       <c r="AN10">
         <v>31</v>
       </c>
       <c r="AP10">
         <v>0</v>
       </c>
       <c r="AR10">
         <v>0</v>
       </c>
       <c r="AS10">
         <v>5397</v>
       </c>
       <c r="AT10">
         <v>4880</v>
       </c>
     </row>
     <row r="11" spans="1:46">
       <c r="A11" t="s">
         <v>67</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="D11">
         <v>56</v>
       </c>
       <c r="E11">
         <v>920</v>
       </c>
       <c r="F11">
         <v>819</v>
       </c>
       <c r="G11">
         <v>347</v>
       </c>
       <c r="H11">
         <v>340</v>
       </c>
       <c r="I11">
         <v>117</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
         <v>804</v>
       </c>
@@ -5953,110 +10468,110 @@
       <c r="T11">
         <v>710</v>
       </c>
       <c r="U11">
         <v>96</v>
       </c>
       <c r="V11">
         <v>80</v>
       </c>
       <c r="W11">
         <v>176</v>
       </c>
       <c r="X11">
         <v>18</v>
       </c>
       <c r="Y11">
         <v>0</v>
       </c>
       <c r="Z11">
         <v>18</v>
       </c>
       <c r="AA11">
         <v>158</v>
       </c>
       <c r="AB11" t="s">
-        <v>115</v>
+        <v>152</v>
       </c>
       <c r="AC11">
         <v>57</v>
       </c>
       <c r="AD11">
         <v>1296</v>
       </c>
       <c r="AE11">
         <v>0</v>
       </c>
       <c r="AG11">
         <v>76</v>
       </c>
       <c r="AH11">
         <v>72</v>
       </c>
       <c r="AI11">
         <v>4</v>
       </c>
       <c r="AJ11">
         <v>1343</v>
       </c>
       <c r="AK11">
         <v>1585</v>
       </c>
       <c r="AL11">
         <v>160</v>
       </c>
       <c r="AM11">
         <v>214</v>
       </c>
       <c r="AN11">
         <v>-54</v>
       </c>
       <c r="AP11">
         <v>0</v>
       </c>
       <c r="AQ11" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR11">
         <v>0</v>
       </c>
       <c r="AS11">
         <v>5717</v>
       </c>
       <c r="AT11">
         <v>4288</v>
       </c>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>116</v>
+        <v>153</v>
       </c>
       <c r="D12">
         <v>38</v>
       </c>
       <c r="E12">
         <v>1025</v>
       </c>
       <c r="F12">
         <v>669</v>
       </c>
       <c r="G12">
         <v>436</v>
       </c>
       <c r="H12">
         <v>341</v>
       </c>
       <c r="I12">
         <v>264</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>1041</v>
       </c>
@@ -6087,51 +10602,51 @@
       <c r="T12">
         <v>844</v>
       </c>
       <c r="U12">
         <v>63</v>
       </c>
       <c r="V12">
         <v>24</v>
       </c>
       <c r="W12">
         <v>87</v>
       </c>
       <c r="X12">
         <v>6</v>
       </c>
       <c r="Y12">
         <v>10</v>
       </c>
       <c r="Z12">
         <v>16</v>
       </c>
       <c r="AA12">
         <v>71</v>
       </c>
       <c r="AB12" t="s">
-        <v>117</v>
+        <v>154</v>
       </c>
       <c r="AC12">
         <v>66</v>
       </c>
       <c r="AD12">
         <v>1028</v>
       </c>
       <c r="AE12">
         <v>0</v>
       </c>
       <c r="AG12">
         <v>20</v>
       </c>
       <c r="AH12">
         <v>46</v>
       </c>
       <c r="AI12">
         <v>-26</v>
       </c>
       <c r="AJ12">
         <v>979</v>
       </c>
       <c r="AK12">
         <v>0</v>
       </c>
@@ -6143,51 +10658,51 @@
       </c>
       <c r="AN12">
         <v>-40</v>
       </c>
       <c r="AP12">
         <v>0</v>
       </c>
       <c r="AR12">
         <v>0</v>
       </c>
       <c r="AS12">
         <v>5532</v>
       </c>
       <c r="AT12">
         <v>3712</v>
       </c>
     </row>
     <row r="13" spans="1:46">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>47</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="D13">
         <v>58</v>
       </c>
       <c r="E13">
         <v>1570</v>
       </c>
       <c r="F13">
         <v>365</v>
       </c>
       <c r="G13">
         <v>369</v>
       </c>
       <c r="H13">
         <v>549</v>
       </c>
       <c r="I13">
         <v>318</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13">
         <v>1236</v>
       </c>
@@ -6218,90 +10733,90 @@
       <c r="T13">
         <v>1587</v>
       </c>
       <c r="U13">
         <v>92</v>
       </c>
       <c r="V13">
         <v>93</v>
       </c>
       <c r="W13">
         <v>185</v>
       </c>
       <c r="X13">
         <v>0</v>
       </c>
       <c r="Y13">
         <v>0</v>
       </c>
       <c r="Z13">
         <v>0</v>
       </c>
       <c r="AA13">
         <v>185</v>
       </c>
       <c r="AB13" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="AC13">
         <v>58</v>
       </c>
       <c r="AD13">
         <v>1301</v>
       </c>
       <c r="AE13">
         <v>0</v>
       </c>
       <c r="AG13">
         <v>17</v>
       </c>
       <c r="AH13">
         <v>0</v>
       </c>
       <c r="AI13">
         <v>17</v>
       </c>
       <c r="AJ13">
         <v>1289</v>
       </c>
       <c r="AK13">
         <v>1228</v>
       </c>
       <c r="AL13">
         <v>105</v>
       </c>
       <c r="AM13">
         <v>0</v>
       </c>
       <c r="AN13">
         <v>105</v>
       </c>
       <c r="AP13">
         <v>0</v>
       </c>
       <c r="AQ13" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR13">
         <v>0</v>
       </c>
       <c r="AS13">
         <v>0</v>
       </c>
       <c r="AT13">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" t="s">
         <v>71</v>
       </c>
       <c r="B14" t="s">
         <v>51</v>
       </c>
       <c r="D14">
         <v>36</v>
       </c>
       <c r="E14">
         <v>1591</v>
       </c>
       <c r="F14">
@@ -6349,51 +10864,51 @@
       <c r="T14">
         <v>1453</v>
       </c>
       <c r="U14">
         <v>62</v>
       </c>
       <c r="V14">
         <v>91</v>
       </c>
       <c r="W14">
         <v>153</v>
       </c>
       <c r="X14">
         <v>25</v>
       </c>
       <c r="Y14">
         <v>1</v>
       </c>
       <c r="Z14">
         <v>26</v>
       </c>
       <c r="AA14">
         <v>127</v>
       </c>
       <c r="AB14" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="AC14">
         <v>76</v>
       </c>
       <c r="AD14">
         <v>1315</v>
       </c>
       <c r="AE14">
         <v>1344</v>
       </c>
       <c r="AG14">
         <v>26</v>
       </c>
       <c r="AH14">
         <v>54</v>
       </c>
       <c r="AI14">
         <v>-28</v>
       </c>
       <c r="AJ14">
         <v>0</v>
       </c>
       <c r="AK14">
         <v>1566</v>
       </c>
@@ -6405,51 +10920,51 @@
       </c>
       <c r="AN14">
         <v>-33</v>
       </c>
       <c r="AP14">
         <v>0</v>
       </c>
       <c r="AR14">
         <v>0</v>
       </c>
       <c r="AS14">
         <v>4824</v>
       </c>
       <c r="AT14">
         <v>4483</v>
       </c>
     </row>
     <row r="15" spans="1:46">
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="D15">
         <v>59</v>
       </c>
       <c r="E15">
         <v>1682</v>
       </c>
       <c r="F15">
         <v>1091</v>
       </c>
       <c r="G15">
         <v>521</v>
       </c>
       <c r="H15">
         <v>562</v>
       </c>
       <c r="I15">
         <v>260</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>1343</v>
       </c>
@@ -6480,90 +10995,90 @@
       <c r="T15">
         <v>1546</v>
       </c>
       <c r="U15">
         <v>83</v>
       </c>
       <c r="V15">
         <v>115</v>
       </c>
       <c r="W15">
         <v>198</v>
       </c>
       <c r="X15">
         <v>15</v>
       </c>
       <c r="Y15">
         <v>7</v>
       </c>
       <c r="Z15">
         <v>22</v>
       </c>
       <c r="AA15">
         <v>176</v>
       </c>
       <c r="AB15" t="s">
-        <v>115</v>
+        <v>152</v>
       </c>
       <c r="AC15">
         <v>61</v>
       </c>
       <c r="AD15">
         <v>1306</v>
       </c>
       <c r="AE15">
         <v>0</v>
       </c>
       <c r="AG15">
         <v>59</v>
       </c>
       <c r="AH15">
         <v>54</v>
       </c>
       <c r="AI15">
         <v>5</v>
       </c>
       <c r="AJ15">
         <v>1283</v>
       </c>
       <c r="AK15">
         <v>1389</v>
       </c>
       <c r="AL15">
         <v>50</v>
       </c>
       <c r="AM15">
         <v>61</v>
       </c>
       <c r="AN15">
         <v>-11</v>
       </c>
       <c r="AP15">
         <v>0</v>
       </c>
       <c r="AQ15" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR15">
         <v>0</v>
       </c>
       <c r="AS15">
         <v>5382</v>
       </c>
       <c r="AT15">
         <v>6560</v>
       </c>
     </row>
     <row r="16" spans="1:46">
       <c r="A16" t="s">
         <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="D16">
         <v>37</v>
       </c>
       <c r="E16">
         <v>1646</v>
       </c>
       <c r="F16">
@@ -6611,51 +11126,51 @@
       <c r="T16">
         <v>1549</v>
       </c>
       <c r="U16">
         <v>60</v>
       </c>
       <c r="V16">
         <v>105</v>
       </c>
       <c r="W16">
         <v>165</v>
       </c>
       <c r="X16">
         <v>4</v>
       </c>
       <c r="Y16">
         <v>36</v>
       </c>
       <c r="Z16">
         <v>40</v>
       </c>
       <c r="AA16">
         <v>125</v>
       </c>
       <c r="AB16" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="AC16">
         <v>72</v>
       </c>
       <c r="AD16">
         <v>1140</v>
       </c>
       <c r="AE16">
         <v>0</v>
       </c>
       <c r="AG16">
         <v>25</v>
       </c>
       <c r="AH16">
         <v>40</v>
       </c>
       <c r="AI16">
         <v>-15</v>
       </c>
       <c r="AJ16">
         <v>1130</v>
       </c>
       <c r="AK16">
         <v>1202</v>
       </c>
@@ -6667,51 +11182,51 @@
       </c>
       <c r="AN16">
         <v>-4</v>
       </c>
       <c r="AP16">
         <v>0</v>
       </c>
       <c r="AR16">
         <v>0</v>
       </c>
       <c r="AS16">
         <v>5856</v>
       </c>
       <c r="AT16">
         <v>7848</v>
       </c>
     </row>
     <row r="17" spans="1:46">
       <c r="A17" t="s">
         <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="D17">
         <v>62</v>
       </c>
       <c r="E17">
         <v>1438</v>
       </c>
       <c r="F17">
         <v>1096</v>
       </c>
       <c r="G17">
         <v>526</v>
       </c>
       <c r="H17">
         <v>288</v>
       </c>
       <c r="I17">
         <v>618</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
       <c r="K17">
         <v>1432</v>
       </c>
@@ -6742,110 +11257,110 @@
       <c r="T17">
         <v>1420</v>
       </c>
       <c r="U17">
         <v>40</v>
       </c>
       <c r="V17">
         <v>93</v>
       </c>
       <c r="W17">
         <v>133</v>
       </c>
       <c r="X17">
         <v>10</v>
       </c>
       <c r="Y17">
         <v>1</v>
       </c>
       <c r="Z17">
         <v>11</v>
       </c>
       <c r="AA17">
         <v>122</v>
       </c>
       <c r="AB17" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="AC17">
         <v>63</v>
       </c>
       <c r="AD17">
         <v>1216</v>
       </c>
       <c r="AE17">
         <v>0</v>
       </c>
       <c r="AG17">
         <v>57</v>
       </c>
       <c r="AH17">
         <v>49</v>
       </c>
       <c r="AI17">
         <v>8</v>
       </c>
       <c r="AJ17">
         <v>1197</v>
       </c>
       <c r="AK17">
         <v>1166</v>
       </c>
       <c r="AL17">
         <v>64</v>
       </c>
       <c r="AM17">
         <v>64</v>
       </c>
       <c r="AN17">
         <v>0</v>
       </c>
       <c r="AP17">
         <v>0</v>
       </c>
       <c r="AQ17" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR17">
         <v>0</v>
       </c>
       <c r="AS17">
         <v>5185</v>
       </c>
       <c r="AT17">
         <v>4296</v>
       </c>
     </row>
     <row r="18" spans="1:46">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="D18">
         <v>39</v>
       </c>
       <c r="E18">
         <v>1625</v>
       </c>
       <c r="F18">
         <v>696</v>
       </c>
       <c r="G18">
         <v>551</v>
       </c>
       <c r="H18">
         <v>465</v>
       </c>
       <c r="I18">
         <v>595</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18">
         <v>1611</v>
       </c>
@@ -6876,51 +11391,51 @@
       <c r="T18">
         <v>1504</v>
       </c>
       <c r="U18">
         <v>88</v>
       </c>
       <c r="V18">
         <v>49</v>
       </c>
       <c r="W18">
         <v>137</v>
       </c>
       <c r="X18">
         <v>1</v>
       </c>
       <c r="Y18">
         <v>37</v>
       </c>
       <c r="Z18">
         <v>38</v>
       </c>
       <c r="AA18">
         <v>99</v>
       </c>
       <c r="AB18" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="AC18">
         <v>78</v>
       </c>
       <c r="AD18">
         <v>712</v>
       </c>
       <c r="AE18">
         <v>0</v>
       </c>
       <c r="AG18">
         <v>15</v>
       </c>
       <c r="AH18">
         <v>51</v>
       </c>
       <c r="AI18">
         <v>-36</v>
       </c>
       <c r="AJ18">
         <v>714</v>
       </c>
       <c r="AK18">
         <v>711</v>
       </c>
@@ -6932,51 +11447,51 @@
       </c>
       <c r="AN18">
         <v>-22</v>
       </c>
       <c r="AP18">
         <v>0</v>
       </c>
       <c r="AR18">
         <v>0</v>
       </c>
       <c r="AS18">
         <v>4508</v>
       </c>
       <c r="AT18">
         <v>4712</v>
       </c>
     </row>
     <row r="19" spans="1:46">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="D19">
         <v>57</v>
       </c>
       <c r="E19">
         <v>881</v>
       </c>
       <c r="F19">
         <v>1040</v>
       </c>
       <c r="G19">
         <v>135</v>
       </c>
       <c r="H19">
         <v>271</v>
       </c>
       <c r="I19">
         <v>275</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
       <c r="K19">
         <v>681</v>
       </c>
@@ -7007,2422 +11522,5462 @@
       <c r="T19">
         <v>800</v>
       </c>
       <c r="U19">
         <v>70</v>
       </c>
       <c r="V19">
         <v>50</v>
       </c>
       <c r="W19">
         <v>120</v>
       </c>
       <c r="X19">
         <v>0</v>
       </c>
       <c r="Y19">
         <v>6</v>
       </c>
       <c r="Z19">
         <v>6</v>
       </c>
       <c r="AA19">
         <v>114</v>
       </c>
       <c r="AB19" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="AC19">
         <v>70</v>
       </c>
       <c r="AD19">
         <v>849</v>
       </c>
       <c r="AE19">
         <v>0</v>
       </c>
       <c r="AG19">
         <v>20</v>
       </c>
       <c r="AH19">
         <v>18</v>
       </c>
       <c r="AI19">
         <v>2</v>
       </c>
       <c r="AJ19">
         <v>839</v>
       </c>
       <c r="AK19">
         <v>1212</v>
       </c>
       <c r="AL19">
         <v>50</v>
       </c>
       <c r="AM19">
         <v>49</v>
       </c>
       <c r="AN19">
         <v>1</v>
       </c>
       <c r="AP19">
         <v>0</v>
       </c>
       <c r="AQ19" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR19">
         <v>0</v>
       </c>
       <c r="AS19">
         <v>5272</v>
       </c>
       <c r="AT19">
         <v>6644</v>
       </c>
     </row>
     <row r="20" spans="1:46">
       <c r="A20" t="s">
-        <v>119</v>
+        <v>80</v>
       </c>
       <c r="B20" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>51</v>
       </c>
       <c r="D20">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="E20">
-        <v>1316</v>
+        <v>0</v>
       </c>
       <c r="F20">
-        <v>444</v>
+        <v>1312</v>
       </c>
       <c r="G20">
-        <v>493</v>
+        <v>0</v>
       </c>
       <c r="H20">
-        <v>317</v>
+        <v>0</v>
       </c>
       <c r="I20">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
       <c r="K20">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="L20">
-        <v>618</v>
+        <v>0</v>
       </c>
       <c r="M20">
         <v>0</v>
       </c>
       <c r="N20">
-        <v>546</v>
+        <v>0</v>
       </c>
       <c r="O20">
         <v>0</v>
       </c>
       <c r="P20">
         <v>0</v>
       </c>
       <c r="Q20">
-        <v>1164</v>
+        <v>0</v>
       </c>
       <c r="R20">
-        <v>563</v>
+        <v>0</v>
       </c>
       <c r="S20">
-        <v>610</v>
+        <v>0</v>
       </c>
       <c r="T20">
-        <v>1173</v>
+        <v>0</v>
       </c>
       <c r="U20">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="V20">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="W20">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="X20">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Y20">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="Z20">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="AA20">
-        <v>129</v>
+        <v>-17</v>
       </c>
       <c r="AB20" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="AC20">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="AD20">
-        <v>733</v>
+        <v>1062</v>
       </c>
       <c r="AE20">
         <v>0</v>
       </c>
       <c r="AG20">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="AH20">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="AI20">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="AJ20">
-        <v>712</v>
+        <v>1100</v>
       </c>
       <c r="AK20">
-        <v>720</v>
+        <v>1465</v>
       </c>
       <c r="AL20">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="AM20">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="AN20">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="AP20">
         <v>0</v>
       </c>
       <c r="AR20">
         <v>0</v>
       </c>
       <c r="AS20">
-        <v>4883</v>
+        <v>4899</v>
       </c>
       <c r="AT20">
-        <v>5766</v>
+        <v>6021</v>
       </c>
     </row>
     <row r="21" spans="1:46">
       <c r="A21" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C21" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="D21">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="E21">
-        <v>469</v>
+        <v>0</v>
       </c>
       <c r="F21">
-        <v>969</v>
+        <v>531</v>
       </c>
       <c r="G21">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="H21">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="I21">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
       <c r="K21">
-        <v>552</v>
+        <v>0</v>
       </c>
       <c r="L21">
-        <v>596</v>
+        <v>98</v>
       </c>
       <c r="M21">
         <v>0</v>
       </c>
       <c r="N21">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="O21">
         <v>0</v>
       </c>
       <c r="P21">
         <v>0</v>
       </c>
       <c r="Q21">
-        <v>656</v>
+        <v>126</v>
       </c>
       <c r="R21">
-        <v>430</v>
+        <v>20</v>
       </c>
       <c r="S21">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="T21">
-        <v>580</v>
+        <v>155</v>
       </c>
       <c r="U21">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="V21">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="W21">
-        <v>135</v>
+        <v>86</v>
       </c>
       <c r="X21">
         <v>0</v>
       </c>
       <c r="Y21">
         <v>0</v>
       </c>
       <c r="Z21">
         <v>0</v>
       </c>
       <c r="AA21">
-        <v>135</v>
+        <v>86</v>
       </c>
       <c r="AB21" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="AC21">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="AD21">
-        <v>1028</v>
+        <v>288</v>
       </c>
       <c r="AE21">
         <v>0</v>
       </c>
       <c r="AG21">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="AH21">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="AI21">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="AJ21">
-        <v>1050</v>
+        <v>293</v>
       </c>
       <c r="AK21">
-        <v>1038</v>
+        <v>738</v>
       </c>
       <c r="AL21">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="AM21">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="AN21">
-        <v>-21</v>
+        <v>-3</v>
       </c>
       <c r="AP21">
         <v>0</v>
       </c>
-      <c r="AQ21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AR21">
         <v>0</v>
       </c>
       <c r="AS21">
-        <v>6272</v>
+        <v>3812</v>
       </c>
       <c r="AT21">
-        <v>310</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="22" spans="1:46">
       <c r="A22" t="s">
-        <v>122</v>
+        <v>82</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C22" t="s">
-        <v>123</v>
+        <v>150</v>
       </c>
       <c r="D22">
         <v>54</v>
       </c>
       <c r="E22">
-        <v>1306</v>
+        <v>1599</v>
       </c>
       <c r="F22">
-        <v>600</v>
+        <v>736</v>
       </c>
       <c r="G22">
-        <v>464</v>
+        <v>585</v>
       </c>
       <c r="H22">
-        <v>364</v>
+        <v>506</v>
       </c>
       <c r="I22">
-        <v>483</v>
+        <v>504</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22">
-        <v>1311</v>
+        <v>1595</v>
       </c>
       <c r="L22">
-        <v>668</v>
+        <v>842</v>
       </c>
       <c r="M22">
         <v>0</v>
       </c>
       <c r="N22">
-        <v>488</v>
+        <v>779</v>
       </c>
       <c r="O22">
         <v>0</v>
       </c>
       <c r="P22">
         <v>0</v>
       </c>
       <c r="Q22">
-        <v>1156</v>
+        <v>1621</v>
       </c>
       <c r="R22">
-        <v>448</v>
+        <v>885</v>
       </c>
       <c r="S22">
-        <v>830</v>
+        <v>730</v>
       </c>
       <c r="T22">
-        <v>1278</v>
+        <v>1615</v>
       </c>
       <c r="U22">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="V22">
+        <v>73</v>
+      </c>
+      <c r="W22">
+        <v>133</v>
+      </c>
+      <c r="X22">
+        <v>0</v>
+      </c>
+      <c r="Y22">
+        <v>0</v>
+      </c>
+      <c r="Z22">
+        <v>0</v>
+      </c>
+      <c r="AA22">
+        <v>133</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC22">
+        <v>66</v>
+      </c>
+      <c r="AD22">
+        <v>1295</v>
+      </c>
+      <c r="AE22">
+        <v>0</v>
+      </c>
+      <c r="AG22">
+        <v>31</v>
+      </c>
+      <c r="AH22">
+        <v>20</v>
+      </c>
+      <c r="AI22">
+        <v>11</v>
+      </c>
+      <c r="AJ22">
+        <v>1297</v>
+      </c>
+      <c r="AK22">
+        <v>838</v>
+      </c>
+      <c r="AL22">
         <v>54</v>
       </c>
-      <c r="W22">
-[...43 lines deleted...]
-      </c>
       <c r="AM22">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="AN22">
-        <v>9</v>
+        <v>-1</v>
       </c>
       <c r="AP22">
         <v>0</v>
       </c>
+      <c r="AQ22" t="s">
+        <v>149</v>
+      </c>
       <c r="AR22">
         <v>0</v>
       </c>
       <c r="AS22">
-        <v>4738</v>
+        <v>2560</v>
       </c>
       <c r="AT22">
-        <v>11140</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="23" spans="1:46">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>86</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C23" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="D23">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="E23">
-        <v>1024</v>
+        <v>1424</v>
       </c>
       <c r="F23">
-        <v>969</v>
+        <v>1035</v>
       </c>
       <c r="G23">
-        <v>387</v>
+        <v>481</v>
       </c>
       <c r="H23">
-        <v>388</v>
+        <v>519</v>
       </c>
       <c r="I23">
-        <v>266</v>
+        <v>467</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
       <c r="K23">
-        <v>1041</v>
+        <v>1467</v>
       </c>
       <c r="L23">
-        <v>695</v>
+        <v>756</v>
       </c>
       <c r="M23">
         <v>0</v>
       </c>
       <c r="N23">
-        <v>496</v>
+        <v>799</v>
       </c>
       <c r="O23">
         <v>0</v>
       </c>
       <c r="P23">
         <v>0</v>
       </c>
       <c r="Q23">
-        <v>1191</v>
+        <v>1555</v>
       </c>
       <c r="R23">
-        <v>725</v>
+        <v>910</v>
       </c>
       <c r="S23">
-        <v>371</v>
+        <v>560</v>
       </c>
       <c r="T23">
-        <v>1096</v>
+        <v>1470</v>
       </c>
       <c r="U23">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="V23">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="W23">
-        <v>100</v>
+        <v>179</v>
       </c>
       <c r="X23">
         <v>0</v>
       </c>
       <c r="Y23">
         <v>0</v>
       </c>
       <c r="Z23">
         <v>0</v>
       </c>
       <c r="AA23">
-        <v>100</v>
+        <v>179</v>
       </c>
       <c r="AB23" t="s">
-        <v>110</v>
+        <v>157</v>
       </c>
       <c r="AC23">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="AD23">
-        <v>1012</v>
+        <v>1150</v>
       </c>
       <c r="AE23">
         <v>0</v>
       </c>
       <c r="AG23">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="AH23">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AI23">
-        <v>-2</v>
+        <v>-9</v>
       </c>
       <c r="AJ23">
-        <v>1011</v>
+        <v>1103</v>
       </c>
       <c r="AK23">
-        <v>1074</v>
+        <v>1207</v>
       </c>
       <c r="AL23">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AM23">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="AN23">
-        <v>-6</v>
+        <v>0</v>
       </c>
       <c r="AP23">
         <v>0</v>
       </c>
-      <c r="AQ23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AR23">
         <v>0</v>
       </c>
       <c r="AS23">
-        <v>5514</v>
+        <v>3048</v>
       </c>
       <c r="AT23">
-        <v>4768</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="24" spans="1:46">
       <c r="A24" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C24" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="D24">
         <v>53</v>
       </c>
       <c r="E24">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="F24">
-        <v>1147</v>
+        <v>1029</v>
       </c>
       <c r="G24">
-        <v>582</v>
+        <v>469</v>
       </c>
       <c r="H24">
-        <v>607</v>
+        <v>502</v>
       </c>
       <c r="I24">
-        <v>237</v>
+        <v>486</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
       <c r="K24">
-        <v>1426</v>
+        <v>1457</v>
       </c>
       <c r="L24">
-        <v>840</v>
+        <v>812</v>
       </c>
       <c r="M24">
         <v>0</v>
       </c>
       <c r="N24">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="O24">
         <v>0</v>
       </c>
       <c r="P24">
         <v>0</v>
       </c>
       <c r="Q24">
-        <v>1412</v>
+        <v>1397</v>
       </c>
       <c r="R24">
-        <v>730</v>
+        <v>1318</v>
       </c>
       <c r="S24">
-        <v>732</v>
+        <v>173</v>
       </c>
       <c r="T24">
-        <v>1462</v>
+        <v>1491</v>
       </c>
       <c r="U24">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="V24">
-        <v>76</v>
+        <v>108</v>
       </c>
       <c r="W24">
+        <v>173</v>
+      </c>
+      <c r="X24">
+        <v>0</v>
+      </c>
+      <c r="Y24">
+        <v>0</v>
+      </c>
+      <c r="Z24">
+        <v>0</v>
+      </c>
+      <c r="AA24">
+        <v>173</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC24">
+        <v>56</v>
+      </c>
+      <c r="AD24">
+        <v>1350</v>
+      </c>
+      <c r="AE24">
+        <v>0</v>
+      </c>
+      <c r="AG24">
+        <v>25</v>
+      </c>
+      <c r="AH24">
+        <v>27</v>
+      </c>
+      <c r="AI24">
+        <v>-2</v>
+      </c>
+      <c r="AJ24">
+        <v>1350</v>
+      </c>
+      <c r="AK24">
+        <v>1124</v>
+      </c>
+      <c r="AL24">
+        <v>49</v>
+      </c>
+      <c r="AM24">
+        <v>45</v>
+      </c>
+      <c r="AN24">
+        <v>4</v>
+      </c>
+      <c r="AP24">
+        <v>0</v>
+      </c>
+      <c r="AQ24" t="s">
         <v>149</v>
       </c>
-      <c r="X24">
-[...46 lines deleted...]
-      </c>
       <c r="AR24">
         <v>0</v>
       </c>
       <c r="AS24">
-        <v>5635</v>
+        <v>3316</v>
       </c>
       <c r="AT24">
-        <v>10593</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="25" spans="1:46">
       <c r="A25" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="B25" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C25" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="D25">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="E25">
-        <v>1824</v>
+        <v>1481</v>
       </c>
       <c r="F25">
-        <v>1513</v>
+        <v>1556</v>
       </c>
       <c r="G25">
-        <v>577</v>
+        <v>525</v>
       </c>
       <c r="H25">
-        <v>663</v>
+        <v>435</v>
       </c>
       <c r="I25">
-        <v>530</v>
+        <v>502</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25">
-        <v>1770</v>
+        <v>1462</v>
       </c>
       <c r="L25">
-        <v>891</v>
+        <v>759</v>
       </c>
       <c r="M25">
         <v>0</v>
       </c>
       <c r="N25">
-        <v>911</v>
+        <v>692</v>
       </c>
       <c r="O25">
         <v>0</v>
       </c>
       <c r="P25">
         <v>0</v>
       </c>
       <c r="Q25">
-        <v>1802</v>
+        <v>1451</v>
       </c>
       <c r="R25">
-        <v>1000</v>
+        <v>610</v>
       </c>
       <c r="S25">
-        <v>740</v>
+        <v>637</v>
       </c>
       <c r="T25">
-        <v>1740</v>
+        <v>1247</v>
       </c>
       <c r="U25">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="V25">
-        <v>140</v>
+        <v>69</v>
       </c>
       <c r="W25">
-        <v>211</v>
+        <v>129</v>
       </c>
       <c r="X25">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="Y25">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="Z25">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="AA25">
-        <v>210</v>
+        <v>99</v>
       </c>
       <c r="AB25" t="s">
-        <v>110</v>
+        <v>160</v>
       </c>
       <c r="AC25">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="AD25">
-        <v>1903</v>
+        <v>1500</v>
       </c>
       <c r="AE25">
         <v>0</v>
       </c>
       <c r="AG25">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AH25">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="AI25">
-        <v>2</v>
+        <v>-17</v>
       </c>
       <c r="AJ25">
-        <v>1866</v>
+        <v>1495</v>
       </c>
       <c r="AK25">
-        <v>1879</v>
+        <v>1709</v>
       </c>
       <c r="AL25">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="AM25">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="AN25">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="AP25">
         <v>0</v>
       </c>
-      <c r="AQ25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AR25">
         <v>0</v>
       </c>
       <c r="AS25">
-        <v>5765</v>
+        <v>5776</v>
       </c>
       <c r="AT25">
-        <v>6724</v>
+        <v>4594</v>
       </c>
     </row>
     <row r="26" spans="1:46">
       <c r="A26" t="s">
-        <v>125</v>
+        <v>90</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="D26">
+        <v>54</v>
+      </c>
+      <c r="E26">
+        <v>1620</v>
+      </c>
+      <c r="F26">
+        <v>1519</v>
+      </c>
+      <c r="G26">
+        <v>527</v>
+      </c>
+      <c r="H26">
+        <v>441</v>
+      </c>
+      <c r="I26">
+        <v>563</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26">
+        <v>1531</v>
+      </c>
+      <c r="L26">
+        <v>791</v>
+      </c>
+      <c r="M26">
+        <v>0</v>
+      </c>
+      <c r="N26">
+        <v>817</v>
+      </c>
+      <c r="O26">
+        <v>0</v>
+      </c>
+      <c r="P26">
+        <v>0</v>
+      </c>
+      <c r="Q26">
+        <v>1608</v>
+      </c>
+      <c r="R26">
+        <v>766</v>
+      </c>
+      <c r="S26">
+        <v>836</v>
+      </c>
+      <c r="T26">
+        <v>1602</v>
+      </c>
+      <c r="U26">
         <v>50</v>
       </c>
-      <c r="E26">
-[...49 lines deleted...]
-      </c>
       <c r="V26">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="W26">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="X26">
         <v>0</v>
       </c>
       <c r="Y26">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Z26">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AA26">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="AB26" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="AC26">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="AD26">
-        <v>752</v>
+        <v>1409</v>
       </c>
       <c r="AE26">
         <v>0</v>
       </c>
       <c r="AG26">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="AH26">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="AI26">
-        <v>9</v>
+        <v>-10</v>
       </c>
       <c r="AJ26">
-        <v>761</v>
+        <v>1450</v>
       </c>
       <c r="AK26">
-        <v>754</v>
+        <v>1674</v>
       </c>
       <c r="AL26">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="AM26">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="AN26">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="AP26">
         <v>0</v>
       </c>
+      <c r="AQ26" t="s">
+        <v>149</v>
+      </c>
       <c r="AR26">
         <v>0</v>
       </c>
       <c r="AS26">
-        <v>4580</v>
+        <v>4103</v>
       </c>
       <c r="AT26">
-        <v>4277</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="27" spans="1:46">
       <c r="A27" t="s">
-        <v>126</v>
+        <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>47</v>
       </c>
       <c r="C27" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="D27">
+        <v>41</v>
+      </c>
+      <c r="E27">
+        <v>1530</v>
+      </c>
+      <c r="F27">
+        <v>1018</v>
+      </c>
+      <c r="G27">
+        <v>540</v>
+      </c>
+      <c r="H27">
+        <v>512</v>
+      </c>
+      <c r="I27">
+        <v>483</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27">
+        <v>1535</v>
+      </c>
+      <c r="L27">
+        <v>794</v>
+      </c>
+      <c r="M27">
+        <v>0</v>
+      </c>
+      <c r="N27">
+        <v>807</v>
+      </c>
+      <c r="O27">
+        <v>0</v>
+      </c>
+      <c r="P27">
+        <v>0</v>
+      </c>
+      <c r="Q27">
+        <v>1601</v>
+      </c>
+      <c r="R27">
+        <v>807</v>
+      </c>
+      <c r="S27">
+        <v>792</v>
+      </c>
+      <c r="T27">
+        <v>1599</v>
+      </c>
+      <c r="U27">
+        <v>100</v>
+      </c>
+      <c r="V27">
         <v>62</v>
       </c>
-      <c r="E27">
-[...52 lines deleted...]
-      </c>
       <c r="W27">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="X27">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="Y27">
         <v>0</v>
       </c>
       <c r="Z27">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="AA27">
-        <v>184</v>
+        <v>156</v>
       </c>
       <c r="AB27" t="s">
-        <v>110</v>
+        <v>162</v>
       </c>
       <c r="AC27">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="AD27">
-        <v>1521</v>
+        <v>1460</v>
       </c>
       <c r="AE27">
         <v>0</v>
       </c>
       <c r="AG27">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="AH27">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="AI27">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="AJ27">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="AK27">
-        <v>1158</v>
+        <v>0</v>
       </c>
       <c r="AL27">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="AM27">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="AN27">
-        <v>-8</v>
+        <v>-1</v>
       </c>
       <c r="AP27">
         <v>0</v>
       </c>
       <c r="AR27">
         <v>0</v>
       </c>
       <c r="AS27">
-        <v>7606</v>
+        <v>6777</v>
       </c>
       <c r="AT27">
-        <v>5242</v>
+        <v>5135</v>
       </c>
     </row>
     <row r="28" spans="1:46">
       <c r="A28" t="s">
-        <v>126</v>
+        <v>92</v>
       </c>
       <c r="B28" t="s">
         <v>51</v>
       </c>
       <c r="C28" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="D28">
+        <v>55</v>
+      </c>
+      <c r="E28">
+        <v>957</v>
+      </c>
+      <c r="F28">
+        <v>1145</v>
+      </c>
+      <c r="G28">
+        <v>491</v>
+      </c>
+      <c r="H28">
+        <v>264</v>
+      </c>
+      <c r="I28">
+        <v>151</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28">
+        <v>906</v>
+      </c>
+      <c r="L28">
+        <v>528</v>
+      </c>
+      <c r="M28">
+        <v>0</v>
+      </c>
+      <c r="N28">
+        <v>391</v>
+      </c>
+      <c r="O28">
+        <v>0</v>
+      </c>
+      <c r="P28">
+        <v>0</v>
+      </c>
+      <c r="Q28">
+        <v>919</v>
+      </c>
+      <c r="R28">
+        <v>500</v>
+      </c>
+      <c r="S28">
+        <v>400</v>
+      </c>
+      <c r="T28">
+        <v>900</v>
+      </c>
+      <c r="U28">
+        <v>80</v>
+      </c>
+      <c r="V28">
         <v>50</v>
       </c>
-      <c r="E28">
-[...52 lines deleted...]
-      </c>
       <c r="W28">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="X28">
         <v>0</v>
       </c>
       <c r="Y28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AA28">
-        <v>155</v>
+        <v>130</v>
       </c>
       <c r="AB28" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="AC28">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="AD28">
-        <v>1495</v>
+        <v>1304</v>
       </c>
       <c r="AE28">
         <v>0</v>
       </c>
       <c r="AG28">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AH28">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AI28">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="AJ28">
-        <v>1424</v>
+        <v>1363</v>
       </c>
       <c r="AK28">
-        <v>1826</v>
+        <v>1397</v>
       </c>
       <c r="AL28">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="AM28">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="AN28">
-        <v>54</v>
+        <v>-14</v>
       </c>
       <c r="AP28">
         <v>0</v>
       </c>
       <c r="AQ28" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR28">
         <v>0</v>
       </c>
       <c r="AS28">
-        <v>4967</v>
+        <v>6020</v>
       </c>
       <c r="AT28">
-        <v>4240</v>
+        <v>4380</v>
       </c>
     </row>
     <row r="29" spans="1:46">
       <c r="A29" t="s">
         <v>94</v>
       </c>
       <c r="B29" t="s">
         <v>47</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="D29">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="E29">
-        <v>1370</v>
+        <v>1401</v>
       </c>
       <c r="F29">
-        <v>1007</v>
+        <v>0</v>
       </c>
       <c r="G29">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="H29">
-        <v>504</v>
+        <v>404</v>
       </c>
       <c r="I29">
-        <v>384</v>
+        <v>564</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29">
-        <v>1345</v>
+        <v>1438</v>
       </c>
       <c r="L29">
-        <v>727</v>
+        <v>764</v>
       </c>
       <c r="M29">
         <v>0</v>
       </c>
       <c r="N29">
-        <v>652</v>
+        <v>608</v>
       </c>
       <c r="O29">
         <v>0</v>
       </c>
       <c r="P29">
         <v>0</v>
       </c>
       <c r="Q29">
-        <v>1379</v>
+        <v>1372</v>
       </c>
       <c r="R29">
-        <v>850</v>
+        <v>825</v>
       </c>
       <c r="S29">
-        <v>470</v>
+        <v>534</v>
       </c>
       <c r="T29">
-        <v>1320</v>
+        <v>1359</v>
       </c>
       <c r="U29">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="V29">
+        <v>80</v>
+      </c>
+      <c r="W29">
+        <v>120</v>
+      </c>
+      <c r="X29">
+        <v>0</v>
+      </c>
+      <c r="Y29">
+        <v>23</v>
+      </c>
+      <c r="Z29">
+        <v>23</v>
+      </c>
+      <c r="AA29">
+        <v>97</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>162</v>
+      </c>
+      <c r="AC29">
+        <v>68</v>
+      </c>
+      <c r="AD29">
+        <v>1144</v>
+      </c>
+      <c r="AE29">
+        <v>0</v>
+      </c>
+      <c r="AG29">
+        <v>26</v>
+      </c>
+      <c r="AH29">
+        <v>34</v>
+      </c>
+      <c r="AI29">
+        <v>-8</v>
+      </c>
+      <c r="AJ29">
+        <v>1128</v>
+      </c>
+      <c r="AK29">
+        <v>0</v>
+      </c>
+      <c r="AL29">
         <v>88</v>
       </c>
-      <c r="W29">
-[...43 lines deleted...]
-      </c>
       <c r="AM29">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="AN29">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="AP29">
         <v>0</v>
       </c>
       <c r="AR29">
         <v>0</v>
       </c>
       <c r="AS29">
-        <v>7085</v>
+        <v>6011</v>
       </c>
       <c r="AT29">
-        <v>5297</v>
+        <v>5657</v>
       </c>
     </row>
     <row r="30" spans="1:46">
       <c r="A30" t="s">
         <v>94</v>
       </c>
       <c r="B30" t="s">
         <v>51</v>
       </c>
       <c r="C30" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="D30">
         <v>55</v>
       </c>
       <c r="E30">
-        <v>1705</v>
+        <v>1009</v>
       </c>
       <c r="F30">
-        <v>1173</v>
+        <v>531</v>
       </c>
       <c r="G30">
-        <v>544</v>
+        <v>440</v>
       </c>
       <c r="H30">
-        <v>586</v>
+        <v>431</v>
       </c>
       <c r="I30">
-        <v>554</v>
+        <v>85</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
       <c r="K30">
-        <v>1684</v>
+        <v>956</v>
       </c>
       <c r="L30">
-        <v>872</v>
+        <v>624</v>
       </c>
       <c r="M30">
         <v>0</v>
       </c>
       <c r="N30">
-        <v>805</v>
+        <v>403</v>
       </c>
       <c r="O30">
         <v>0</v>
       </c>
       <c r="P30">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="Q30">
-        <v>1700</v>
+        <v>1027</v>
       </c>
       <c r="R30">
-        <v>1062</v>
+        <v>575</v>
       </c>
       <c r="S30">
-        <v>700</v>
+        <v>425</v>
       </c>
       <c r="T30">
-        <v>1762</v>
+        <v>1000</v>
       </c>
       <c r="U30">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="V30">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="W30">
-        <v>203</v>
+        <v>160</v>
       </c>
       <c r="X30">
         <v>0</v>
       </c>
       <c r="Y30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AA30">
-        <v>203</v>
+        <v>159</v>
       </c>
       <c r="AB30" t="s">
-        <v>127</v>
+        <v>163</v>
       </c>
       <c r="AC30">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="AD30">
-        <v>1801</v>
+        <v>1253</v>
       </c>
       <c r="AE30">
         <v>0</v>
       </c>
       <c r="AG30">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="AH30">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AI30">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="AJ30">
-        <v>1766</v>
+        <v>1266</v>
       </c>
       <c r="AK30">
-        <v>1969</v>
+        <v>1090</v>
       </c>
       <c r="AL30">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="AM30">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="AN30">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="AP30">
         <v>0</v>
       </c>
-      <c r="AQ30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AR30">
         <v>0</v>
       </c>
       <c r="AS30">
-        <v>5644</v>
+        <v>6190</v>
       </c>
       <c r="AT30">
-        <v>2724</v>
+        <v>4696</v>
       </c>
     </row>
     <row r="31" spans="1:46">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="B31" t="s">
         <v>47</v>
       </c>
       <c r="C31" t="s">
-        <v>129</v>
+        <v>164</v>
       </c>
       <c r="D31">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="E31">
-        <v>1802</v>
+        <v>1134</v>
       </c>
       <c r="F31">
-        <v>1090</v>
+        <v>555</v>
       </c>
       <c r="G31">
-        <v>603</v>
+        <v>410</v>
       </c>
       <c r="H31">
-        <v>637</v>
+        <v>334</v>
       </c>
       <c r="I31">
-        <v>546</v>
+        <v>368</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
       <c r="K31">
-        <v>1786</v>
+        <v>1112</v>
       </c>
       <c r="L31">
-        <v>875</v>
+        <v>583</v>
       </c>
       <c r="M31">
         <v>0</v>
       </c>
       <c r="N31">
-        <v>889</v>
+        <v>553</v>
       </c>
       <c r="O31">
         <v>0</v>
       </c>
       <c r="P31">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="Q31">
-        <v>1806</v>
+        <v>1136</v>
       </c>
       <c r="R31">
-        <v>1000</v>
+        <v>732</v>
       </c>
       <c r="S31">
-        <v>770</v>
+        <v>430</v>
       </c>
       <c r="T31">
-        <v>1770</v>
+        <v>1162</v>
       </c>
       <c r="U31">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="V31">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="W31">
-        <v>226</v>
+        <v>110</v>
       </c>
       <c r="X31">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="Y31">
         <v>0</v>
       </c>
       <c r="Z31">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="AA31">
-        <v>217</v>
+        <v>108</v>
       </c>
       <c r="AB31" t="s">
-        <v>115</v>
+        <v>162</v>
       </c>
       <c r="AC31">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="AD31">
-        <v>1659</v>
+        <v>888</v>
       </c>
       <c r="AE31">
         <v>0</v>
       </c>
       <c r="AG31">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="AH31">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="AI31">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AJ31">
-        <v>1662</v>
+        <v>807</v>
       </c>
       <c r="AK31">
-        <v>1702</v>
+        <v>720</v>
       </c>
       <c r="AL31">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="AM31">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="AN31">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AP31">
         <v>0</v>
       </c>
       <c r="AR31">
         <v>0</v>
       </c>
       <c r="AS31">
-        <v>6361</v>
+        <v>4026</v>
       </c>
       <c r="AT31">
-        <v>7040</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="32" spans="1:46">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="B32" t="s">
         <v>51</v>
       </c>
       <c r="C32" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="D32">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E32">
-        <v>1744</v>
+        <v>778</v>
       </c>
       <c r="F32">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="G32">
-        <v>634</v>
+        <v>374</v>
       </c>
       <c r="H32">
-        <v>541</v>
+        <v>219</v>
       </c>
       <c r="I32">
-        <v>570</v>
+        <v>177</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
       <c r="K32">
-        <v>1745</v>
+        <v>770</v>
       </c>
       <c r="L32">
-        <v>807</v>
+        <v>372</v>
       </c>
       <c r="M32">
         <v>0</v>
       </c>
       <c r="N32">
-        <v>805</v>
+        <v>326</v>
       </c>
       <c r="O32">
         <v>0</v>
       </c>
       <c r="P32">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="Q32">
-        <v>1728</v>
+        <v>698</v>
       </c>
       <c r="R32">
-        <v>1100</v>
+        <v>405</v>
       </c>
       <c r="S32">
-        <v>768</v>
+        <v>230</v>
       </c>
       <c r="T32">
-        <v>1868</v>
+        <v>635</v>
       </c>
       <c r="U32">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="V32">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="W32">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="X32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Y32">
         <v>0</v>
       </c>
       <c r="Z32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AA32">
         <v>201</v>
       </c>
       <c r="AB32" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="AC32">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="AD32">
-        <v>2025</v>
+        <v>1153</v>
       </c>
       <c r="AE32">
         <v>0</v>
       </c>
       <c r="AG32">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AH32">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="AI32">
-        <v>-5</v>
+        <v>15</v>
       </c>
       <c r="AJ32">
-        <v>2022</v>
+        <v>1231</v>
       </c>
       <c r="AK32">
-        <v>2071</v>
+        <v>0</v>
       </c>
       <c r="AL32">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="AM32">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="AN32">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="AP32">
         <v>0</v>
       </c>
       <c r="AQ32" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR32">
         <v>0</v>
       </c>
       <c r="AS32">
-        <v>6829</v>
+        <v>5340</v>
       </c>
       <c r="AT32">
-        <v>4544</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="33" spans="1:46">
       <c r="A33" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B33" t="s">
         <v>47</v>
       </c>
       <c r="C33" t="s">
-        <v>130</v>
+        <v>164</v>
       </c>
       <c r="D33">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="E33">
-        <v>1824</v>
+        <v>1312</v>
       </c>
       <c r="F33">
-        <v>1174</v>
+        <v>1191</v>
       </c>
       <c r="G33">
-        <v>583</v>
+        <v>416</v>
       </c>
       <c r="H33">
-        <v>581</v>
+        <v>391</v>
       </c>
       <c r="I33">
-        <v>643</v>
+        <v>506</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
       <c r="K33">
-        <v>1807</v>
+        <v>1313</v>
       </c>
       <c r="L33">
-        <v>814</v>
+        <v>692</v>
       </c>
       <c r="M33">
         <v>0</v>
       </c>
       <c r="N33">
-        <v>758</v>
+        <v>582</v>
       </c>
       <c r="O33">
         <v>0</v>
       </c>
       <c r="P33">
-        <v>263</v>
+        <v>0</v>
       </c>
       <c r="Q33">
-        <v>1835</v>
+        <v>1274</v>
       </c>
       <c r="R33">
-        <v>1160</v>
+        <v>692</v>
       </c>
       <c r="S33">
-        <v>620</v>
+        <v>582</v>
       </c>
       <c r="T33">
-        <v>1780</v>
+        <v>1274</v>
       </c>
       <c r="U33">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="V33">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="W33">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="X33">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="Y33">
         <v>0</v>
       </c>
       <c r="Z33">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="AA33">
-        <v>190</v>
+        <v>153</v>
       </c>
       <c r="AB33" t="s">
-        <v>131</v>
+        <v>160</v>
       </c>
       <c r="AC33">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="AD33">
-        <v>1650</v>
+        <v>1287</v>
       </c>
       <c r="AE33">
         <v>0</v>
       </c>
       <c r="AG33">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="AH33">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="AI33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AJ33">
-        <v>1490</v>
+        <v>1205</v>
       </c>
       <c r="AK33">
-        <v>1622</v>
+        <v>1312</v>
       </c>
       <c r="AL33">
-        <v>49</v>
+        <v>116</v>
       </c>
       <c r="AM33">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="AN33">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AP33">
         <v>0</v>
       </c>
       <c r="AR33">
         <v>0</v>
       </c>
       <c r="AS33">
-        <v>6776</v>
+        <v>4721</v>
       </c>
       <c r="AT33">
-        <v>7972</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="34" spans="1:46">
       <c r="A34" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34" t="s">
-        <v>123</v>
+        <v>165</v>
       </c>
       <c r="D34">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E34">
-        <v>1663</v>
+        <v>110</v>
       </c>
       <c r="F34">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="G34">
-        <v>558</v>
+        <v>92</v>
       </c>
       <c r="H34">
-        <v>504</v>
+        <v>0</v>
       </c>
       <c r="I34">
-        <v>597</v>
+        <v>0</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
       <c r="K34">
-        <v>1659</v>
+        <v>92</v>
       </c>
       <c r="L34">
-        <v>819</v>
+        <v>71</v>
       </c>
       <c r="M34">
         <v>0</v>
       </c>
       <c r="N34">
-        <v>749</v>
+        <v>102</v>
       </c>
       <c r="O34">
         <v>0</v>
       </c>
       <c r="P34">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="Q34">
-        <v>1671</v>
+        <v>173</v>
       </c>
       <c r="R34">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="S34">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="T34">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="U34">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="V34">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="W34">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="X34">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="Y34">
         <v>0</v>
       </c>
       <c r="Z34">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="AA34">
+        <v>125</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC34">
+        <v>56</v>
+      </c>
+      <c r="AD34">
+        <v>1079</v>
+      </c>
+      <c r="AE34">
+        <v>0</v>
+      </c>
+      <c r="AG34">
+        <v>30</v>
+      </c>
+      <c r="AH34">
+        <v>41</v>
+      </c>
+      <c r="AI34">
         <v>-11</v>
       </c>
-      <c r="AC34">
-[...16 lines deleted...]
-      </c>
       <c r="AJ34">
-        <v>2054</v>
+        <v>1149</v>
       </c>
       <c r="AK34">
-        <v>1672</v>
+        <v>1339</v>
       </c>
       <c r="AL34">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="AM34">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="AN34">
-        <v>-10</v>
+        <v>-27</v>
       </c>
       <c r="AP34">
         <v>0</v>
       </c>
       <c r="AQ34" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="AR34">
         <v>0</v>
       </c>
       <c r="AS34">
-        <v>6960</v>
+        <v>6198</v>
       </c>
       <c r="AT34">
-        <v>7308</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="35" spans="1:46">
       <c r="A35" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="B35" t="s">
         <v>47</v>
       </c>
       <c r="C35" t="s">
-        <v>130</v>
+        <v>164</v>
       </c>
       <c r="D35">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="E35">
-        <v>1978</v>
+        <v>1026</v>
       </c>
       <c r="F35">
-        <v>0</v>
+        <v>1126</v>
       </c>
       <c r="G35">
-        <v>652</v>
+        <v>374</v>
       </c>
       <c r="H35">
-        <v>633</v>
+        <v>283</v>
       </c>
       <c r="I35">
-        <v>638</v>
+        <v>363</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
       <c r="K35">
-        <v>1923</v>
+        <v>1020</v>
       </c>
       <c r="L35">
-        <v>663</v>
+        <v>582</v>
       </c>
       <c r="M35">
         <v>0</v>
       </c>
       <c r="N35">
-        <v>808</v>
+        <v>452</v>
       </c>
       <c r="O35">
         <v>0</v>
       </c>
       <c r="P35">
-        <v>505</v>
+        <v>0</v>
       </c>
       <c r="Q35">
-        <v>1976</v>
+        <v>1034</v>
       </c>
       <c r="R35">
-        <v>1330</v>
+        <v>598</v>
       </c>
       <c r="S35">
-        <v>620</v>
+        <v>452</v>
       </c>
       <c r="T35">
-        <v>1950</v>
+        <v>1050</v>
       </c>
       <c r="U35">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="V35">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="W35">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="X35">
         <v>0</v>
       </c>
       <c r="Y35">
         <v>0</v>
       </c>
       <c r="Z35">
         <v>0</v>
       </c>
       <c r="AA35">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="AB35" t="s">
-        <v>118</v>
+        <v>160</v>
       </c>
       <c r="AC35">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="AD35">
-        <v>1779</v>
+        <v>993</v>
       </c>
       <c r="AE35">
         <v>0</v>
       </c>
       <c r="AG35">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AH35">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AI35">
-        <v>5</v>
+        <v>-6</v>
       </c>
       <c r="AJ35">
-        <v>1218</v>
+        <v>963</v>
       </c>
       <c r="AK35">
-        <v>1793</v>
+        <v>1379</v>
       </c>
       <c r="AL35">
-        <v>79</v>
+        <v>119</v>
       </c>
       <c r="AM35">
-        <v>82</v>
+        <v>116</v>
       </c>
       <c r="AN35">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="AP35">
         <v>0</v>
       </c>
       <c r="AR35">
         <v>0</v>
       </c>
       <c r="AS35">
-        <v>6809</v>
+        <v>6136</v>
       </c>
       <c r="AT35">
-        <v>4522</v>
+        <v>4887</v>
       </c>
     </row>
     <row r="36" spans="1:46">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36" t="s">
+        <v>165</v>
+      </c>
+      <c r="D36">
+        <v>55</v>
+      </c>
+      <c r="E36">
+        <v>1088</v>
+      </c>
+      <c r="F36">
+        <v>1054</v>
+      </c>
+      <c r="G36">
+        <v>412</v>
+      </c>
+      <c r="H36">
+        <v>475</v>
+      </c>
+      <c r="I36">
+        <v>216</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
+      </c>
+      <c r="K36">
+        <v>1103</v>
+      </c>
+      <c r="L36">
+        <v>590</v>
+      </c>
+      <c r="M36">
+        <v>0</v>
+      </c>
+      <c r="N36">
+        <v>534</v>
+      </c>
+      <c r="O36">
+        <v>0</v>
+      </c>
+      <c r="P36">
+        <v>0</v>
+      </c>
+      <c r="Q36">
+        <v>1124</v>
+      </c>
+      <c r="R36">
+        <v>500</v>
+      </c>
+      <c r="S36">
+        <v>520</v>
+      </c>
+      <c r="T36">
+        <v>1020</v>
+      </c>
+      <c r="U36">
+        <v>68</v>
+      </c>
+      <c r="V36">
+        <v>92</v>
+      </c>
+      <c r="W36">
+        <v>160</v>
+      </c>
+      <c r="X36">
+        <v>0</v>
+      </c>
+      <c r="Y36">
+        <v>0</v>
+      </c>
+      <c r="Z36">
+        <v>0</v>
+      </c>
+      <c r="AA36">
+        <v>160</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC36">
+        <v>58</v>
+      </c>
+      <c r="AD36">
+        <v>1516</v>
+      </c>
+      <c r="AE36">
+        <v>0</v>
+      </c>
+      <c r="AG36">
+        <v>31</v>
+      </c>
+      <c r="AH36">
+        <v>37</v>
+      </c>
+      <c r="AI36">
+        <v>-6</v>
+      </c>
+      <c r="AJ36">
+        <v>1509</v>
+      </c>
+      <c r="AK36">
+        <v>1297</v>
+      </c>
+      <c r="AL36">
+        <v>45</v>
+      </c>
+      <c r="AM36">
+        <v>42</v>
+      </c>
+      <c r="AN36">
+        <v>3</v>
+      </c>
+      <c r="AP36">
+        <v>0</v>
+      </c>
+      <c r="AQ36" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR36">
+        <v>0</v>
+      </c>
+      <c r="AS36">
+        <v>5312</v>
+      </c>
+      <c r="AT36">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="37" spans="1:46">
+      <c r="A37" t="s">
+        <v>102</v>
+      </c>
+      <c r="B37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37">
+        <v>46</v>
+      </c>
+      <c r="E37">
+        <v>1543</v>
+      </c>
+      <c r="F37">
+        <v>1269</v>
+      </c>
+      <c r="G37">
+        <v>446</v>
+      </c>
+      <c r="H37">
+        <v>562</v>
+      </c>
+      <c r="I37">
+        <v>533</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
+      </c>
+      <c r="K37">
+        <v>1541</v>
+      </c>
+      <c r="L37">
+        <v>759</v>
+      </c>
+      <c r="M37">
+        <v>0</v>
+      </c>
+      <c r="N37">
+        <v>712</v>
+      </c>
+      <c r="O37">
+        <v>0</v>
+      </c>
+      <c r="P37">
+        <v>0</v>
+      </c>
+      <c r="Q37">
+        <v>1471</v>
+      </c>
+      <c r="R37">
+        <v>865</v>
+      </c>
+      <c r="S37">
+        <v>600</v>
+      </c>
+      <c r="T37">
+        <v>1465</v>
+      </c>
+      <c r="U37">
+        <v>82</v>
+      </c>
+      <c r="V37">
+        <v>112</v>
+      </c>
+      <c r="W37">
+        <v>194</v>
+      </c>
+      <c r="X37">
+        <v>6</v>
+      </c>
+      <c r="Y37">
+        <v>0</v>
+      </c>
+      <c r="Z37">
+        <v>6</v>
+      </c>
+      <c r="AA37">
+        <v>188</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>167</v>
+      </c>
+      <c r="AC37">
+        <v>72</v>
+      </c>
+      <c r="AD37">
+        <v>1600</v>
+      </c>
+      <c r="AE37">
+        <v>0</v>
+      </c>
+      <c r="AG37">
+        <v>29</v>
+      </c>
+      <c r="AH37">
+        <v>46</v>
+      </c>
+      <c r="AI37">
+        <v>-17</v>
+      </c>
+      <c r="AJ37">
+        <v>1609</v>
+      </c>
+      <c r="AK37">
+        <v>1481</v>
+      </c>
+      <c r="AL37">
+        <v>81</v>
+      </c>
+      <c r="AM37">
+        <v>83</v>
+      </c>
+      <c r="AN37">
+        <v>-2</v>
+      </c>
+      <c r="AP37">
+        <v>0</v>
+      </c>
+      <c r="AR37">
+        <v>0</v>
+      </c>
+      <c r="AS37">
+        <v>5510</v>
+      </c>
+      <c r="AT37">
+        <v>5652</v>
+      </c>
+    </row>
+    <row r="38" spans="1:46">
+      <c r="A38" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38">
+        <v>56</v>
+      </c>
+      <c r="E38">
+        <v>1643</v>
+      </c>
+      <c r="F38">
+        <v>1256</v>
+      </c>
+      <c r="G38">
+        <v>545</v>
+      </c>
+      <c r="H38">
+        <v>592</v>
+      </c>
+      <c r="I38">
+        <v>473</v>
+      </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
+      <c r="K38">
+        <v>1610</v>
+      </c>
+      <c r="L38">
+        <v>869</v>
+      </c>
+      <c r="M38">
+        <v>0</v>
+      </c>
+      <c r="N38">
+        <v>834</v>
+      </c>
+      <c r="O38">
+        <v>0</v>
+      </c>
+      <c r="P38">
+        <v>0</v>
+      </c>
+      <c r="Q38">
+        <v>1703</v>
+      </c>
+      <c r="R38">
+        <v>935</v>
+      </c>
+      <c r="S38">
+        <v>678</v>
+      </c>
+      <c r="T38">
+        <v>1613</v>
+      </c>
+      <c r="U38">
+        <v>66</v>
+      </c>
+      <c r="V38">
+        <v>100</v>
+      </c>
+      <c r="W38">
+        <v>166</v>
+      </c>
+      <c r="X38">
+        <v>3</v>
+      </c>
+      <c r="Y38">
+        <v>0</v>
+      </c>
+      <c r="Z38">
+        <v>3</v>
+      </c>
+      <c r="AA38">
+        <v>163</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC38">
+        <v>60</v>
+      </c>
+      <c r="AD38">
+        <v>1541</v>
+      </c>
+      <c r="AE38">
+        <v>0</v>
+      </c>
+      <c r="AG38">
+        <v>40</v>
+      </c>
+      <c r="AH38">
+        <v>38</v>
+      </c>
+      <c r="AI38">
+        <v>2</v>
+      </c>
+      <c r="AJ38">
+        <v>1526</v>
+      </c>
+      <c r="AK38">
+        <v>1527</v>
+      </c>
+      <c r="AL38">
+        <v>46</v>
+      </c>
+      <c r="AM38">
+        <v>38</v>
+      </c>
+      <c r="AN38">
+        <v>8</v>
+      </c>
+      <c r="AP38">
+        <v>0</v>
+      </c>
+      <c r="AQ38" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR38">
+        <v>0</v>
+      </c>
+      <c r="AS38">
+        <v>4002</v>
+      </c>
+      <c r="AT38">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="39" spans="1:46">
+      <c r="A39" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" t="s">
+        <v>47</v>
+      </c>
+      <c r="C39" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39">
+        <v>45</v>
+      </c>
+      <c r="E39">
+        <v>1588</v>
+      </c>
+      <c r="F39">
+        <v>1215</v>
+      </c>
+      <c r="G39">
+        <v>617</v>
+      </c>
+      <c r="H39">
+        <v>535</v>
+      </c>
+      <c r="I39">
+        <v>439</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
+      </c>
+      <c r="K39">
+        <v>1591</v>
+      </c>
+      <c r="L39">
+        <v>809</v>
+      </c>
+      <c r="M39">
+        <v>0</v>
+      </c>
+      <c r="N39">
+        <v>791</v>
+      </c>
+      <c r="O39">
+        <v>0</v>
+      </c>
+      <c r="P39">
+        <v>0</v>
+      </c>
+      <c r="Q39">
+        <v>1600</v>
+      </c>
+      <c r="R39">
+        <v>861</v>
+      </c>
+      <c r="S39">
+        <v>788</v>
+      </c>
+      <c r="T39">
+        <v>1649</v>
+      </c>
+      <c r="U39">
+        <v>81</v>
+      </c>
+      <c r="V39">
+        <v>70</v>
+      </c>
+      <c r="W39">
+        <v>151</v>
+      </c>
+      <c r="X39">
+        <v>0</v>
+      </c>
+      <c r="Y39">
+        <v>0</v>
+      </c>
+      <c r="Z39">
+        <v>0</v>
+      </c>
+      <c r="AA39">
+        <v>151</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>162</v>
+      </c>
+      <c r="AC39">
+        <v>63</v>
+      </c>
+      <c r="AD39">
+        <v>1124</v>
+      </c>
+      <c r="AE39">
+        <v>0</v>
+      </c>
+      <c r="AG39">
+        <v>35</v>
+      </c>
+      <c r="AH39">
+        <v>49</v>
+      </c>
+      <c r="AI39">
+        <v>-14</v>
+      </c>
+      <c r="AJ39">
+        <v>1111</v>
+      </c>
+      <c r="AK39">
+        <v>1356</v>
+      </c>
+      <c r="AL39">
+        <v>79</v>
+      </c>
+      <c r="AM39">
+        <v>68</v>
+      </c>
+      <c r="AN39">
+        <v>11</v>
+      </c>
+      <c r="AP39">
+        <v>0</v>
+      </c>
+      <c r="AR39">
+        <v>0</v>
+      </c>
+      <c r="AS39">
+        <v>5408</v>
+      </c>
+      <c r="AT39">
+        <v>5843</v>
+      </c>
+    </row>
+    <row r="40" spans="1:46">
+      <c r="A40" t="s">
+        <v>103</v>
+      </c>
+      <c r="B40" t="s">
+        <v>51</v>
+      </c>
+      <c r="C40" t="s">
+        <v>158</v>
+      </c>
+      <c r="D40">
+        <v>57</v>
+      </c>
+      <c r="E40">
+        <v>886</v>
+      </c>
+      <c r="F40">
+        <v>957</v>
+      </c>
+      <c r="G40">
+        <v>258</v>
+      </c>
+      <c r="H40">
+        <v>383</v>
+      </c>
+      <c r="I40">
+        <v>234</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
+      </c>
+      <c r="K40">
+        <v>875</v>
+      </c>
+      <c r="L40">
+        <v>645</v>
+      </c>
+      <c r="M40">
+        <v>0</v>
+      </c>
+      <c r="N40">
+        <v>199</v>
+      </c>
+      <c r="O40">
+        <v>0</v>
+      </c>
+      <c r="P40">
+        <v>0</v>
+      </c>
+      <c r="Q40">
+        <v>844</v>
+      </c>
+      <c r="R40">
+        <v>542</v>
+      </c>
+      <c r="S40">
+        <v>270</v>
+      </c>
+      <c r="T40">
+        <v>812</v>
+      </c>
+      <c r="U40">
+        <v>73</v>
+      </c>
+      <c r="V40">
+        <v>93</v>
+      </c>
+      <c r="W40">
+        <v>166</v>
+      </c>
+      <c r="X40">
+        <v>0</v>
+      </c>
+      <c r="Y40">
+        <v>4</v>
+      </c>
+      <c r="Z40">
+        <v>4</v>
+      </c>
+      <c r="AA40">
+        <v>162</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC40">
+        <v>54</v>
+      </c>
+      <c r="AD40">
+        <v>1032</v>
+      </c>
+      <c r="AE40">
+        <v>0</v>
+      </c>
+      <c r="AG40">
+        <v>35</v>
+      </c>
+      <c r="AH40">
+        <v>37</v>
+      </c>
+      <c r="AI40">
+        <v>-2</v>
+      </c>
+      <c r="AJ40">
+        <v>1024</v>
+      </c>
+      <c r="AK40">
+        <v>1094</v>
+      </c>
+      <c r="AL40">
+        <v>43</v>
+      </c>
+      <c r="AM40">
+        <v>57</v>
+      </c>
+      <c r="AN40">
+        <v>-14</v>
+      </c>
+      <c r="AP40">
+        <v>0</v>
+      </c>
+      <c r="AQ40" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR40">
+        <v>0</v>
+      </c>
+      <c r="AS40">
+        <v>5888</v>
+      </c>
+      <c r="AT40">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="41" spans="1:46">
+      <c r="A41" t="s">
+        <v>106</v>
+      </c>
+      <c r="B41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" t="s">
+        <v>166</v>
+      </c>
+      <c r="D41">
+        <v>46</v>
+      </c>
+      <c r="E41">
+        <v>1360</v>
+      </c>
+      <c r="F41">
+        <v>836</v>
+      </c>
+      <c r="G41">
+        <v>520</v>
+      </c>
+      <c r="H41">
+        <v>577</v>
+      </c>
+      <c r="I41">
+        <v>266</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+      <c r="K41">
+        <v>1363</v>
+      </c>
+      <c r="L41">
+        <v>696</v>
+      </c>
+      <c r="M41">
+        <v>0</v>
+      </c>
+      <c r="N41">
+        <v>636</v>
+      </c>
+      <c r="O41">
+        <v>0</v>
+      </c>
+      <c r="P41">
+        <v>0</v>
+      </c>
+      <c r="Q41">
+        <v>1332</v>
+      </c>
+      <c r="R41">
+        <v>665</v>
+      </c>
+      <c r="S41">
+        <v>726</v>
+      </c>
+      <c r="T41">
+        <v>1391</v>
+      </c>
+      <c r="U41">
+        <v>70</v>
+      </c>
+      <c r="V41">
+        <v>90</v>
+      </c>
+      <c r="W41">
+        <v>160</v>
+      </c>
+      <c r="X41">
+        <v>0</v>
+      </c>
+      <c r="Y41">
+        <v>6</v>
+      </c>
+      <c r="Z41">
+        <v>6</v>
+      </c>
+      <c r="AA41">
+        <v>154</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC41">
+        <v>72</v>
+      </c>
+      <c r="AD41">
+        <v>1165</v>
+      </c>
+      <c r="AE41">
+        <v>0</v>
+      </c>
+      <c r="AG41">
+        <v>40</v>
+      </c>
+      <c r="AH41">
+        <v>47</v>
+      </c>
+      <c r="AI41">
+        <v>-7</v>
+      </c>
+      <c r="AJ41">
+        <v>1156</v>
+      </c>
+      <c r="AK41">
+        <v>829</v>
+      </c>
+      <c r="AL41">
+        <v>96</v>
+      </c>
+      <c r="AM41">
+        <v>94</v>
+      </c>
+      <c r="AN41">
+        <v>2</v>
+      </c>
+      <c r="AP41">
+        <v>0</v>
+      </c>
+      <c r="AR41">
+        <v>0</v>
+      </c>
+      <c r="AS41">
+        <v>3513</v>
+      </c>
+      <c r="AT41">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="42" spans="1:46">
+      <c r="A42" t="s">
+        <v>106</v>
+      </c>
+      <c r="B42" t="s">
+        <v>51</v>
+      </c>
+      <c r="C42" t="s">
+        <v>158</v>
+      </c>
+      <c r="D42">
+        <v>53</v>
+      </c>
+      <c r="E42">
+        <v>604</v>
+      </c>
+      <c r="F42">
+        <v>749</v>
+      </c>
+      <c r="G42">
+        <v>185</v>
+      </c>
+      <c r="H42">
+        <v>119</v>
+      </c>
+      <c r="I42">
+        <v>269</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+      <c r="K42">
+        <v>573</v>
+      </c>
+      <c r="L42">
+        <v>577</v>
+      </c>
+      <c r="M42">
+        <v>0</v>
+      </c>
+      <c r="N42">
+        <v>63</v>
+      </c>
+      <c r="O42">
+        <v>0</v>
+      </c>
+      <c r="P42">
+        <v>0</v>
+      </c>
+      <c r="Q42">
+        <v>640</v>
+      </c>
+      <c r="R42">
+        <v>440</v>
+      </c>
+      <c r="S42">
+        <v>70</v>
+      </c>
+      <c r="T42">
+        <v>510</v>
+      </c>
+      <c r="U42">
+        <v>60</v>
+      </c>
+      <c r="V42">
+        <v>46</v>
+      </c>
+      <c r="W42">
+        <v>106</v>
+      </c>
+      <c r="X42">
+        <v>0</v>
+      </c>
+      <c r="Y42">
+        <v>4</v>
+      </c>
+      <c r="Z42">
+        <v>4</v>
+      </c>
+      <c r="AA42">
+        <v>102</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC42">
+        <v>48</v>
+      </c>
+      <c r="AD42">
+        <v>1114</v>
+      </c>
+      <c r="AE42">
+        <v>0</v>
+      </c>
+      <c r="AG42">
+        <v>24</v>
+      </c>
+      <c r="AH42">
+        <v>38</v>
+      </c>
+      <c r="AI42">
+        <v>-14</v>
+      </c>
+      <c r="AJ42">
+        <v>1124</v>
+      </c>
+      <c r="AK42">
+        <v>1140</v>
+      </c>
+      <c r="AL42">
+        <v>45</v>
+      </c>
+      <c r="AM42">
+        <v>56</v>
+      </c>
+      <c r="AN42">
+        <v>-11</v>
+      </c>
+      <c r="AP42">
+        <v>0</v>
+      </c>
+      <c r="AQ42" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR42">
+        <v>0</v>
+      </c>
+      <c r="AS42">
+        <v>5432</v>
+      </c>
+      <c r="AT42">
+        <v>6728</v>
+      </c>
+    </row>
+    <row r="43" spans="1:46">
+      <c r="A43" t="s">
+        <v>108</v>
+      </c>
+      <c r="B43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43">
+        <v>46</v>
+      </c>
+      <c r="E43">
+        <v>1316</v>
+      </c>
+      <c r="F43">
+        <v>444</v>
+      </c>
+      <c r="G43">
+        <v>493</v>
+      </c>
+      <c r="H43">
+        <v>317</v>
+      </c>
+      <c r="I43">
+        <v>490</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
+      </c>
+      <c r="K43">
+        <v>1300</v>
+      </c>
+      <c r="L43">
+        <v>618</v>
+      </c>
+      <c r="M43">
+        <v>0</v>
+      </c>
+      <c r="N43">
+        <v>546</v>
+      </c>
+      <c r="O43">
+        <v>0</v>
+      </c>
+      <c r="P43">
+        <v>0</v>
+      </c>
+      <c r="Q43">
+        <v>1164</v>
+      </c>
+      <c r="R43">
+        <v>563</v>
+      </c>
+      <c r="S43">
+        <v>610</v>
+      </c>
+      <c r="T43">
+        <v>1173</v>
+      </c>
+      <c r="U43">
+        <v>55</v>
+      </c>
+      <c r="V43">
+        <v>74</v>
+      </c>
+      <c r="W43">
+        <v>129</v>
+      </c>
+      <c r="X43">
+        <v>0</v>
+      </c>
+      <c r="Y43">
+        <v>0</v>
+      </c>
+      <c r="Z43">
+        <v>0</v>
+      </c>
+      <c r="AA43">
+        <v>129</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC43">
+        <v>77</v>
+      </c>
+      <c r="AD43">
+        <v>733</v>
+      </c>
+      <c r="AE43">
+        <v>0</v>
+      </c>
+      <c r="AG43">
+        <v>18</v>
+      </c>
+      <c r="AH43">
+        <v>19</v>
+      </c>
+      <c r="AI43">
+        <v>-1</v>
+      </c>
+      <c r="AJ43">
+        <v>712</v>
+      </c>
+      <c r="AK43">
+        <v>720</v>
+      </c>
+      <c r="AL43">
+        <v>38</v>
+      </c>
+      <c r="AM43">
+        <v>38</v>
+      </c>
+      <c r="AN43">
+        <v>0</v>
+      </c>
+      <c r="AP43">
+        <v>0</v>
+      </c>
+      <c r="AR43">
+        <v>0</v>
+      </c>
+      <c r="AS43">
+        <v>4883</v>
+      </c>
+      <c r="AT43">
+        <v>5766</v>
+      </c>
+    </row>
+    <row r="44" spans="1:46">
+      <c r="A44" t="s">
+        <v>108</v>
+      </c>
+      <c r="B44" t="s">
+        <v>51</v>
+      </c>
+      <c r="C44" t="s">
+        <v>170</v>
+      </c>
+      <c r="D44">
+        <v>57</v>
+      </c>
+      <c r="E44">
+        <v>469</v>
+      </c>
+      <c r="F44">
+        <v>969</v>
+      </c>
+      <c r="G44">
+        <v>194</v>
+      </c>
+      <c r="H44">
+        <v>270</v>
+      </c>
+      <c r="I44">
+        <v>88</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
+      </c>
+      <c r="K44">
+        <v>552</v>
+      </c>
+      <c r="L44">
+        <v>596</v>
+      </c>
+      <c r="M44">
+        <v>0</v>
+      </c>
+      <c r="N44">
+        <v>60</v>
+      </c>
+      <c r="O44">
+        <v>0</v>
+      </c>
+      <c r="P44">
+        <v>0</v>
+      </c>
+      <c r="Q44">
+        <v>656</v>
+      </c>
+      <c r="R44">
+        <v>430</v>
+      </c>
+      <c r="S44">
+        <v>150</v>
+      </c>
+      <c r="T44">
+        <v>580</v>
+      </c>
+      <c r="U44">
+        <v>75</v>
+      </c>
+      <c r="V44">
+        <v>60</v>
+      </c>
+      <c r="W44">
+        <v>135</v>
+      </c>
+      <c r="X44">
+        <v>0</v>
+      </c>
+      <c r="Y44">
+        <v>0</v>
+      </c>
+      <c r="Z44">
+        <v>0</v>
+      </c>
+      <c r="AA44">
+        <v>135</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>148</v>
+      </c>
+      <c r="AC44">
+        <v>44</v>
+      </c>
+      <c r="AD44">
+        <v>1028</v>
+      </c>
+      <c r="AE44">
+        <v>0</v>
+      </c>
+      <c r="AG44">
+        <v>33</v>
+      </c>
+      <c r="AH44">
+        <v>24</v>
+      </c>
+      <c r="AI44">
+        <v>9</v>
+      </c>
+      <c r="AJ44">
+        <v>1050</v>
+      </c>
+      <c r="AK44">
+        <v>1038</v>
+      </c>
+      <c r="AL44">
+        <v>31</v>
+      </c>
+      <c r="AM44">
+        <v>52</v>
+      </c>
+      <c r="AN44">
+        <v>-21</v>
+      </c>
+      <c r="AP44">
+        <v>0</v>
+      </c>
+      <c r="AQ44" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR44">
+        <v>0</v>
+      </c>
+      <c r="AS44">
+        <v>6272</v>
+      </c>
+      <c r="AT44">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="45" spans="1:46">
+      <c r="A45" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" t="s">
+        <v>47</v>
+      </c>
+      <c r="C45" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45">
+        <v>54</v>
+      </c>
+      <c r="E45">
+        <v>1306</v>
+      </c>
+      <c r="F45">
+        <v>600</v>
+      </c>
+      <c r="G45">
+        <v>464</v>
+      </c>
+      <c r="H45">
+        <v>364</v>
+      </c>
+      <c r="I45">
+        <v>483</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
+      </c>
+      <c r="K45">
+        <v>1311</v>
+      </c>
+      <c r="L45">
+        <v>668</v>
+      </c>
+      <c r="M45">
+        <v>0</v>
+      </c>
+      <c r="N45">
+        <v>488</v>
+      </c>
+      <c r="O45">
+        <v>0</v>
+      </c>
+      <c r="P45">
+        <v>0</v>
+      </c>
+      <c r="Q45">
+        <v>1156</v>
+      </c>
+      <c r="R45">
+        <v>448</v>
+      </c>
+      <c r="S45">
+        <v>830</v>
+      </c>
+      <c r="T45">
+        <v>1278</v>
+      </c>
+      <c r="U45">
+        <v>35</v>
+      </c>
+      <c r="V45">
+        <v>54</v>
+      </c>
+      <c r="W45">
+        <v>89</v>
+      </c>
+      <c r="X45">
+        <v>13</v>
+      </c>
+      <c r="Y45">
+        <v>3</v>
+      </c>
+      <c r="Z45">
+        <v>16</v>
+      </c>
+      <c r="AA45">
+        <v>73</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC45">
+        <v>75</v>
+      </c>
+      <c r="AD45">
+        <v>948</v>
+      </c>
+      <c r="AE45">
+        <v>0</v>
+      </c>
+      <c r="AG45">
+        <v>22</v>
+      </c>
+      <c r="AH45">
+        <v>30</v>
+      </c>
+      <c r="AI45">
+        <v>-8</v>
+      </c>
+      <c r="AJ45">
+        <v>925</v>
+      </c>
+      <c r="AK45">
+        <v>938</v>
+      </c>
+      <c r="AL45">
+        <v>71</v>
+      </c>
+      <c r="AM45">
+        <v>62</v>
+      </c>
+      <c r="AN45">
+        <v>9</v>
+      </c>
+      <c r="AP45">
+        <v>0</v>
+      </c>
+      <c r="AR45">
+        <v>0</v>
+      </c>
+      <c r="AS45">
+        <v>4738</v>
+      </c>
+      <c r="AT45">
+        <v>11140</v>
+      </c>
+    </row>
+    <row r="46" spans="1:46">
+      <c r="A46" t="s">
+        <v>111</v>
+      </c>
+      <c r="B46" t="s">
+        <v>51</v>
+      </c>
+      <c r="C46" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46">
+        <v>58</v>
+      </c>
+      <c r="E46">
+        <v>1024</v>
+      </c>
+      <c r="F46">
+        <v>969</v>
+      </c>
+      <c r="G46">
+        <v>387</v>
+      </c>
+      <c r="H46">
+        <v>388</v>
+      </c>
+      <c r="I46">
+        <v>266</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
+      </c>
+      <c r="K46">
+        <v>1041</v>
+      </c>
+      <c r="L46">
+        <v>695</v>
+      </c>
+      <c r="M46">
+        <v>0</v>
+      </c>
+      <c r="N46">
+        <v>496</v>
+      </c>
+      <c r="O46">
+        <v>0</v>
+      </c>
+      <c r="P46">
+        <v>0</v>
+      </c>
+      <c r="Q46">
+        <v>1191</v>
+      </c>
+      <c r="R46">
+        <v>725</v>
+      </c>
+      <c r="S46">
+        <v>371</v>
+      </c>
+      <c r="T46">
+        <v>1096</v>
+      </c>
+      <c r="U46">
+        <v>50</v>
+      </c>
+      <c r="V46">
+        <v>50</v>
+      </c>
+      <c r="W46">
+        <v>100</v>
+      </c>
+      <c r="X46">
+        <v>0</v>
+      </c>
+      <c r="Y46">
+        <v>0</v>
+      </c>
+      <c r="Z46">
+        <v>0</v>
+      </c>
+      <c r="AA46">
+        <v>100</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>148</v>
+      </c>
+      <c r="AC46">
+        <v>48</v>
+      </c>
+      <c r="AD46">
+        <v>1012</v>
+      </c>
+      <c r="AE46">
+        <v>0</v>
+      </c>
+      <c r="AG46">
+        <v>28</v>
+      </c>
+      <c r="AH46">
+        <v>30</v>
+      </c>
+      <c r="AI46">
+        <v>-2</v>
+      </c>
+      <c r="AJ46">
+        <v>1011</v>
+      </c>
+      <c r="AK46">
+        <v>1074</v>
+      </c>
+      <c r="AL46">
+        <v>37</v>
+      </c>
+      <c r="AM46">
+        <v>43</v>
+      </c>
+      <c r="AN46">
+        <v>-6</v>
+      </c>
+      <c r="AP46">
+        <v>0</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR46">
+        <v>0</v>
+      </c>
+      <c r="AS46">
+        <v>5514</v>
+      </c>
+      <c r="AT46">
+        <v>4768</v>
+      </c>
+    </row>
+    <row r="47" spans="1:46">
+      <c r="A47" t="s">
+        <v>114</v>
+      </c>
+      <c r="B47" t="s">
+        <v>47</v>
+      </c>
+      <c r="C47" t="s">
+        <v>166</v>
+      </c>
+      <c r="D47">
+        <v>53</v>
+      </c>
+      <c r="E47">
+        <v>1406</v>
+      </c>
+      <c r="F47">
+        <v>1147</v>
+      </c>
+      <c r="G47">
+        <v>582</v>
+      </c>
+      <c r="H47">
+        <v>607</v>
+      </c>
+      <c r="I47">
+        <v>237</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+      <c r="K47">
+        <v>1426</v>
+      </c>
+      <c r="L47">
+        <v>840</v>
+      </c>
+      <c r="M47">
+        <v>0</v>
+      </c>
+      <c r="N47">
+        <v>572</v>
+      </c>
+      <c r="O47">
+        <v>0</v>
+      </c>
+      <c r="P47">
+        <v>0</v>
+      </c>
+      <c r="Q47">
+        <v>1412</v>
+      </c>
+      <c r="R47">
+        <v>730</v>
+      </c>
+      <c r="S47">
+        <v>732</v>
+      </c>
+      <c r="T47">
+        <v>1462</v>
+      </c>
+      <c r="U47">
+        <v>73</v>
+      </c>
+      <c r="V47">
+        <v>76</v>
+      </c>
+      <c r="W47">
+        <v>149</v>
+      </c>
+      <c r="X47">
+        <v>0</v>
+      </c>
+      <c r="Y47">
+        <v>1</v>
+      </c>
+      <c r="Z47">
+        <v>1</v>
+      </c>
+      <c r="AA47">
+        <v>148</v>
+      </c>
+      <c r="AC47">
+        <v>71</v>
+      </c>
+      <c r="AD47">
+        <v>1477</v>
+      </c>
+      <c r="AE47">
+        <v>0</v>
+      </c>
+      <c r="AG47">
+        <v>20</v>
+      </c>
+      <c r="AH47">
+        <v>34</v>
+      </c>
+      <c r="AI47">
+        <v>-14</v>
+      </c>
+      <c r="AJ47">
+        <v>1481</v>
+      </c>
+      <c r="AK47">
+        <v>1565</v>
+      </c>
+      <c r="AL47">
+        <v>72</v>
+      </c>
+      <c r="AM47">
+        <v>74</v>
+      </c>
+      <c r="AN47">
+        <v>-2</v>
+      </c>
+      <c r="AP47">
+        <v>0</v>
+      </c>
+      <c r="AR47">
+        <v>0</v>
+      </c>
+      <c r="AS47">
+        <v>5635</v>
+      </c>
+      <c r="AT47">
+        <v>10593</v>
+      </c>
+    </row>
+    <row r="48" spans="1:46">
+      <c r="A48" t="s">
+        <v>114</v>
+      </c>
+      <c r="B48" t="s">
+        <v>51</v>
+      </c>
+      <c r="C48" t="s">
+        <v>170</v>
+      </c>
+      <c r="D48">
+        <v>59</v>
+      </c>
+      <c r="E48">
+        <v>1824</v>
+      </c>
+      <c r="F48">
+        <v>1513</v>
+      </c>
+      <c r="G48">
+        <v>577</v>
+      </c>
+      <c r="H48">
+        <v>663</v>
+      </c>
+      <c r="I48">
+        <v>530</v>
+      </c>
+      <c r="J48">
+        <v>0</v>
+      </c>
+      <c r="K48">
+        <v>1770</v>
+      </c>
+      <c r="L48">
+        <v>891</v>
+      </c>
+      <c r="M48">
+        <v>0</v>
+      </c>
+      <c r="N48">
+        <v>911</v>
+      </c>
+      <c r="O48">
+        <v>0</v>
+      </c>
+      <c r="P48">
+        <v>0</v>
+      </c>
+      <c r="Q48">
+        <v>1802</v>
+      </c>
+      <c r="R48">
+        <v>1000</v>
+      </c>
+      <c r="S48">
+        <v>740</v>
+      </c>
+      <c r="T48">
+        <v>1740</v>
+      </c>
+      <c r="U48">
+        <v>71</v>
+      </c>
+      <c r="V48">
+        <v>140</v>
+      </c>
+      <c r="W48">
+        <v>211</v>
+      </c>
+      <c r="X48">
+        <v>0</v>
+      </c>
+      <c r="Y48">
+        <v>1</v>
+      </c>
+      <c r="Z48">
+        <v>1</v>
+      </c>
+      <c r="AA48">
+        <v>210</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>148</v>
+      </c>
+      <c r="AC48">
+        <v>50</v>
+      </c>
+      <c r="AD48">
+        <v>1903</v>
+      </c>
+      <c r="AE48">
+        <v>0</v>
+      </c>
+      <c r="AG48">
+        <v>28</v>
+      </c>
+      <c r="AH48">
+        <v>26</v>
+      </c>
+      <c r="AI48">
+        <v>2</v>
+      </c>
+      <c r="AJ48">
+        <v>1866</v>
+      </c>
+      <c r="AK48">
+        <v>1879</v>
+      </c>
+      <c r="AL48">
+        <v>36</v>
+      </c>
+      <c r="AM48">
+        <v>39</v>
+      </c>
+      <c r="AN48">
+        <v>-3</v>
+      </c>
+      <c r="AP48">
+        <v>0</v>
+      </c>
+      <c r="AQ48" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR48">
+        <v>0</v>
+      </c>
+      <c r="AS48">
+        <v>5765</v>
+      </c>
+      <c r="AT48">
+        <v>6724</v>
+      </c>
+    </row>
+    <row r="49" spans="1:46">
+      <c r="A49" t="s">
         <v>123</v>
       </c>
-      <c r="D36">
+      <c r="B49" t="s">
+        <v>51</v>
+      </c>
+      <c r="C49" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49">
+        <v>50</v>
+      </c>
+      <c r="E49">
+        <v>643</v>
+      </c>
+      <c r="F49">
+        <v>368</v>
+      </c>
+      <c r="G49">
+        <v>239</v>
+      </c>
+      <c r="H49">
+        <v>187</v>
+      </c>
+      <c r="I49">
+        <v>204</v>
+      </c>
+      <c r="J49">
+        <v>0</v>
+      </c>
+      <c r="K49">
+        <v>630</v>
+      </c>
+      <c r="L49">
+        <v>420</v>
+      </c>
+      <c r="M49">
+        <v>0</v>
+      </c>
+      <c r="N49">
+        <v>329</v>
+      </c>
+      <c r="O49">
+        <v>0</v>
+      </c>
+      <c r="P49">
+        <v>0</v>
+      </c>
+      <c r="Q49">
+        <v>749</v>
+      </c>
+      <c r="R49">
+        <v>400</v>
+      </c>
+      <c r="S49">
+        <v>360</v>
+      </c>
+      <c r="T49">
+        <v>760</v>
+      </c>
+      <c r="U49">
+        <v>40</v>
+      </c>
+      <c r="V49">
+        <v>58</v>
+      </c>
+      <c r="W49">
+        <v>98</v>
+      </c>
+      <c r="X49">
+        <v>0</v>
+      </c>
+      <c r="Y49">
+        <v>0</v>
+      </c>
+      <c r="Z49">
+        <v>0</v>
+      </c>
+      <c r="AA49">
+        <v>98</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC49">
+        <v>79</v>
+      </c>
+      <c r="AD49">
+        <v>752</v>
+      </c>
+      <c r="AE49">
+        <v>0</v>
+      </c>
+      <c r="AG49">
+        <v>9</v>
+      </c>
+      <c r="AH49">
+        <v>0</v>
+      </c>
+      <c r="AI49">
+        <v>9</v>
+      </c>
+      <c r="AJ49">
+        <v>761</v>
+      </c>
+      <c r="AK49">
+        <v>754</v>
+      </c>
+      <c r="AL49">
+        <v>19</v>
+      </c>
+      <c r="AM49">
+        <v>0</v>
+      </c>
+      <c r="AN49">
+        <v>19</v>
+      </c>
+      <c r="AP49">
+        <v>0</v>
+      </c>
+      <c r="AR49">
+        <v>0</v>
+      </c>
+      <c r="AS49">
+        <v>4580</v>
+      </c>
+      <c r="AT49">
+        <v>4277</v>
+      </c>
+    </row>
+    <row r="50" spans="1:46">
+      <c r="A50" t="s">
+        <v>125</v>
+      </c>
+      <c r="B50" t="s">
         <v>47</v>
       </c>
-      <c r="E36">
+      <c r="C50" t="s">
+        <v>151</v>
+      </c>
+      <c r="D50">
+        <v>62</v>
+      </c>
+      <c r="E50">
+        <v>1620</v>
+      </c>
+      <c r="F50">
+        <v>778</v>
+      </c>
+      <c r="G50">
+        <v>557</v>
+      </c>
+      <c r="H50">
+        <v>574</v>
+      </c>
+      <c r="I50">
+        <v>459</v>
+      </c>
+      <c r="J50">
+        <v>0</v>
+      </c>
+      <c r="K50">
+        <v>1590</v>
+      </c>
+      <c r="L50">
+        <v>873</v>
+      </c>
+      <c r="M50">
+        <v>0</v>
+      </c>
+      <c r="N50">
+        <v>798</v>
+      </c>
+      <c r="O50">
+        <v>0</v>
+      </c>
+      <c r="P50">
+        <v>0</v>
+      </c>
+      <c r="Q50">
+        <v>1671</v>
+      </c>
+      <c r="R50">
+        <v>1026</v>
+      </c>
+      <c r="S50">
+        <v>640</v>
+      </c>
+      <c r="T50">
+        <v>1666</v>
+      </c>
+      <c r="U50">
+        <v>71</v>
+      </c>
+      <c r="V50">
+        <v>113</v>
+      </c>
+      <c r="W50">
+        <v>184</v>
+      </c>
+      <c r="X50">
+        <v>0</v>
+      </c>
+      <c r="Y50">
+        <v>0</v>
+      </c>
+      <c r="Z50">
+        <v>0</v>
+      </c>
+      <c r="AA50">
+        <v>184</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>148</v>
+      </c>
+      <c r="AC50">
+        <v>55</v>
+      </c>
+      <c r="AD50">
+        <v>1521</v>
+      </c>
+      <c r="AE50">
+        <v>0</v>
+      </c>
+      <c r="AG50">
+        <v>34</v>
+      </c>
+      <c r="AH50">
+        <v>31</v>
+      </c>
+      <c r="AI50">
+        <v>3</v>
+      </c>
+      <c r="AJ50">
+        <v>1399</v>
+      </c>
+      <c r="AK50">
+        <v>1158</v>
+      </c>
+      <c r="AL50">
+        <v>41</v>
+      </c>
+      <c r="AM50">
+        <v>49</v>
+      </c>
+      <c r="AN50">
+        <v>-8</v>
+      </c>
+      <c r="AP50">
+        <v>0</v>
+      </c>
+      <c r="AR50">
+        <v>0</v>
+      </c>
+      <c r="AS50">
+        <v>7606</v>
+      </c>
+      <c r="AT50">
+        <v>5242</v>
+      </c>
+    </row>
+    <row r="51" spans="1:46">
+      <c r="A51" t="s">
+        <v>125</v>
+      </c>
+      <c r="B51" t="s">
+        <v>51</v>
+      </c>
+      <c r="C51" t="s">
+        <v>166</v>
+      </c>
+      <c r="D51">
+        <v>50</v>
+      </c>
+      <c r="E51">
+        <v>1880</v>
+      </c>
+      <c r="F51">
+        <v>1132</v>
+      </c>
+      <c r="G51">
+        <v>600</v>
+      </c>
+      <c r="H51">
+        <v>600</v>
+      </c>
+      <c r="I51">
+        <v>650</v>
+      </c>
+      <c r="J51">
+        <v>0</v>
+      </c>
+      <c r="K51">
+        <v>1850</v>
+      </c>
+      <c r="L51">
+        <v>910</v>
+      </c>
+      <c r="M51">
+        <v>0</v>
+      </c>
+      <c r="N51">
+        <v>902</v>
+      </c>
+      <c r="O51">
+        <v>0</v>
+      </c>
+      <c r="P51">
+        <v>0</v>
+      </c>
+      <c r="Q51">
+        <v>1812</v>
+      </c>
+      <c r="R51">
+        <v>1065</v>
+      </c>
+      <c r="S51">
+        <v>300</v>
+      </c>
+      <c r="T51">
+        <v>1365</v>
+      </c>
+      <c r="U51">
+        <v>81</v>
+      </c>
+      <c r="V51">
+        <v>75</v>
+      </c>
+      <c r="W51">
+        <v>156</v>
+      </c>
+      <c r="X51">
+        <v>0</v>
+      </c>
+      <c r="Y51">
+        <v>1</v>
+      </c>
+      <c r="Z51">
+        <v>1</v>
+      </c>
+      <c r="AA51">
+        <v>155</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC51">
+        <v>81</v>
+      </c>
+      <c r="AD51">
+        <v>1495</v>
+      </c>
+      <c r="AE51">
+        <v>0</v>
+      </c>
+      <c r="AG51">
+        <v>27</v>
+      </c>
+      <c r="AH51">
+        <v>16</v>
+      </c>
+      <c r="AI51">
+        <v>11</v>
+      </c>
+      <c r="AJ51">
+        <v>1424</v>
+      </c>
+      <c r="AK51">
+        <v>1826</v>
+      </c>
+      <c r="AL51">
+        <v>73</v>
+      </c>
+      <c r="AM51">
+        <v>19</v>
+      </c>
+      <c r="AN51">
+        <v>54</v>
+      </c>
+      <c r="AP51">
+        <v>0</v>
+      </c>
+      <c r="AQ51" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR51">
+        <v>0</v>
+      </c>
+      <c r="AS51">
+        <v>4967</v>
+      </c>
+      <c r="AT51">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="52" spans="1:46">
+      <c r="A52" t="s">
+        <v>127</v>
+      </c>
+      <c r="B52" t="s">
+        <v>47</v>
+      </c>
+      <c r="C52" t="s">
+        <v>170</v>
+      </c>
+      <c r="D52">
+        <v>61</v>
+      </c>
+      <c r="E52">
+        <v>1370</v>
+      </c>
+      <c r="F52">
+        <v>1007</v>
+      </c>
+      <c r="G52">
+        <v>457</v>
+      </c>
+      <c r="H52">
+        <v>504</v>
+      </c>
+      <c r="I52">
+        <v>384</v>
+      </c>
+      <c r="J52">
+        <v>0</v>
+      </c>
+      <c r="K52">
+        <v>1345</v>
+      </c>
+      <c r="L52">
+        <v>727</v>
+      </c>
+      <c r="M52">
+        <v>0</v>
+      </c>
+      <c r="N52">
+        <v>652</v>
+      </c>
+      <c r="O52">
+        <v>0</v>
+      </c>
+      <c r="P52">
+        <v>0</v>
+      </c>
+      <c r="Q52">
+        <v>1379</v>
+      </c>
+      <c r="R52">
+        <v>850</v>
+      </c>
+      <c r="S52">
+        <v>470</v>
+      </c>
+      <c r="T52">
+        <v>1320</v>
+      </c>
+      <c r="U52">
+        <v>41</v>
+      </c>
+      <c r="V52">
+        <v>88</v>
+      </c>
+      <c r="W52">
+        <v>129</v>
+      </c>
+      <c r="X52">
+        <v>0</v>
+      </c>
+      <c r="Y52">
+        <v>0</v>
+      </c>
+      <c r="Z52">
+        <v>0</v>
+      </c>
+      <c r="AA52">
+        <v>129</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC52">
+        <v>57</v>
+      </c>
+      <c r="AD52">
+        <v>1301</v>
+      </c>
+      <c r="AE52">
+        <v>0</v>
+      </c>
+      <c r="AG52">
+        <v>15</v>
+      </c>
+      <c r="AH52">
+        <v>12</v>
+      </c>
+      <c r="AI52">
+        <v>3</v>
+      </c>
+      <c r="AJ52">
+        <v>1432</v>
+      </c>
+      <c r="AK52">
+        <v>1430</v>
+      </c>
+      <c r="AL52">
+        <v>50</v>
+      </c>
+      <c r="AM52">
+        <v>53</v>
+      </c>
+      <c r="AN52">
+        <v>-3</v>
+      </c>
+      <c r="AP52">
+        <v>0</v>
+      </c>
+      <c r="AR52">
+        <v>0</v>
+      </c>
+      <c r="AS52">
+        <v>7085</v>
+      </c>
+      <c r="AT52">
+        <v>5297</v>
+      </c>
+    </row>
+    <row r="53" spans="1:46">
+      <c r="A53" t="s">
+        <v>127</v>
+      </c>
+      <c r="B53" t="s">
+        <v>51</v>
+      </c>
+      <c r="C53" t="s">
+        <v>166</v>
+      </c>
+      <c r="D53">
+        <v>55</v>
+      </c>
+      <c r="E53">
+        <v>1705</v>
+      </c>
+      <c r="F53">
+        <v>1173</v>
+      </c>
+      <c r="G53">
+        <v>544</v>
+      </c>
+      <c r="H53">
+        <v>586</v>
+      </c>
+      <c r="I53">
+        <v>554</v>
+      </c>
+      <c r="J53">
+        <v>0</v>
+      </c>
+      <c r="K53">
+        <v>1684</v>
+      </c>
+      <c r="L53">
+        <v>872</v>
+      </c>
+      <c r="M53">
+        <v>0</v>
+      </c>
+      <c r="N53">
+        <v>805</v>
+      </c>
+      <c r="O53">
+        <v>0</v>
+      </c>
+      <c r="P53">
+        <v>23</v>
+      </c>
+      <c r="Q53">
+        <v>1700</v>
+      </c>
+      <c r="R53">
+        <v>1062</v>
+      </c>
+      <c r="S53">
+        <v>700</v>
+      </c>
+      <c r="T53">
+        <v>1762</v>
+      </c>
+      <c r="U53">
+        <v>107</v>
+      </c>
+      <c r="V53">
+        <v>96</v>
+      </c>
+      <c r="W53">
+        <v>203</v>
+      </c>
+      <c r="X53">
+        <v>0</v>
+      </c>
+      <c r="Y53">
+        <v>0</v>
+      </c>
+      <c r="Z53">
+        <v>0</v>
+      </c>
+      <c r="AA53">
+        <v>203</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>171</v>
+      </c>
+      <c r="AC53">
+        <v>74</v>
+      </c>
+      <c r="AD53">
+        <v>1801</v>
+      </c>
+      <c r="AE53">
+        <v>0</v>
+      </c>
+      <c r="AG53">
+        <v>38</v>
+      </c>
+      <c r="AH53">
+        <v>30</v>
+      </c>
+      <c r="AI53">
+        <v>8</v>
+      </c>
+      <c r="AJ53">
+        <v>1766</v>
+      </c>
+      <c r="AK53">
+        <v>1969</v>
+      </c>
+      <c r="AL53">
+        <v>81</v>
+      </c>
+      <c r="AM53">
+        <v>68</v>
+      </c>
+      <c r="AN53">
+        <v>13</v>
+      </c>
+      <c r="AP53">
+        <v>0</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR53">
+        <v>0</v>
+      </c>
+      <c r="AS53">
+        <v>5644</v>
+      </c>
+      <c r="AT53">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="54" spans="1:46">
+      <c r="A54" t="s">
+        <v>129</v>
+      </c>
+      <c r="B54" t="s">
+        <v>47</v>
+      </c>
+      <c r="C54" t="s">
+        <v>172</v>
+      </c>
+      <c r="D54">
+        <v>63</v>
+      </c>
+      <c r="E54">
+        <v>1802</v>
+      </c>
+      <c r="F54">
+        <v>1090</v>
+      </c>
+      <c r="G54">
+        <v>603</v>
+      </c>
+      <c r="H54">
+        <v>637</v>
+      </c>
+      <c r="I54">
+        <v>546</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>1786</v>
+      </c>
+      <c r="L54">
+        <v>875</v>
+      </c>
+      <c r="M54">
+        <v>0</v>
+      </c>
+      <c r="N54">
+        <v>889</v>
+      </c>
+      <c r="O54">
+        <v>0</v>
+      </c>
+      <c r="P54">
+        <v>42</v>
+      </c>
+      <c r="Q54">
+        <v>1806</v>
+      </c>
+      <c r="R54">
+        <v>1000</v>
+      </c>
+      <c r="S54">
+        <v>770</v>
+      </c>
+      <c r="T54">
+        <v>1770</v>
+      </c>
+      <c r="U54">
+        <v>140</v>
+      </c>
+      <c r="V54">
+        <v>86</v>
+      </c>
+      <c r="W54">
+        <v>226</v>
+      </c>
+      <c r="X54">
+        <v>9</v>
+      </c>
+      <c r="Y54">
+        <v>0</v>
+      </c>
+      <c r="Z54">
+        <v>9</v>
+      </c>
+      <c r="AA54">
+        <v>217</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>152</v>
+      </c>
+      <c r="AC54">
+        <v>54</v>
+      </c>
+      <c r="AD54">
+        <v>1659</v>
+      </c>
+      <c r="AE54">
+        <v>0</v>
+      </c>
+      <c r="AG54">
+        <v>45</v>
+      </c>
+      <c r="AH54">
+        <v>38</v>
+      </c>
+      <c r="AI54">
+        <v>7</v>
+      </c>
+      <c r="AJ54">
+        <v>1662</v>
+      </c>
+      <c r="AK54">
+        <v>1702</v>
+      </c>
+      <c r="AL54">
+        <v>70</v>
+      </c>
+      <c r="AM54">
+        <v>70</v>
+      </c>
+      <c r="AN54">
+        <v>0</v>
+      </c>
+      <c r="AP54">
+        <v>0</v>
+      </c>
+      <c r="AR54">
+        <v>0</v>
+      </c>
+      <c r="AS54">
+        <v>6361</v>
+      </c>
+      <c r="AT54">
+        <v>7040</v>
+      </c>
+    </row>
+    <row r="55" spans="1:46">
+      <c r="A55" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" t="s">
+        <v>51</v>
+      </c>
+      <c r="C55" t="s">
+        <v>166</v>
+      </c>
+      <c r="D55">
+        <v>52</v>
+      </c>
+      <c r="E55">
+        <v>1744</v>
+      </c>
+      <c r="F55">
+        <v>1143</v>
+      </c>
+      <c r="G55">
+        <v>634</v>
+      </c>
+      <c r="H55">
+        <v>541</v>
+      </c>
+      <c r="I55">
+        <v>570</v>
+      </c>
+      <c r="J55">
+        <v>0</v>
+      </c>
+      <c r="K55">
+        <v>1745</v>
+      </c>
+      <c r="L55">
+        <v>807</v>
+      </c>
+      <c r="M55">
+        <v>0</v>
+      </c>
+      <c r="N55">
+        <v>805</v>
+      </c>
+      <c r="O55">
+        <v>0</v>
+      </c>
+      <c r="P55">
+        <v>116</v>
+      </c>
+      <c r="Q55">
+        <v>1728</v>
+      </c>
+      <c r="R55">
+        <v>1100</v>
+      </c>
+      <c r="S55">
+        <v>768</v>
+      </c>
+      <c r="T55">
+        <v>1868</v>
+      </c>
+      <c r="U55">
+        <v>103</v>
+      </c>
+      <c r="V55">
+        <v>100</v>
+      </c>
+      <c r="W55">
+        <v>203</v>
+      </c>
+      <c r="X55">
+        <v>2</v>
+      </c>
+      <c r="Y55">
+        <v>0</v>
+      </c>
+      <c r="Z55">
+        <v>2</v>
+      </c>
+      <c r="AA55">
+        <v>201</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>154</v>
+      </c>
+      <c r="AC55">
+        <v>79</v>
+      </c>
+      <c r="AD55">
+        <v>2025</v>
+      </c>
+      <c r="AE55">
+        <v>0</v>
+      </c>
+      <c r="AG55">
+        <v>42</v>
+      </c>
+      <c r="AH55">
+        <v>47</v>
+      </c>
+      <c r="AI55">
+        <v>-5</v>
+      </c>
+      <c r="AJ55">
+        <v>2022</v>
+      </c>
+      <c r="AK55">
+        <v>2071</v>
+      </c>
+      <c r="AL55">
+        <v>117</v>
+      </c>
+      <c r="AM55">
+        <v>78</v>
+      </c>
+      <c r="AN55">
+        <v>39</v>
+      </c>
+      <c r="AP55">
+        <v>0</v>
+      </c>
+      <c r="AQ55" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR55">
+        <v>0</v>
+      </c>
+      <c r="AS55">
+        <v>6829</v>
+      </c>
+      <c r="AT55">
+        <v>4544</v>
+      </c>
+    </row>
+    <row r="56" spans="1:46">
+      <c r="A56" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" t="s">
+        <v>47</v>
+      </c>
+      <c r="C56" t="s">
+        <v>173</v>
+      </c>
+      <c r="D56">
+        <v>54</v>
+      </c>
+      <c r="E56">
+        <v>1824</v>
+      </c>
+      <c r="F56">
+        <v>1174</v>
+      </c>
+      <c r="G56">
+        <v>583</v>
+      </c>
+      <c r="H56">
+        <v>581</v>
+      </c>
+      <c r="I56">
+        <v>643</v>
+      </c>
+      <c r="J56">
+        <v>0</v>
+      </c>
+      <c r="K56">
+        <v>1807</v>
+      </c>
+      <c r="L56">
+        <v>814</v>
+      </c>
+      <c r="M56">
+        <v>0</v>
+      </c>
+      <c r="N56">
+        <v>758</v>
+      </c>
+      <c r="O56">
+        <v>0</v>
+      </c>
+      <c r="P56">
+        <v>263</v>
+      </c>
+      <c r="Q56">
+        <v>1835</v>
+      </c>
+      <c r="R56">
+        <v>1160</v>
+      </c>
+      <c r="S56">
+        <v>620</v>
+      </c>
+      <c r="T56">
+        <v>1780</v>
+      </c>
+      <c r="U56">
+        <v>80</v>
+      </c>
+      <c r="V56">
+        <v>110</v>
+      </c>
+      <c r="W56">
+        <v>190</v>
+      </c>
+      <c r="X56">
+        <v>0</v>
+      </c>
+      <c r="Y56">
+        <v>0</v>
+      </c>
+      <c r="Z56">
+        <v>0</v>
+      </c>
+      <c r="AA56">
+        <v>190</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>174</v>
+      </c>
+      <c r="AC56">
+        <v>52</v>
+      </c>
+      <c r="AD56">
+        <v>1650</v>
+      </c>
+      <c r="AE56">
+        <v>0</v>
+      </c>
+      <c r="AG56">
+        <v>27</v>
+      </c>
+      <c r="AH56">
+        <v>24</v>
+      </c>
+      <c r="AI56">
+        <v>3</v>
+      </c>
+      <c r="AJ56">
+        <v>1490</v>
+      </c>
+      <c r="AK56">
+        <v>1622</v>
+      </c>
+      <c r="AL56">
+        <v>49</v>
+      </c>
+      <c r="AM56">
+        <v>47</v>
+      </c>
+      <c r="AN56">
+        <v>2</v>
+      </c>
+      <c r="AP56">
+        <v>0</v>
+      </c>
+      <c r="AR56">
+        <v>0</v>
+      </c>
+      <c r="AS56">
+        <v>6776</v>
+      </c>
+      <c r="AT56">
+        <v>7972</v>
+      </c>
+    </row>
+    <row r="57" spans="1:46">
+      <c r="A57" t="s">
+        <v>130</v>
+      </c>
+      <c r="B57" t="s">
+        <v>51</v>
+      </c>
+      <c r="C57" t="s">
+        <v>166</v>
+      </c>
+      <c r="D57">
+        <v>46</v>
+      </c>
+      <c r="E57">
+        <v>1663</v>
+      </c>
+      <c r="F57">
+        <v>1239</v>
+      </c>
+      <c r="G57">
+        <v>558</v>
+      </c>
+      <c r="H57">
+        <v>504</v>
+      </c>
+      <c r="I57">
+        <v>597</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+      <c r="K57">
+        <v>1659</v>
+      </c>
+      <c r="L57">
+        <v>819</v>
+      </c>
+      <c r="M57">
+        <v>0</v>
+      </c>
+      <c r="N57">
+        <v>749</v>
+      </c>
+      <c r="O57">
+        <v>0</v>
+      </c>
+      <c r="P57">
+        <v>103</v>
+      </c>
+      <c r="Q57">
+        <v>1671</v>
+      </c>
+      <c r="R57">
+        <v>0</v>
+      </c>
+      <c r="S57">
+        <v>0</v>
+      </c>
+      <c r="T57">
+        <v>0</v>
+      </c>
+      <c r="U57">
+        <v>0</v>
+      </c>
+      <c r="V57">
+        <v>0</v>
+      </c>
+      <c r="W57">
+        <v>0</v>
+      </c>
+      <c r="X57">
+        <v>11</v>
+      </c>
+      <c r="Y57">
+        <v>0</v>
+      </c>
+      <c r="Z57">
+        <v>11</v>
+      </c>
+      <c r="AA57">
+        <v>-11</v>
+      </c>
+      <c r="AC57">
+        <v>78</v>
+      </c>
+      <c r="AD57">
+        <v>1860</v>
+      </c>
+      <c r="AE57">
+        <v>1697</v>
+      </c>
+      <c r="AG57">
+        <v>75</v>
+      </c>
+      <c r="AH57">
+        <v>46</v>
+      </c>
+      <c r="AI57">
+        <v>29</v>
+      </c>
+      <c r="AJ57">
+        <v>2054</v>
+      </c>
+      <c r="AK57">
+        <v>1672</v>
+      </c>
+      <c r="AL57">
+        <v>110</v>
+      </c>
+      <c r="AM57">
+        <v>120</v>
+      </c>
+      <c r="AN57">
+        <v>-10</v>
+      </c>
+      <c r="AP57">
+        <v>0</v>
+      </c>
+      <c r="AQ57" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR57">
+        <v>0</v>
+      </c>
+      <c r="AS57">
+        <v>6960</v>
+      </c>
+      <c r="AT57">
+        <v>7308</v>
+      </c>
+    </row>
+    <row r="58" spans="1:46">
+      <c r="A58" t="s">
+        <v>133</v>
+      </c>
+      <c r="B58" t="s">
+        <v>47</v>
+      </c>
+      <c r="C58" t="s">
+        <v>173</v>
+      </c>
+      <c r="D58">
+        <v>54</v>
+      </c>
+      <c r="E58">
+        <v>1978</v>
+      </c>
+      <c r="F58">
+        <v>0</v>
+      </c>
+      <c r="G58">
+        <v>652</v>
+      </c>
+      <c r="H58">
+        <v>633</v>
+      </c>
+      <c r="I58">
+        <v>638</v>
+      </c>
+      <c r="J58">
+        <v>0</v>
+      </c>
+      <c r="K58">
+        <v>1923</v>
+      </c>
+      <c r="L58">
+        <v>663</v>
+      </c>
+      <c r="M58">
+        <v>0</v>
+      </c>
+      <c r="N58">
+        <v>808</v>
+      </c>
+      <c r="O58">
+        <v>0</v>
+      </c>
+      <c r="P58">
+        <v>505</v>
+      </c>
+      <c r="Q58">
+        <v>1976</v>
+      </c>
+      <c r="R58">
+        <v>1330</v>
+      </c>
+      <c r="S58">
+        <v>620</v>
+      </c>
+      <c r="T58">
+        <v>1950</v>
+      </c>
+      <c r="U58">
+        <v>70</v>
+      </c>
+      <c r="V58">
+        <v>70</v>
+      </c>
+      <c r="W58">
+        <v>140</v>
+      </c>
+      <c r="X58">
+        <v>0</v>
+      </c>
+      <c r="Y58">
+        <v>0</v>
+      </c>
+      <c r="Z58">
+        <v>0</v>
+      </c>
+      <c r="AA58">
+        <v>140</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC58">
+        <v>53</v>
+      </c>
+      <c r="AD58">
+        <v>1779</v>
+      </c>
+      <c r="AE58">
+        <v>0</v>
+      </c>
+      <c r="AG58">
+        <v>29</v>
+      </c>
+      <c r="AH58">
+        <v>24</v>
+      </c>
+      <c r="AI58">
+        <v>5</v>
+      </c>
+      <c r="AJ58">
+        <v>1218</v>
+      </c>
+      <c r="AK58">
+        <v>1793</v>
+      </c>
+      <c r="AL58">
+        <v>79</v>
+      </c>
+      <c r="AM58">
+        <v>82</v>
+      </c>
+      <c r="AN58">
+        <v>-3</v>
+      </c>
+      <c r="AP58">
+        <v>0</v>
+      </c>
+      <c r="AR58">
+        <v>0</v>
+      </c>
+      <c r="AS58">
+        <v>6809</v>
+      </c>
+      <c r="AT58">
+        <v>4522</v>
+      </c>
+    </row>
+    <row r="59" spans="1:46">
+      <c r="A59" t="s">
+        <v>133</v>
+      </c>
+      <c r="B59" t="s">
+        <v>51</v>
+      </c>
+      <c r="C59" t="s">
+        <v>166</v>
+      </c>
+      <c r="D59">
+        <v>47</v>
+      </c>
+      <c r="E59">
         <v>2249</v>
       </c>
-      <c r="F36">
+      <c r="F59">
         <v>1132</v>
       </c>
-      <c r="G36">
+      <c r="G59">
         <v>779</v>
       </c>
-      <c r="H36">
+      <c r="H59">
         <v>633</v>
       </c>
-      <c r="I36">
+      <c r="I59">
         <v>777</v>
       </c>
-      <c r="J36">
-[...2 lines deleted...]
-      <c r="K36">
+      <c r="J59">
+        <v>0</v>
+      </c>
+      <c r="K59">
         <v>2189</v>
       </c>
-      <c r="L36">
+      <c r="L59">
         <v>889</v>
       </c>
-      <c r="M36">
-[...2 lines deleted...]
-      <c r="N36">
+      <c r="M59">
+        <v>0</v>
+      </c>
+      <c r="N59">
         <v>879</v>
       </c>
-      <c r="O36">
-[...2 lines deleted...]
-      <c r="P36">
+      <c r="O59">
+        <v>0</v>
+      </c>
+      <c r="P59">
         <v>428</v>
       </c>
-      <c r="Q36">
+      <c r="Q59">
         <v>2196</v>
       </c>
-      <c r="R36">
-[...17 lines deleted...]
-      <c r="X36">
+      <c r="R59">
+        <v>0</v>
+      </c>
+      <c r="S59">
+        <v>0</v>
+      </c>
+      <c r="T59">
+        <v>0</v>
+      </c>
+      <c r="U59">
+        <v>0</v>
+      </c>
+      <c r="V59">
+        <v>0</v>
+      </c>
+      <c r="W59">
+        <v>0</v>
+      </c>
+      <c r="X59">
         <v>9</v>
       </c>
-      <c r="Y36">
-[...2 lines deleted...]
-      <c r="Z36">
+      <c r="Y59">
+        <v>0</v>
+      </c>
+      <c r="Z59">
         <v>9</v>
       </c>
-      <c r="AA36">
+      <c r="AA59">
         <v>-9</v>
       </c>
-      <c r="AB36" t="s">
-[...2 lines deleted...]
-      <c r="AC36">
+      <c r="AB59" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC59">
         <v>75</v>
       </c>
-      <c r="AD36">
+      <c r="AD59">
         <v>2040</v>
       </c>
-      <c r="AE36">
-[...2 lines deleted...]
-      <c r="AG36">
+      <c r="AE59">
+        <v>0</v>
+      </c>
+      <c r="AG59">
         <v>49</v>
       </c>
-      <c r="AH36">
+      <c r="AH59">
         <v>92</v>
       </c>
-      <c r="AI36">
+      <c r="AI59">
         <v>-43</v>
       </c>
-      <c r="AJ36">
+      <c r="AJ59">
         <v>2353</v>
       </c>
-      <c r="AK36">
+      <c r="AK59">
         <v>2148</v>
       </c>
-      <c r="AL36">
+      <c r="AL59">
         <v>92</v>
       </c>
-      <c r="AM36">
+      <c r="AM59">
         <v>111</v>
       </c>
-      <c r="AN36">
+      <c r="AN59">
         <v>-19</v>
       </c>
-      <c r="AP36">
-[...5 lines deleted...]
-      <c r="AS36">
+      <c r="AP59">
+        <v>0</v>
+      </c>
+      <c r="AR59">
+        <v>0</v>
+      </c>
+      <c r="AS59">
         <v>6144</v>
       </c>
-      <c r="AT36">
+      <c r="AT59">
         <v>7115</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AT1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AT57"/>
+  <dimension ref="A1:AT62"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:AT2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46">
       <c r="A1" s="1" t="s">
-        <v>133</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2" spans="1:46">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>98</v>
+        <v>136</v>
       </c>
       <c r="I2" s="2" t="s">
-        <v>99</v>
+        <v>137</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>100</v>
+        <v>138</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>101</v>
+        <v>139</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="2" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="Q2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="S2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>22</v>
       </c>
       <c r="X2" s="2" t="s">
         <v>23</v>
       </c>
@@ -9479,51 +17034,51 @@
       </c>
       <c r="AP2" s="2" t="s">
         <v>41</v>
       </c>
       <c r="AQ2" s="2" t="s">
         <v>42</v>
       </c>
       <c r="AR2" s="2" t="s">
         <v>43</v>
       </c>
       <c r="AS2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AT2" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:46">
       <c r="A3" t="s">
         <v>46</v>
       </c>
       <c r="B3" t="s">
         <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D3">
         <v>59</v>
       </c>
       <c r="E3">
         <v>2716</v>
       </c>
       <c r="F3">
         <v>1223</v>
       </c>
       <c r="G3">
         <v>701</v>
       </c>
       <c r="H3">
         <v>685</v>
       </c>
       <c r="I3">
         <v>678</v>
       </c>
       <c r="J3">
         <v>641</v>
       </c>
       <c r="K3">
         <v>2705</v>
       </c>
@@ -9554,110 +17109,110 @@
       <c r="T3">
         <v>2934</v>
       </c>
       <c r="U3">
         <v>93</v>
       </c>
       <c r="V3">
         <v>100</v>
       </c>
       <c r="W3">
         <v>193</v>
       </c>
       <c r="X3">
         <v>0</v>
       </c>
       <c r="Y3">
         <v>25</v>
       </c>
       <c r="Z3">
         <v>25</v>
       </c>
       <c r="AA3">
         <v>168</v>
       </c>
       <c r="AB3" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC3">
         <v>60</v>
       </c>
       <c r="AD3">
         <v>2405</v>
       </c>
       <c r="AE3">
         <v>2634</v>
       </c>
       <c r="AG3">
         <v>40</v>
       </c>
       <c r="AH3">
         <v>37</v>
       </c>
       <c r="AI3">
         <v>3</v>
       </c>
       <c r="AJ3">
         <v>2581</v>
       </c>
       <c r="AK3">
         <v>2665</v>
       </c>
       <c r="AL3">
         <v>39</v>
       </c>
       <c r="AM3">
         <v>37</v>
       </c>
       <c r="AN3">
         <v>2</v>
       </c>
       <c r="AO3" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP3">
         <v>18</v>
       </c>
       <c r="AR3">
         <v>0</v>
       </c>
       <c r="AS3">
         <v>5737</v>
       </c>
       <c r="AT3">
         <v>3369</v>
       </c>
     </row>
     <row r="4" spans="1:46">
       <c r="A4" t="s">
         <v>46</v>
       </c>
       <c r="B4" t="s">
         <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="D4">
         <v>55</v>
       </c>
       <c r="E4">
         <v>2675</v>
       </c>
       <c r="F4">
         <v>1477</v>
       </c>
       <c r="G4">
         <v>669</v>
       </c>
       <c r="H4">
         <v>583</v>
       </c>
       <c r="I4">
         <v>751</v>
       </c>
       <c r="J4">
         <v>692</v>
       </c>
       <c r="K4">
         <v>2695</v>
       </c>
@@ -9688,110 +17243,110 @@
       <c r="T4">
         <v>2908</v>
       </c>
       <c r="U4">
         <v>25</v>
       </c>
       <c r="V4">
         <v>41</v>
       </c>
       <c r="W4">
         <v>66</v>
       </c>
       <c r="X4">
         <v>54</v>
       </c>
       <c r="Y4">
         <v>29</v>
       </c>
       <c r="Z4">
         <v>83</v>
       </c>
       <c r="AA4">
         <v>-17</v>
       </c>
       <c r="AB4" t="s">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="AC4">
         <v>67</v>
       </c>
       <c r="AD4">
         <v>2482</v>
       </c>
       <c r="AE4">
         <v>3150</v>
       </c>
       <c r="AG4">
         <v>23</v>
       </c>
       <c r="AH4">
         <v>27</v>
       </c>
       <c r="AI4">
         <v>-4</v>
       </c>
       <c r="AJ4">
         <v>2857</v>
       </c>
       <c r="AK4">
         <v>2909</v>
       </c>
       <c r="AL4">
         <v>68</v>
       </c>
       <c r="AM4">
         <v>35</v>
       </c>
       <c r="AN4">
         <v>33</v>
       </c>
       <c r="AO4" t="s">
-        <v>139</v>
+        <v>181</v>
       </c>
       <c r="AP4">
         <v>12</v>
       </c>
       <c r="AR4">
         <v>0</v>
       </c>
       <c r="AS4">
         <v>6496</v>
       </c>
       <c r="AT4">
         <v>7680</v>
       </c>
     </row>
     <row r="5" spans="1:46">
       <c r="A5" t="s">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D5">
         <v>70</v>
       </c>
       <c r="E5">
         <v>2493</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>603</v>
       </c>
       <c r="H5">
         <v>656</v>
       </c>
       <c r="I5">
         <v>594</v>
       </c>
       <c r="J5">
         <v>643</v>
       </c>
       <c r="K5">
         <v>2496</v>
       </c>
@@ -9822,110 +17377,110 @@
       <c r="T5">
         <v>2658</v>
       </c>
       <c r="U5">
         <v>106</v>
       </c>
       <c r="V5">
         <v>130</v>
       </c>
       <c r="W5">
         <v>236</v>
       </c>
       <c r="X5">
         <v>0</v>
       </c>
       <c r="Y5">
         <v>7</v>
       </c>
       <c r="Z5">
         <v>7</v>
       </c>
       <c r="AA5">
         <v>229</v>
       </c>
       <c r="AB5" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC5">
         <v>58</v>
       </c>
       <c r="AD5">
         <v>2464</v>
       </c>
       <c r="AE5">
         <v>2546</v>
       </c>
       <c r="AG5">
         <v>56</v>
       </c>
       <c r="AH5">
         <v>56</v>
       </c>
       <c r="AI5">
         <v>0</v>
       </c>
       <c r="AJ5">
         <v>2553</v>
       </c>
       <c r="AK5">
         <v>2511</v>
       </c>
       <c r="AL5">
         <v>59</v>
       </c>
       <c r="AM5">
         <v>53</v>
       </c>
       <c r="AN5">
         <v>6</v>
       </c>
       <c r="AO5" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP5">
         <v>16</v>
       </c>
       <c r="AR5">
         <v>0</v>
       </c>
       <c r="AS5">
         <v>5399</v>
       </c>
       <c r="AT5">
         <v>2880</v>
       </c>
     </row>
     <row r="6" spans="1:46">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="D6">
         <v>54</v>
       </c>
       <c r="E6">
         <v>2540</v>
       </c>
       <c r="F6">
         <v>1347</v>
       </c>
       <c r="G6">
         <v>588</v>
       </c>
       <c r="H6">
         <v>672</v>
       </c>
       <c r="I6">
         <v>628</v>
       </c>
       <c r="J6">
         <v>635</v>
       </c>
       <c r="K6">
         <v>2523</v>
       </c>
@@ -9956,110 +17511,110 @@
       <c r="T6">
         <v>2715</v>
       </c>
       <c r="U6">
         <v>36</v>
       </c>
       <c r="V6">
         <v>84</v>
       </c>
       <c r="W6">
         <v>120</v>
       </c>
       <c r="X6">
         <v>23</v>
       </c>
       <c r="Y6">
         <v>64</v>
       </c>
       <c r="Z6">
         <v>87</v>
       </c>
       <c r="AA6">
         <v>33</v>
       </c>
       <c r="AB6" t="s">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="AC6">
         <v>66</v>
       </c>
       <c r="AD6">
         <v>2339</v>
       </c>
       <c r="AE6">
         <v>2426</v>
       </c>
       <c r="AG6">
         <v>34</v>
       </c>
       <c r="AH6">
         <v>22</v>
       </c>
       <c r="AI6">
         <v>12</v>
       </c>
       <c r="AJ6">
         <v>2419</v>
       </c>
       <c r="AK6">
         <v>2426</v>
       </c>
       <c r="AL6">
         <v>68</v>
       </c>
       <c r="AM6">
         <v>68</v>
       </c>
       <c r="AN6">
         <v>0</v>
       </c>
       <c r="AO6" t="s">
-        <v>139</v>
+        <v>181</v>
       </c>
       <c r="AP6">
         <v>13</v>
       </c>
       <c r="AR6">
         <v>0</v>
       </c>
       <c r="AS6">
         <v>5372</v>
       </c>
       <c r="AT6">
         <v>6400</v>
       </c>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D7">
         <v>69</v>
       </c>
       <c r="E7">
         <v>2708</v>
       </c>
       <c r="F7">
         <v>1532</v>
       </c>
       <c r="G7">
         <v>708</v>
       </c>
       <c r="H7">
         <v>657</v>
       </c>
       <c r="I7">
         <v>634</v>
       </c>
       <c r="J7">
         <v>689</v>
       </c>
       <c r="K7">
         <v>2688</v>
       </c>
@@ -10090,110 +17645,110 @@
       <c r="T7">
         <v>2776</v>
       </c>
       <c r="U7">
         <v>115</v>
       </c>
       <c r="V7">
         <v>118</v>
       </c>
       <c r="W7">
         <v>233</v>
       </c>
       <c r="X7">
         <v>0</v>
       </c>
       <c r="Y7">
         <v>0</v>
       </c>
       <c r="Z7">
         <v>0</v>
       </c>
       <c r="AA7">
         <v>233</v>
       </c>
       <c r="AB7" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC7">
         <v>64</v>
       </c>
       <c r="AD7">
         <v>2412</v>
       </c>
       <c r="AE7">
         <v>2458</v>
       </c>
       <c r="AG7">
         <v>43</v>
       </c>
       <c r="AH7">
         <v>38</v>
       </c>
       <c r="AI7">
         <v>5</v>
       </c>
       <c r="AJ7">
         <v>2517</v>
       </c>
       <c r="AK7">
         <v>2458</v>
       </c>
       <c r="AL7">
         <v>60</v>
       </c>
       <c r="AM7">
         <v>61</v>
       </c>
       <c r="AN7">
         <v>-1</v>
       </c>
       <c r="AO7" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP7">
         <v>20</v>
       </c>
       <c r="AR7">
         <v>0</v>
       </c>
       <c r="AS7">
         <v>5439</v>
       </c>
       <c r="AT7">
         <v>2944</v>
       </c>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" t="s">
         <v>61</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>141</v>
+        <v>183</v>
       </c>
       <c r="D8">
         <v>52</v>
       </c>
       <c r="E8">
         <v>2357</v>
       </c>
       <c r="F8">
         <v>937</v>
       </c>
       <c r="G8">
         <v>560</v>
       </c>
       <c r="H8">
         <v>641</v>
       </c>
       <c r="I8">
         <v>546</v>
       </c>
       <c r="J8">
         <v>616</v>
       </c>
       <c r="K8">
         <v>2363</v>
       </c>
@@ -10224,110 +17779,110 @@
       <c r="T8">
         <v>2551</v>
       </c>
       <c r="U8">
         <v>65</v>
       </c>
       <c r="V8">
         <v>94</v>
       </c>
       <c r="W8">
         <v>159</v>
       </c>
       <c r="X8">
         <v>24</v>
       </c>
       <c r="Y8">
         <v>70</v>
       </c>
       <c r="Z8">
         <v>94</v>
       </c>
       <c r="AA8">
         <v>65</v>
       </c>
       <c r="AB8" t="s">
-        <v>142</v>
+        <v>160</v>
       </c>
       <c r="AC8">
         <v>70</v>
       </c>
       <c r="AD8">
         <v>2085</v>
       </c>
       <c r="AE8">
         <v>1923</v>
       </c>
       <c r="AG8">
         <v>21</v>
       </c>
       <c r="AH8">
         <v>35</v>
       </c>
       <c r="AI8">
         <v>-14</v>
       </c>
       <c r="AJ8">
         <v>2350</v>
       </c>
       <c r="AK8">
         <v>2424</v>
       </c>
       <c r="AL8">
         <v>25</v>
       </c>
       <c r="AM8">
         <v>77</v>
       </c>
       <c r="AN8">
         <v>-52</v>
       </c>
       <c r="AO8" t="s">
-        <v>143</v>
+        <v>184</v>
       </c>
       <c r="AP8">
         <v>11</v>
       </c>
       <c r="AR8">
         <v>0</v>
       </c>
       <c r="AS8">
         <v>4863</v>
       </c>
       <c r="AT8">
         <v>4625</v>
       </c>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" t="s">
         <v>63</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D9">
         <v>67</v>
       </c>
       <c r="E9">
         <v>2988</v>
       </c>
       <c r="F9">
         <v>1580</v>
       </c>
       <c r="G9">
         <v>819</v>
       </c>
       <c r="H9">
         <v>785</v>
       </c>
       <c r="I9">
         <v>633</v>
       </c>
       <c r="J9">
         <v>720</v>
       </c>
       <c r="K9">
         <v>2957</v>
       </c>
@@ -10358,110 +17913,110 @@
       <c r="T9">
         <v>3128</v>
       </c>
       <c r="U9">
         <v>67</v>
       </c>
       <c r="V9">
         <v>80</v>
       </c>
       <c r="W9">
         <v>147</v>
       </c>
       <c r="X9">
         <v>0</v>
       </c>
       <c r="Y9">
         <v>0</v>
       </c>
       <c r="Z9">
         <v>0</v>
       </c>
       <c r="AA9">
         <v>147</v>
       </c>
       <c r="AB9" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC9">
         <v>71</v>
       </c>
       <c r="AD9">
         <v>2331</v>
       </c>
       <c r="AE9">
         <v>2700</v>
       </c>
       <c r="AG9">
         <v>33</v>
       </c>
       <c r="AH9">
         <v>39</v>
       </c>
       <c r="AI9">
         <v>-6</v>
       </c>
       <c r="AJ9">
         <v>2577</v>
       </c>
       <c r="AK9">
         <v>2697</v>
       </c>
       <c r="AL9">
         <v>60</v>
       </c>
       <c r="AM9">
         <v>53</v>
       </c>
       <c r="AN9">
         <v>7</v>
       </c>
       <c r="AO9" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP9">
         <v>19</v>
       </c>
       <c r="AR9">
         <v>0</v>
       </c>
       <c r="AS9">
         <v>5630</v>
       </c>
       <c r="AT9">
         <v>4128</v>
       </c>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" t="s">
         <v>63</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>141</v>
+        <v>183</v>
       </c>
       <c r="D10">
         <v>58</v>
       </c>
       <c r="E10">
         <v>2759</v>
       </c>
       <c r="F10">
         <v>1582</v>
       </c>
       <c r="G10">
         <v>660</v>
       </c>
       <c r="H10">
         <v>708</v>
       </c>
       <c r="I10">
         <v>684</v>
       </c>
       <c r="J10">
         <v>690</v>
       </c>
       <c r="K10">
         <v>2742</v>
       </c>
@@ -10492,110 +18047,110 @@
       <c r="T10">
         <v>2985</v>
       </c>
       <c r="U10">
         <v>25</v>
       </c>
       <c r="V10">
         <v>60</v>
       </c>
       <c r="W10">
         <v>85</v>
       </c>
       <c r="X10">
         <v>52</v>
       </c>
       <c r="Y10">
         <v>79</v>
       </c>
       <c r="Z10">
         <v>131</v>
       </c>
       <c r="AA10">
         <v>-46</v>
       </c>
       <c r="AB10" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="AC10">
         <v>70</v>
       </c>
       <c r="AD10">
         <v>2341</v>
       </c>
       <c r="AE10">
         <v>2799</v>
       </c>
       <c r="AG10">
         <v>44</v>
       </c>
       <c r="AH10">
         <v>25</v>
       </c>
       <c r="AI10">
         <v>19</v>
       </c>
       <c r="AJ10">
         <v>2715</v>
       </c>
       <c r="AK10">
         <v>2800</v>
       </c>
       <c r="AL10">
         <v>46</v>
       </c>
       <c r="AM10">
         <v>29</v>
       </c>
       <c r="AN10">
         <v>17</v>
       </c>
       <c r="AO10" t="s">
-        <v>139</v>
+        <v>181</v>
       </c>
       <c r="AP10">
         <v>13</v>
       </c>
       <c r="AR10">
         <v>0</v>
       </c>
       <c r="AS10">
         <v>5540</v>
       </c>
       <c r="AT10">
         <v>3800</v>
       </c>
     </row>
     <row r="11" spans="1:46">
       <c r="A11" t="s">
         <v>67</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D11">
         <v>69</v>
       </c>
       <c r="E11">
         <v>2490</v>
       </c>
       <c r="F11">
         <v>1785</v>
       </c>
       <c r="G11">
         <v>686</v>
       </c>
       <c r="H11">
         <v>771</v>
       </c>
       <c r="I11">
         <v>464</v>
       </c>
       <c r="J11">
         <v>558</v>
       </c>
       <c r="K11">
         <v>2479</v>
       </c>
@@ -10626,110 +18181,110 @@
       <c r="T11">
         <v>2580</v>
       </c>
       <c r="U11">
         <v>78</v>
       </c>
       <c r="V11">
         <v>168</v>
       </c>
       <c r="W11">
         <v>246</v>
       </c>
       <c r="X11">
         <v>12</v>
       </c>
       <c r="Y11">
         <v>109</v>
       </c>
       <c r="Z11">
         <v>121</v>
       </c>
       <c r="AA11">
         <v>125</v>
       </c>
       <c r="AB11" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC11">
         <v>70</v>
       </c>
       <c r="AD11">
         <v>2368</v>
       </c>
       <c r="AE11">
         <v>2584</v>
       </c>
       <c r="AG11">
         <v>60</v>
       </c>
       <c r="AH11">
         <v>72</v>
       </c>
       <c r="AI11">
         <v>-12</v>
       </c>
       <c r="AJ11">
         <v>2512</v>
       </c>
       <c r="AK11">
         <v>2577</v>
       </c>
       <c r="AL11">
         <v>39</v>
       </c>
       <c r="AM11">
         <v>48</v>
       </c>
       <c r="AN11">
         <v>-9</v>
       </c>
       <c r="AO11" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="AP11">
         <v>20</v>
       </c>
       <c r="AR11">
         <v>0</v>
       </c>
       <c r="AS11">
         <v>5719</v>
       </c>
       <c r="AT11">
         <v>4928</v>
       </c>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="D12">
         <v>61</v>
       </c>
       <c r="E12">
         <v>2202</v>
       </c>
       <c r="F12">
         <v>1653</v>
       </c>
       <c r="G12">
         <v>626</v>
       </c>
       <c r="H12">
         <v>337</v>
       </c>
       <c r="I12">
         <v>661</v>
       </c>
       <c r="J12">
         <v>599</v>
       </c>
       <c r="K12">
         <v>2223</v>
       </c>
@@ -10760,110 +18315,110 @@
       <c r="T12">
         <v>2295</v>
       </c>
       <c r="U12">
         <v>90</v>
       </c>
       <c r="V12">
         <v>83</v>
       </c>
       <c r="W12">
         <v>173</v>
       </c>
       <c r="X12">
         <v>0</v>
       </c>
       <c r="Y12">
         <v>52</v>
       </c>
       <c r="Z12">
         <v>52</v>
       </c>
       <c r="AA12">
         <v>121</v>
       </c>
       <c r="AB12" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="AC12">
         <v>65</v>
       </c>
       <c r="AD12">
         <v>2102</v>
       </c>
       <c r="AE12">
         <v>2098</v>
       </c>
       <c r="AG12">
         <v>22</v>
       </c>
       <c r="AH12">
         <v>41</v>
       </c>
       <c r="AI12">
         <v>-19</v>
       </c>
       <c r="AJ12">
         <v>2084</v>
       </c>
       <c r="AK12">
         <v>2129</v>
       </c>
       <c r="AL12">
         <v>92</v>
       </c>
       <c r="AM12">
         <v>47</v>
       </c>
       <c r="AN12">
         <v>45</v>
       </c>
       <c r="AO12" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="AP12">
         <v>12</v>
       </c>
       <c r="AR12">
         <v>0</v>
       </c>
       <c r="AS12">
         <v>5691</v>
       </c>
       <c r="AT12">
         <v>3744</v>
       </c>
     </row>
     <row r="13" spans="1:46">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>47</v>
       </c>
       <c r="C13" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D13">
         <v>66</v>
       </c>
       <c r="E13">
         <v>2594</v>
       </c>
       <c r="F13">
         <v>1466</v>
       </c>
       <c r="G13">
         <v>747</v>
       </c>
       <c r="H13">
         <v>506</v>
       </c>
       <c r="I13">
         <v>677</v>
       </c>
       <c r="J13">
         <v>641</v>
       </c>
       <c r="K13">
         <v>2571</v>
       </c>
@@ -10894,110 +18449,110 @@
       <c r="T13">
         <v>2709</v>
       </c>
       <c r="U13">
         <v>78</v>
       </c>
       <c r="V13">
         <v>101</v>
       </c>
       <c r="W13">
         <v>179</v>
       </c>
       <c r="X13">
         <v>32</v>
       </c>
       <c r="Y13">
         <v>17</v>
       </c>
       <c r="Z13">
         <v>49</v>
       </c>
       <c r="AA13">
         <v>130</v>
       </c>
       <c r="AB13" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC13">
         <v>68</v>
       </c>
       <c r="AD13">
         <v>2183</v>
       </c>
       <c r="AE13">
         <v>2598</v>
       </c>
       <c r="AG13">
         <v>40</v>
       </c>
       <c r="AH13">
         <v>40</v>
       </c>
       <c r="AI13">
         <v>0</v>
       </c>
       <c r="AJ13">
         <v>2508</v>
       </c>
       <c r="AK13">
         <v>2579</v>
       </c>
       <c r="AL13">
         <v>32</v>
       </c>
       <c r="AM13">
         <v>44</v>
       </c>
       <c r="AN13">
         <v>-12</v>
       </c>
       <c r="AO13" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="AP13">
         <v>19</v>
       </c>
       <c r="AR13">
         <v>0</v>
       </c>
       <c r="AS13">
         <v>5380</v>
       </c>
       <c r="AT13">
         <v>5262</v>
       </c>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" t="s">
         <v>71</v>
       </c>
       <c r="B14" t="s">
         <v>51</v>
       </c>
       <c r="C14" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="D14">
         <v>60</v>
       </c>
       <c r="E14">
         <v>2651</v>
       </c>
       <c r="F14">
         <v>496</v>
       </c>
       <c r="G14">
         <v>705</v>
       </c>
       <c r="H14">
         <v>681</v>
       </c>
       <c r="I14">
         <v>631</v>
       </c>
       <c r="J14">
         <v>619</v>
       </c>
       <c r="K14">
         <v>2636</v>
       </c>
@@ -11028,110 +18583,110 @@
       <c r="T14">
         <v>2763</v>
       </c>
       <c r="U14">
         <v>44</v>
       </c>
       <c r="V14">
         <v>66</v>
       </c>
       <c r="W14">
         <v>110</v>
       </c>
       <c r="X14">
         <v>79</v>
       </c>
       <c r="Y14">
         <v>107</v>
       </c>
       <c r="Z14">
         <v>186</v>
       </c>
       <c r="AA14">
         <v>-76</v>
       </c>
       <c r="AB14" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="AC14">
         <v>62</v>
       </c>
       <c r="AD14">
         <v>2229</v>
       </c>
       <c r="AE14">
         <v>2125</v>
       </c>
       <c r="AG14">
         <v>34</v>
       </c>
       <c r="AH14">
         <v>26</v>
       </c>
       <c r="AI14">
         <v>8</v>
       </c>
       <c r="AJ14">
         <v>2302</v>
       </c>
       <c r="AK14">
         <v>2125</v>
       </c>
       <c r="AL14">
         <v>25</v>
       </c>
       <c r="AM14">
         <v>91</v>
       </c>
       <c r="AN14">
         <v>-66</v>
       </c>
       <c r="AO14" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP14">
         <v>14</v>
       </c>
       <c r="AR14">
         <v>0</v>
       </c>
       <c r="AS14">
         <v>4790</v>
       </c>
       <c r="AT14">
         <v>3843</v>
       </c>
     </row>
     <row r="15" spans="1:46">
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D15">
         <v>69</v>
       </c>
       <c r="E15">
         <v>2337</v>
       </c>
       <c r="F15">
         <v>473</v>
       </c>
       <c r="G15">
         <v>665</v>
       </c>
       <c r="H15">
         <v>410</v>
       </c>
       <c r="I15">
         <v>689</v>
       </c>
       <c r="J15">
         <v>585</v>
       </c>
       <c r="K15">
         <v>2349</v>
       </c>
@@ -11162,110 +18717,110 @@
       <c r="T15">
         <v>2435</v>
       </c>
       <c r="U15">
         <v>78</v>
       </c>
       <c r="V15">
         <v>145</v>
       </c>
       <c r="W15">
         <v>223</v>
       </c>
       <c r="X15">
         <v>31</v>
       </c>
       <c r="Y15">
         <v>38</v>
       </c>
       <c r="Z15">
         <v>69</v>
       </c>
       <c r="AA15">
         <v>154</v>
       </c>
       <c r="AB15" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="AC15">
         <v>63</v>
       </c>
       <c r="AD15">
         <v>2398</v>
       </c>
       <c r="AE15">
         <v>1568</v>
       </c>
       <c r="AG15">
         <v>36</v>
       </c>
       <c r="AH15">
         <v>38</v>
       </c>
       <c r="AI15">
         <v>-2</v>
       </c>
       <c r="AJ15">
         <v>2525</v>
       </c>
       <c r="AK15">
         <v>2531</v>
       </c>
       <c r="AL15">
         <v>38</v>
       </c>
       <c r="AM15">
         <v>40</v>
       </c>
       <c r="AN15">
         <v>-2</v>
       </c>
       <c r="AO15" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="AP15">
         <v>20</v>
       </c>
       <c r="AR15">
         <v>0</v>
       </c>
       <c r="AS15">
         <v>5574</v>
       </c>
       <c r="AT15">
         <v>5568</v>
       </c>
     </row>
     <row r="16" spans="1:46">
       <c r="A16" t="s">
         <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D16">
         <v>55</v>
       </c>
       <c r="E16">
         <v>2042</v>
       </c>
       <c r="F16">
         <v>1064</v>
       </c>
       <c r="G16">
         <v>364</v>
       </c>
       <c r="H16">
         <v>538</v>
       </c>
       <c r="I16">
         <v>536</v>
       </c>
       <c r="J16">
         <v>617</v>
       </c>
       <c r="K16">
         <v>2055</v>
       </c>
@@ -11296,110 +18851,110 @@
       <c r="T16">
         <v>2261</v>
       </c>
       <c r="U16">
         <v>65</v>
       </c>
       <c r="V16">
         <v>75</v>
       </c>
       <c r="W16">
         <v>140</v>
       </c>
       <c r="X16">
         <v>39</v>
       </c>
       <c r="Y16">
         <v>63</v>
       </c>
       <c r="Z16">
         <v>102</v>
       </c>
       <c r="AA16">
         <v>38</v>
       </c>
       <c r="AB16" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="AC16">
         <v>71</v>
       </c>
       <c r="AD16">
         <v>2003</v>
       </c>
       <c r="AE16">
         <v>2093</v>
       </c>
       <c r="AG16">
         <v>22</v>
       </c>
       <c r="AH16">
         <v>36</v>
       </c>
       <c r="AI16">
         <v>-14</v>
       </c>
       <c r="AJ16">
         <v>2003</v>
       </c>
       <c r="AK16">
         <v>2076</v>
       </c>
       <c r="AL16">
         <v>38</v>
       </c>
       <c r="AM16">
         <v>23</v>
       </c>
       <c r="AN16">
         <v>15</v>
       </c>
       <c r="AO16" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP16">
         <v>12</v>
       </c>
       <c r="AR16">
         <v>0</v>
       </c>
       <c r="AS16">
         <v>5452</v>
       </c>
       <c r="AT16">
         <v>6600</v>
       </c>
     </row>
     <row r="17" spans="1:46">
       <c r="A17" t="s">
         <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>153</v>
+        <v>193</v>
       </c>
       <c r="D17">
         <v>64</v>
       </c>
       <c r="E17">
         <v>2759</v>
       </c>
       <c r="F17">
         <v>1282</v>
       </c>
       <c r="G17">
         <v>713</v>
       </c>
       <c r="H17">
         <v>607</v>
       </c>
       <c r="I17">
         <v>702</v>
       </c>
       <c r="J17">
         <v>708</v>
       </c>
       <c r="K17">
         <v>2730</v>
       </c>
@@ -11430,110 +18985,110 @@
       <c r="T17">
         <v>2947</v>
       </c>
       <c r="U17">
         <v>50</v>
       </c>
       <c r="V17">
         <v>99</v>
       </c>
       <c r="W17">
         <v>149</v>
       </c>
       <c r="X17">
         <v>25</v>
       </c>
       <c r="Y17">
         <v>90</v>
       </c>
       <c r="Z17">
         <v>115</v>
       </c>
       <c r="AA17">
         <v>34</v>
       </c>
       <c r="AB17" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="AC17">
         <v>65</v>
       </c>
       <c r="AD17">
         <v>2464</v>
       </c>
       <c r="AE17">
         <v>2629</v>
       </c>
       <c r="AG17">
         <v>33</v>
       </c>
       <c r="AH17">
         <v>34</v>
       </c>
       <c r="AI17">
         <v>-1</v>
       </c>
       <c r="AJ17">
         <v>2643</v>
       </c>
       <c r="AK17">
         <v>2717</v>
       </c>
       <c r="AL17">
         <v>49</v>
       </c>
       <c r="AM17">
         <v>46</v>
       </c>
       <c r="AN17">
         <v>3</v>
       </c>
       <c r="AO17" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="AP17">
         <v>20</v>
       </c>
       <c r="AR17">
         <v>0</v>
       </c>
       <c r="AS17">
         <v>5021</v>
       </c>
       <c r="AT17">
         <v>4296</v>
       </c>
     </row>
     <row r="18" spans="1:46">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>141</v>
+        <v>183</v>
       </c>
       <c r="D18">
         <v>53</v>
       </c>
       <c r="E18">
         <v>2555</v>
       </c>
       <c r="F18">
         <v>1600</v>
       </c>
       <c r="G18">
         <v>609</v>
       </c>
       <c r="H18">
         <v>607</v>
       </c>
       <c r="I18">
         <v>702</v>
       </c>
       <c r="J18">
         <v>674</v>
       </c>
       <c r="K18">
         <v>2592</v>
       </c>
@@ -11564,110 +19119,110 @@
       <c r="T18">
         <v>2752</v>
       </c>
       <c r="U18">
         <v>37</v>
       </c>
       <c r="V18">
         <v>58</v>
       </c>
       <c r="W18">
         <v>95</v>
       </c>
       <c r="X18">
         <v>51</v>
       </c>
       <c r="Y18">
         <v>0</v>
       </c>
       <c r="Z18">
         <v>51</v>
       </c>
       <c r="AA18">
         <v>44</v>
       </c>
       <c r="AB18" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="AC18">
         <v>74</v>
       </c>
       <c r="AD18">
         <v>2399</v>
       </c>
       <c r="AE18">
         <v>2789</v>
       </c>
       <c r="AG18">
         <v>22</v>
       </c>
       <c r="AH18">
         <v>25</v>
       </c>
       <c r="AI18">
         <v>-3</v>
       </c>
       <c r="AJ18">
         <v>2709</v>
       </c>
       <c r="AK18">
         <v>2789</v>
       </c>
       <c r="AL18">
         <v>57</v>
       </c>
       <c r="AM18">
         <v>43</v>
       </c>
       <c r="AN18">
         <v>14</v>
       </c>
       <c r="AO18" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP18">
         <v>11</v>
       </c>
       <c r="AR18">
         <v>0</v>
       </c>
       <c r="AS18">
         <v>4864</v>
       </c>
       <c r="AT18">
         <v>5672</v>
       </c>
     </row>
     <row r="19" spans="1:46">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D19">
         <v>65</v>
       </c>
       <c r="E19">
         <v>2166</v>
       </c>
       <c r="F19">
         <v>1338</v>
       </c>
       <c r="G19">
         <v>638</v>
       </c>
       <c r="H19">
         <v>773</v>
       </c>
       <c r="I19">
         <v>722</v>
       </c>
       <c r="J19">
         <v>23</v>
       </c>
       <c r="K19">
         <v>2156</v>
       </c>
@@ -11698,110 +19253,110 @@
       <c r="T19">
         <v>2367</v>
       </c>
       <c r="U19">
         <v>55</v>
       </c>
       <c r="V19">
         <v>113</v>
       </c>
       <c r="W19">
         <v>168</v>
       </c>
       <c r="X19">
         <v>62</v>
       </c>
       <c r="Y19">
         <v>0</v>
       </c>
       <c r="Z19">
         <v>62</v>
       </c>
       <c r="AA19">
         <v>106</v>
       </c>
       <c r="AB19" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC19">
         <v>69</v>
       </c>
       <c r="AD19">
         <v>2263</v>
       </c>
       <c r="AE19">
         <v>2227</v>
       </c>
       <c r="AG19">
         <v>32</v>
       </c>
       <c r="AH19">
         <v>33</v>
       </c>
       <c r="AI19">
         <v>-1</v>
       </c>
       <c r="AJ19">
         <v>2300</v>
       </c>
       <c r="AK19">
         <v>2326</v>
       </c>
       <c r="AL19">
         <v>14</v>
       </c>
       <c r="AM19">
         <v>16</v>
       </c>
       <c r="AN19">
         <v>-2</v>
       </c>
       <c r="AO19" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="AP19">
         <v>20</v>
       </c>
       <c r="AR19">
         <v>0</v>
       </c>
       <c r="AS19">
         <v>5660</v>
       </c>
       <c r="AT19">
         <v>7924</v>
       </c>
     </row>
     <row r="20" spans="1:46">
       <c r="A20" t="s">
         <v>80</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>154</v>
+        <v>194</v>
       </c>
       <c r="D20">
         <v>31</v>
       </c>
       <c r="E20">
         <v>2045</v>
       </c>
       <c r="F20">
         <v>578</v>
       </c>
       <c r="G20">
         <v>584</v>
       </c>
       <c r="H20">
         <v>368</v>
       </c>
       <c r="I20">
         <v>674</v>
       </c>
       <c r="J20">
         <v>432</v>
       </c>
       <c r="K20">
         <v>2058</v>
       </c>
@@ -11832,110 +19387,110 @@
       <c r="T20">
         <v>2158</v>
       </c>
       <c r="U20">
         <v>38</v>
       </c>
       <c r="V20">
         <v>64</v>
       </c>
       <c r="W20">
         <v>102</v>
       </c>
       <c r="X20">
         <v>0</v>
       </c>
       <c r="Y20">
         <v>63</v>
       </c>
       <c r="Z20">
         <v>63</v>
       </c>
       <c r="AA20">
         <v>39</v>
       </c>
       <c r="AB20" t="s">
-        <v>142</v>
+        <v>160</v>
       </c>
       <c r="AC20">
         <v>48</v>
       </c>
       <c r="AD20">
         <v>1675</v>
       </c>
       <c r="AE20">
         <v>1578</v>
       </c>
       <c r="AG20">
         <v>35</v>
       </c>
       <c r="AH20">
         <v>19</v>
       </c>
       <c r="AI20">
         <v>16</v>
       </c>
       <c r="AJ20">
         <v>1692</v>
       </c>
       <c r="AK20">
         <v>1700</v>
       </c>
       <c r="AL20">
         <v>81</v>
       </c>
       <c r="AM20">
         <v>55</v>
       </c>
       <c r="AN20">
         <v>26</v>
       </c>
       <c r="AO20" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP20">
         <v>8</v>
       </c>
       <c r="AR20">
         <v>0</v>
       </c>
       <c r="AS20">
         <v>4739</v>
       </c>
       <c r="AT20">
         <v>5381</v>
       </c>
     </row>
     <row r="21" spans="1:46">
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
-        <v>155</v>
+        <v>195</v>
       </c>
       <c r="D21">
         <v>30</v>
       </c>
       <c r="E21">
         <v>792</v>
       </c>
       <c r="F21">
         <v>1246</v>
       </c>
       <c r="G21">
         <v>182</v>
       </c>
       <c r="H21">
         <v>184</v>
       </c>
       <c r="I21">
         <v>227</v>
       </c>
       <c r="J21">
         <v>186</v>
       </c>
       <c r="K21">
         <v>779</v>
       </c>
@@ -11966,51 +19521,51 @@
       <c r="T21">
         <v>880</v>
       </c>
       <c r="U21">
         <v>31</v>
       </c>
       <c r="V21">
         <v>13</v>
       </c>
       <c r="W21">
         <v>44</v>
       </c>
       <c r="X21">
         <v>50</v>
       </c>
       <c r="Y21">
         <v>0</v>
       </c>
       <c r="Z21">
         <v>50</v>
       </c>
       <c r="AA21">
         <v>-6</v>
       </c>
       <c r="AB21" t="s">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="AC21">
         <v>37</v>
       </c>
       <c r="AD21">
         <v>1632</v>
       </c>
       <c r="AE21">
         <v>1690</v>
       </c>
       <c r="AG21">
         <v>34</v>
       </c>
       <c r="AH21">
         <v>37</v>
       </c>
       <c r="AI21">
         <v>-3</v>
       </c>
       <c r="AJ21">
         <v>1661</v>
       </c>
       <c r="AK21">
         <v>1690</v>
       </c>
@@ -12022,51 +19577,51 @@
       </c>
       <c r="AN21">
         <v>-11</v>
       </c>
       <c r="AP21">
         <v>14</v>
       </c>
       <c r="AR21">
         <v>0</v>
       </c>
       <c r="AS21">
         <v>3812</v>
       </c>
       <c r="AT21">
         <v>3752</v>
       </c>
     </row>
     <row r="22" spans="1:46">
       <c r="A22" t="s">
         <v>82</v>
       </c>
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="D22">
         <v>62</v>
       </c>
       <c r="E22">
         <v>2285</v>
       </c>
       <c r="F22">
         <v>1378</v>
       </c>
       <c r="G22">
         <v>595</v>
       </c>
       <c r="H22">
         <v>570</v>
       </c>
       <c r="I22">
         <v>625</v>
       </c>
       <c r="J22">
         <v>488</v>
       </c>
       <c r="K22">
         <v>2278</v>
       </c>
@@ -12097,110 +19652,110 @@
       <c r="T22">
         <v>2339</v>
       </c>
       <c r="U22">
         <v>54</v>
       </c>
       <c r="V22">
         <v>101</v>
       </c>
       <c r="W22">
         <v>155</v>
       </c>
       <c r="X22">
         <v>18</v>
       </c>
       <c r="Y22">
         <v>111</v>
       </c>
       <c r="Z22">
         <v>129</v>
       </c>
       <c r="AA22">
         <v>26</v>
       </c>
       <c r="AB22" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="AC22">
         <v>54</v>
       </c>
       <c r="AD22">
         <v>1851</v>
       </c>
       <c r="AE22">
         <v>1706</v>
       </c>
       <c r="AG22">
         <v>21</v>
       </c>
       <c r="AH22">
         <v>34</v>
       </c>
       <c r="AI22">
         <v>-13</v>
       </c>
       <c r="AJ22">
         <v>1821</v>
       </c>
       <c r="AK22">
         <v>1763</v>
       </c>
       <c r="AL22">
         <v>29</v>
       </c>
       <c r="AM22">
         <v>73</v>
       </c>
       <c r="AN22">
         <v>-44</v>
       </c>
       <c r="AO22" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP22">
         <v>14</v>
       </c>
       <c r="AR22">
         <v>0</v>
       </c>
       <c r="AS22">
         <v>2460</v>
       </c>
       <c r="AT22">
         <v>2860</v>
       </c>
     </row>
     <row r="23" spans="1:46">
       <c r="A23" t="s">
         <v>86</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="D23">
         <v>53</v>
       </c>
       <c r="E23">
         <v>2483</v>
       </c>
       <c r="F23">
         <v>1449</v>
       </c>
       <c r="G23">
         <v>626</v>
       </c>
       <c r="H23">
         <v>664</v>
       </c>
       <c r="I23">
         <v>585</v>
       </c>
       <c r="J23">
         <v>614</v>
       </c>
       <c r="K23">
         <v>2489</v>
       </c>
@@ -12231,51 +19786,51 @@
       <c r="T23">
         <v>2710</v>
       </c>
       <c r="U23">
         <v>48</v>
       </c>
       <c r="V23">
         <v>86</v>
       </c>
       <c r="W23">
         <v>134</v>
       </c>
       <c r="X23">
         <v>34</v>
       </c>
       <c r="Y23">
         <v>60</v>
       </c>
       <c r="Z23">
         <v>94</v>
       </c>
       <c r="AA23">
         <v>40</v>
       </c>
       <c r="AB23" t="s">
-        <v>156</v>
+        <v>196</v>
       </c>
       <c r="AC23">
         <v>71</v>
       </c>
       <c r="AD23">
         <v>2174</v>
       </c>
       <c r="AE23">
         <v>1284</v>
       </c>
       <c r="AG23">
         <v>26</v>
       </c>
       <c r="AH23">
         <v>32</v>
       </c>
       <c r="AI23">
         <v>-6</v>
       </c>
       <c r="AJ23">
         <v>2202</v>
       </c>
       <c r="AK23">
         <v>2200</v>
       </c>
@@ -12287,51 +19842,51 @@
       </c>
       <c r="AN23">
         <v>0</v>
       </c>
       <c r="AP23">
         <v>13</v>
       </c>
       <c r="AR23">
         <v>0</v>
       </c>
       <c r="AS23">
         <v>2920</v>
       </c>
       <c r="AT23">
         <v>2265</v>
       </c>
     </row>
     <row r="24" spans="1:46">
       <c r="A24" t="s">
         <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D24">
         <v>61</v>
       </c>
       <c r="E24">
         <v>2395</v>
       </c>
       <c r="F24">
         <v>815</v>
       </c>
       <c r="G24">
         <v>620</v>
       </c>
       <c r="H24">
         <v>627</v>
       </c>
       <c r="I24">
         <v>554</v>
       </c>
       <c r="J24">
         <v>560</v>
       </c>
       <c r="K24">
         <v>2361</v>
       </c>
@@ -12362,110 +19917,110 @@
       <c r="T24">
         <v>2602</v>
       </c>
       <c r="U24">
         <v>39</v>
       </c>
       <c r="V24">
         <v>71</v>
       </c>
       <c r="W24">
         <v>110</v>
       </c>
       <c r="X24">
         <v>0</v>
       </c>
       <c r="Y24">
         <v>0</v>
       </c>
       <c r="Z24">
         <v>0</v>
       </c>
       <c r="AA24">
         <v>110</v>
       </c>
       <c r="AB24" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC24">
         <v>59</v>
       </c>
       <c r="AD24">
         <v>2186</v>
       </c>
       <c r="AE24">
         <v>2140</v>
       </c>
       <c r="AG24">
         <v>35</v>
       </c>
       <c r="AH24">
         <v>0</v>
       </c>
       <c r="AI24">
         <v>35</v>
       </c>
       <c r="AJ24">
         <v>2250</v>
       </c>
       <c r="AK24">
         <v>2236</v>
       </c>
       <c r="AL24">
         <v>30</v>
       </c>
       <c r="AM24">
         <v>0</v>
       </c>
       <c r="AN24">
         <v>30</v>
       </c>
       <c r="AO24" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP24">
         <v>14</v>
       </c>
       <c r="AR24">
         <v>0</v>
       </c>
       <c r="AS24">
         <v>0</v>
       </c>
       <c r="AT24">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:46">
       <c r="A25" t="s">
         <v>90</v>
       </c>
       <c r="B25" t="s">
         <v>47</v>
       </c>
       <c r="C25" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="D25">
         <v>53</v>
       </c>
       <c r="E25">
         <v>2264</v>
       </c>
       <c r="F25">
         <v>1607</v>
       </c>
       <c r="G25">
         <v>476</v>
       </c>
       <c r="H25">
         <v>462</v>
       </c>
       <c r="I25">
         <v>702</v>
       </c>
       <c r="J25">
         <v>635</v>
       </c>
       <c r="K25">
         <v>2275</v>
       </c>
@@ -12496,51 +20051,51 @@
       <c r="T25">
         <v>2344</v>
       </c>
       <c r="U25">
         <v>77</v>
       </c>
       <c r="V25">
         <v>76</v>
       </c>
       <c r="W25">
         <v>153</v>
       </c>
       <c r="X25">
         <v>36</v>
       </c>
       <c r="Y25">
         <v>37</v>
       </c>
       <c r="Z25">
         <v>73</v>
       </c>
       <c r="AA25">
         <v>80</v>
       </c>
       <c r="AB25" t="s">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="AC25">
         <v>67</v>
       </c>
       <c r="AD25">
         <v>2257</v>
       </c>
       <c r="AE25">
         <v>2666</v>
       </c>
       <c r="AG25">
         <v>37</v>
       </c>
       <c r="AH25">
         <v>32</v>
       </c>
       <c r="AI25">
         <v>5</v>
       </c>
       <c r="AJ25">
         <v>2580</v>
       </c>
       <c r="AK25">
         <v>2779</v>
       </c>
@@ -12552,51 +20107,51 @@
       </c>
       <c r="AN25">
         <v>-8</v>
       </c>
       <c r="AP25">
         <v>20</v>
       </c>
       <c r="AR25">
         <v>0</v>
       </c>
       <c r="AS25">
         <v>5694</v>
       </c>
       <c r="AT25">
         <v>3754</v>
       </c>
     </row>
     <row r="26" spans="1:46">
       <c r="A26" t="s">
         <v>90</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D26">
         <v>61</v>
       </c>
       <c r="E26">
         <v>2532</v>
       </c>
       <c r="F26">
         <v>1383</v>
       </c>
       <c r="G26">
         <v>669</v>
       </c>
       <c r="H26">
         <v>541</v>
       </c>
       <c r="I26">
         <v>680</v>
       </c>
       <c r="J26">
         <v>607</v>
       </c>
       <c r="K26">
         <v>2497</v>
       </c>
@@ -12627,110 +20182,110 @@
       <c r="T26">
         <v>2714</v>
       </c>
       <c r="U26">
         <v>76</v>
       </c>
       <c r="V26">
         <v>115</v>
       </c>
       <c r="W26">
         <v>191</v>
       </c>
       <c r="X26">
         <v>6</v>
       </c>
       <c r="Y26">
         <v>19</v>
       </c>
       <c r="Z26">
         <v>25</v>
       </c>
       <c r="AA26">
         <v>166</v>
       </c>
       <c r="AB26" t="s">
-        <v>159</v>
+        <v>199</v>
       </c>
       <c r="AC26">
         <v>57</v>
       </c>
       <c r="AD26">
         <v>2288</v>
       </c>
       <c r="AE26">
         <v>2283</v>
       </c>
       <c r="AG26">
         <v>24</v>
       </c>
       <c r="AH26">
         <v>42</v>
       </c>
       <c r="AI26">
         <v>-18</v>
       </c>
       <c r="AJ26">
         <v>2462</v>
       </c>
       <c r="AK26">
         <v>2509</v>
       </c>
       <c r="AL26">
         <v>33</v>
       </c>
       <c r="AM26">
         <v>32</v>
       </c>
       <c r="AN26">
         <v>1</v>
       </c>
       <c r="AO26" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP26">
         <v>13</v>
       </c>
       <c r="AR26">
         <v>0</v>
       </c>
       <c r="AS26">
         <v>3912</v>
       </c>
       <c r="AT26">
         <v>3160</v>
       </c>
     </row>
     <row r="27" spans="1:46">
       <c r="A27" t="s">
         <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>47</v>
       </c>
       <c r="C27" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="D27">
         <v>59</v>
       </c>
       <c r="E27">
         <v>2505</v>
       </c>
       <c r="F27">
         <v>1447</v>
       </c>
       <c r="G27">
         <v>626</v>
       </c>
       <c r="H27">
         <v>657</v>
       </c>
       <c r="I27">
         <v>531</v>
       </c>
       <c r="J27">
         <v>685</v>
       </c>
       <c r="K27">
         <v>2499</v>
       </c>
@@ -12761,51 +20316,51 @@
       <c r="T27">
         <v>2679</v>
       </c>
       <c r="U27">
         <v>75</v>
       </c>
       <c r="V27">
         <v>76</v>
       </c>
       <c r="W27">
         <v>151</v>
       </c>
       <c r="X27">
         <v>83</v>
       </c>
       <c r="Y27">
         <v>71</v>
       </c>
       <c r="Z27">
         <v>154</v>
       </c>
       <c r="AA27">
         <v>-3</v>
       </c>
       <c r="AB27" t="s">
-        <v>161</v>
+        <v>200</v>
       </c>
       <c r="AC27">
         <v>69</v>
       </c>
       <c r="AD27">
         <v>2378</v>
       </c>
       <c r="AE27">
         <v>2666</v>
       </c>
       <c r="AG27">
         <v>39</v>
       </c>
       <c r="AH27">
         <v>41</v>
       </c>
       <c r="AI27">
         <v>-2</v>
       </c>
       <c r="AJ27">
         <v>2463</v>
       </c>
       <c r="AK27">
         <v>2696</v>
       </c>
@@ -12817,51 +20372,51 @@
       </c>
       <c r="AN27">
         <v>1</v>
       </c>
       <c r="AP27">
         <v>20</v>
       </c>
       <c r="AR27">
         <v>0</v>
       </c>
       <c r="AS27">
         <v>6716</v>
       </c>
       <c r="AT27">
         <v>5814</v>
       </c>
     </row>
     <row r="28" spans="1:46">
       <c r="A28" t="s">
         <v>92</v>
       </c>
       <c r="B28" t="s">
         <v>51</v>
       </c>
       <c r="C28" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D28">
         <v>53</v>
       </c>
       <c r="E28">
         <v>2725</v>
       </c>
       <c r="F28">
         <v>751</v>
       </c>
       <c r="G28">
         <v>688</v>
       </c>
       <c r="H28">
         <v>726</v>
       </c>
       <c r="I28">
         <v>717</v>
       </c>
       <c r="J28">
         <v>584</v>
       </c>
       <c r="K28">
         <v>2715</v>
       </c>
@@ -12892,110 +20447,110 @@
       <c r="T28">
         <v>2879</v>
       </c>
       <c r="U28">
         <v>60</v>
       </c>
       <c r="V28">
         <v>101</v>
       </c>
       <c r="W28">
         <v>161</v>
       </c>
       <c r="X28">
         <v>2</v>
       </c>
       <c r="Y28">
         <v>0</v>
       </c>
       <c r="Z28">
         <v>2</v>
       </c>
       <c r="AA28">
         <v>159</v>
       </c>
       <c r="AB28" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC28">
         <v>54</v>
       </c>
       <c r="AD28">
         <v>2155</v>
       </c>
       <c r="AE28">
         <v>2053</v>
       </c>
       <c r="AG28">
         <v>63</v>
       </c>
       <c r="AH28">
         <v>24</v>
       </c>
       <c r="AI28">
         <v>39</v>
       </c>
       <c r="AJ28">
         <v>2278</v>
       </c>
       <c r="AK28">
         <v>2347</v>
       </c>
       <c r="AL28">
         <v>23</v>
       </c>
       <c r="AM28">
         <v>30</v>
       </c>
       <c r="AN28">
         <v>-7</v>
       </c>
       <c r="AO28" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP28">
         <v>13</v>
       </c>
       <c r="AR28">
         <v>0</v>
       </c>
       <c r="AS28">
         <v>6070</v>
       </c>
       <c r="AT28">
         <v>3740</v>
       </c>
     </row>
     <row r="29" spans="1:46">
       <c r="A29" t="s">
-        <v>162</v>
+        <v>94</v>
       </c>
       <c r="B29" t="s">
         <v>47</v>
       </c>
       <c r="C29" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D29">
         <v>53</v>
       </c>
       <c r="E29">
         <v>2267</v>
       </c>
       <c r="F29">
         <v>569</v>
       </c>
       <c r="G29">
         <v>669</v>
       </c>
       <c r="H29">
         <v>540</v>
       </c>
       <c r="I29">
         <v>516</v>
       </c>
       <c r="J29">
         <v>510</v>
       </c>
       <c r="K29">
         <v>2235</v>
       </c>
@@ -13026,107 +20581,107 @@
       <c r="T29">
         <v>2361</v>
       </c>
       <c r="U29">
         <v>80</v>
       </c>
       <c r="V29">
         <v>69</v>
       </c>
       <c r="W29">
         <v>149</v>
       </c>
       <c r="X29">
         <v>82</v>
       </c>
       <c r="Y29">
         <v>0</v>
       </c>
       <c r="Z29">
         <v>82</v>
       </c>
       <c r="AA29">
         <v>67</v>
       </c>
       <c r="AB29" t="s">
-        <v>161</v>
+        <v>200</v>
       </c>
       <c r="AC29">
         <v>70</v>
       </c>
       <c r="AD29">
         <v>2486</v>
       </c>
       <c r="AE29">
         <v>2469</v>
       </c>
       <c r="AG29">
         <v>41</v>
       </c>
       <c r="AH29">
         <v>48</v>
       </c>
       <c r="AI29">
         <v>-7</v>
       </c>
       <c r="AJ29">
         <v>2650</v>
       </c>
       <c r="AK29">
         <v>2744</v>
       </c>
       <c r="AL29">
         <v>46</v>
       </c>
       <c r="AM29">
         <v>40</v>
       </c>
       <c r="AN29">
         <v>6</v>
       </c>
       <c r="AP29">
         <v>17</v>
       </c>
       <c r="AR29">
         <v>0</v>
       </c>
       <c r="AS29">
         <v>6453</v>
       </c>
       <c r="AT29">
         <v>6497</v>
       </c>
     </row>
     <row r="30" spans="1:46">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>94</v>
       </c>
       <c r="B30" t="s">
         <v>51</v>
       </c>
       <c r="C30" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D30">
         <v>60</v>
       </c>
       <c r="E30">
         <v>2594</v>
       </c>
       <c r="F30">
         <v>690</v>
       </c>
       <c r="G30">
         <v>675</v>
       </c>
       <c r="H30">
         <v>698</v>
       </c>
       <c r="I30">
         <v>568</v>
       </c>
       <c r="J30">
         <v>665</v>
       </c>
       <c r="K30">
         <v>2606</v>
       </c>
@@ -13190,74 +20745,74 @@
       <c r="AG30">
         <v>25</v>
       </c>
       <c r="AH30">
         <v>62</v>
       </c>
       <c r="AI30">
         <v>-37</v>
       </c>
       <c r="AJ30">
         <v>2268</v>
       </c>
       <c r="AK30">
         <v>2261</v>
       </c>
       <c r="AL30">
         <v>21</v>
       </c>
       <c r="AM30">
         <v>12</v>
       </c>
       <c r="AN30">
         <v>9</v>
       </c>
       <c r="AO30" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP30">
         <v>13</v>
       </c>
       <c r="AR30">
         <v>0</v>
       </c>
       <c r="AS30">
         <v>6091</v>
       </c>
       <c r="AT30">
         <v>4017</v>
       </c>
     </row>
     <row r="31" spans="1:46">
       <c r="A31" t="s">
-        <v>163</v>
+        <v>97</v>
       </c>
       <c r="B31" t="s">
         <v>47</v>
       </c>
       <c r="C31" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D31">
         <v>61</v>
       </c>
       <c r="E31">
         <v>2350</v>
       </c>
       <c r="F31">
         <v>464</v>
       </c>
       <c r="G31">
         <v>544</v>
       </c>
       <c r="H31">
         <v>511</v>
       </c>
       <c r="I31">
         <v>634</v>
       </c>
       <c r="J31">
         <v>644</v>
       </c>
       <c r="K31">
         <v>2333</v>
       </c>
@@ -13288,107 +20843,107 @@
       <c r="T31">
         <v>2447</v>
       </c>
       <c r="U31">
         <v>58</v>
       </c>
       <c r="V31">
         <v>64</v>
       </c>
       <c r="W31">
         <v>122</v>
       </c>
       <c r="X31">
         <v>41</v>
       </c>
       <c r="Y31">
         <v>59</v>
       </c>
       <c r="Z31">
         <v>100</v>
       </c>
       <c r="AA31">
         <v>22</v>
       </c>
       <c r="AB31" t="s">
-        <v>161</v>
+        <v>200</v>
       </c>
       <c r="AC31">
         <v>77</v>
       </c>
       <c r="AD31">
         <v>1838</v>
       </c>
       <c r="AE31">
         <v>1943</v>
       </c>
       <c r="AG31">
         <v>30</v>
       </c>
       <c r="AH31">
         <v>32</v>
       </c>
       <c r="AI31">
         <v>-2</v>
       </c>
       <c r="AJ31">
         <v>1833</v>
       </c>
       <c r="AK31">
         <v>1944</v>
       </c>
       <c r="AL31">
         <v>25</v>
       </c>
       <c r="AM31">
         <v>21</v>
       </c>
       <c r="AN31">
         <v>4</v>
       </c>
       <c r="AP31">
         <v>19</v>
       </c>
       <c r="AR31">
         <v>0</v>
       </c>
       <c r="AS31">
         <v>4352</v>
       </c>
       <c r="AT31">
         <v>5124</v>
       </c>
     </row>
     <row r="32" spans="1:46">
       <c r="A32" t="s">
-        <v>163</v>
+        <v>97</v>
       </c>
       <c r="B32" t="s">
         <v>51</v>
       </c>
       <c r="C32" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D32">
         <v>59</v>
       </c>
       <c r="E32">
         <v>2608</v>
       </c>
       <c r="F32">
         <v>1662</v>
       </c>
       <c r="G32">
         <v>661</v>
       </c>
       <c r="H32">
         <v>597</v>
       </c>
       <c r="I32">
         <v>677</v>
       </c>
       <c r="J32">
         <v>662</v>
       </c>
       <c r="K32">
         <v>2597</v>
       </c>
@@ -13419,110 +20974,110 @@
       <c r="T32">
         <v>2861</v>
       </c>
       <c r="U32">
         <v>48</v>
       </c>
       <c r="V32">
         <v>58</v>
       </c>
       <c r="W32">
         <v>106</v>
       </c>
       <c r="X32">
         <v>29</v>
       </c>
       <c r="Y32">
         <v>6</v>
       </c>
       <c r="Z32">
         <v>35</v>
       </c>
       <c r="AA32">
         <v>71</v>
       </c>
       <c r="AB32" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC32">
         <v>59</v>
       </c>
       <c r="AD32">
         <v>2336</v>
       </c>
       <c r="AE32">
         <v>2663</v>
       </c>
       <c r="AG32">
         <v>35</v>
       </c>
       <c r="AH32">
         <v>27</v>
       </c>
       <c r="AI32">
         <v>8</v>
       </c>
       <c r="AJ32">
         <v>2628</v>
       </c>
       <c r="AK32">
         <v>2722</v>
       </c>
       <c r="AL32">
         <v>47</v>
       </c>
       <c r="AM32">
         <v>22</v>
       </c>
       <c r="AN32">
         <v>25</v>
       </c>
       <c r="AO32" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP32">
         <v>15</v>
       </c>
       <c r="AR32">
         <v>0</v>
       </c>
       <c r="AS32">
         <v>4881</v>
       </c>
       <c r="AT32">
         <v>1792</v>
       </c>
     </row>
     <row r="33" spans="1:46">
       <c r="A33" t="s">
-        <v>164</v>
+        <v>99</v>
       </c>
       <c r="B33" t="s">
         <v>47</v>
       </c>
       <c r="C33" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D33">
         <v>64</v>
       </c>
       <c r="E33">
         <v>2414</v>
       </c>
       <c r="F33">
         <v>1221</v>
       </c>
       <c r="G33">
         <v>566</v>
       </c>
       <c r="H33">
         <v>493</v>
       </c>
       <c r="I33">
         <v>649</v>
       </c>
       <c r="J33">
         <v>696</v>
       </c>
       <c r="K33">
         <v>2404</v>
       </c>
@@ -13553,110 +21108,110 @@
       <c r="T33">
         <v>2566</v>
       </c>
       <c r="U33">
         <v>65</v>
       </c>
       <c r="V33">
         <v>66</v>
       </c>
       <c r="W33">
         <v>131</v>
       </c>
       <c r="X33">
         <v>54</v>
       </c>
       <c r="Y33">
         <v>47</v>
       </c>
       <c r="Z33">
         <v>101</v>
       </c>
       <c r="AA33">
         <v>30</v>
       </c>
       <c r="AB33" t="s">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="AC33">
         <v>72</v>
       </c>
       <c r="AD33">
         <v>2248</v>
       </c>
       <c r="AE33">
         <v>2730</v>
       </c>
       <c r="AG33">
         <v>40</v>
       </c>
       <c r="AH33">
         <v>49</v>
       </c>
       <c r="AI33">
         <v>-9</v>
       </c>
       <c r="AJ33">
         <v>2485</v>
       </c>
       <c r="AK33">
         <v>2730</v>
       </c>
       <c r="AL33">
         <v>48</v>
       </c>
       <c r="AM33">
         <v>51</v>
       </c>
       <c r="AN33">
         <v>-3</v>
       </c>
       <c r="AO33" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP33">
         <v>19</v>
       </c>
       <c r="AR33">
         <v>0</v>
       </c>
       <c r="AS33">
         <v>4869</v>
       </c>
       <c r="AT33">
         <v>3584</v>
       </c>
     </row>
     <row r="34" spans="1:46">
       <c r="A34" t="s">
-        <v>164</v>
+        <v>99</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D34">
         <v>59</v>
       </c>
       <c r="E34">
         <v>2551</v>
       </c>
       <c r="F34">
         <v>1129</v>
       </c>
       <c r="G34">
         <v>745</v>
       </c>
       <c r="H34">
         <v>526</v>
       </c>
       <c r="I34">
         <v>663</v>
       </c>
       <c r="J34">
         <v>623</v>
       </c>
       <c r="K34">
         <v>2557</v>
       </c>
@@ -13687,110 +21242,110 @@
       <c r="T34">
         <v>2775</v>
       </c>
       <c r="U34">
         <v>36</v>
       </c>
       <c r="V34">
         <v>38</v>
       </c>
       <c r="W34">
         <v>74</v>
       </c>
       <c r="X34">
         <v>21</v>
       </c>
       <c r="Y34">
         <v>0</v>
       </c>
       <c r="Z34">
         <v>21</v>
       </c>
       <c r="AA34">
         <v>53</v>
       </c>
       <c r="AB34" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC34">
         <v>62</v>
       </c>
       <c r="AD34">
         <v>1980</v>
       </c>
       <c r="AE34">
         <v>1829</v>
       </c>
       <c r="AG34">
         <v>13</v>
       </c>
       <c r="AH34">
         <v>38</v>
       </c>
       <c r="AI34">
         <v>-25</v>
       </c>
       <c r="AJ34">
         <v>2019</v>
       </c>
       <c r="AK34">
         <v>1950</v>
       </c>
       <c r="AL34">
         <v>20</v>
       </c>
       <c r="AM34">
         <v>47</v>
       </c>
       <c r="AN34">
         <v>-27</v>
       </c>
       <c r="AO34" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP34">
         <v>14</v>
       </c>
       <c r="AR34">
         <v>0</v>
       </c>
       <c r="AS34">
         <v>6096</v>
       </c>
       <c r="AT34">
         <v>4328</v>
       </c>
     </row>
     <row r="35" spans="1:46">
       <c r="A35" t="s">
-        <v>165</v>
+        <v>101</v>
       </c>
       <c r="B35" t="s">
         <v>47</v>
       </c>
       <c r="C35" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="D35">
         <v>60</v>
       </c>
       <c r="E35">
         <v>2273</v>
       </c>
       <c r="F35">
         <v>846</v>
       </c>
       <c r="G35">
         <v>539</v>
       </c>
       <c r="H35">
         <v>485</v>
       </c>
       <c r="I35">
         <v>650</v>
       </c>
       <c r="J35">
         <v>585</v>
       </c>
       <c r="K35">
         <v>2259</v>
       </c>
@@ -13821,107 +21376,107 @@
       <c r="T35">
         <v>2468</v>
       </c>
       <c r="U35">
         <v>52</v>
       </c>
       <c r="V35">
         <v>69</v>
       </c>
       <c r="W35">
         <v>121</v>
       </c>
       <c r="X35">
         <v>0</v>
       </c>
       <c r="Y35">
         <v>0</v>
       </c>
       <c r="Z35">
         <v>0</v>
       </c>
       <c r="AA35">
         <v>121</v>
       </c>
       <c r="AB35" t="s">
-        <v>166</v>
+        <v>201</v>
       </c>
       <c r="AC35">
         <v>74</v>
       </c>
       <c r="AD35">
         <v>2164</v>
       </c>
       <c r="AE35">
         <v>2339</v>
       </c>
       <c r="AG35">
         <v>53</v>
       </c>
       <c r="AH35">
         <v>0</v>
       </c>
       <c r="AI35">
         <v>53</v>
       </c>
       <c r="AJ35">
         <v>2145</v>
       </c>
       <c r="AK35">
         <v>2306</v>
       </c>
       <c r="AL35">
         <v>28</v>
       </c>
       <c r="AM35">
         <v>0</v>
       </c>
       <c r="AN35">
         <v>28</v>
       </c>
       <c r="AP35">
         <v>0</v>
       </c>
       <c r="AR35">
         <v>0</v>
       </c>
       <c r="AS35">
         <v>0</v>
       </c>
       <c r="AT35">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:46">
       <c r="A36" t="s">
-        <v>165</v>
+        <v>101</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D36">
         <v>62</v>
       </c>
       <c r="E36">
         <v>2390</v>
       </c>
       <c r="F36">
         <v>1078</v>
       </c>
       <c r="G36">
         <v>639</v>
       </c>
       <c r="H36">
         <v>515</v>
       </c>
       <c r="I36">
         <v>574</v>
       </c>
       <c r="J36">
         <v>651</v>
       </c>
       <c r="K36">
         <v>2379</v>
       </c>
@@ -13952,110 +21507,110 @@
       <c r="T36">
         <v>2597</v>
       </c>
       <c r="U36">
         <v>54</v>
       </c>
       <c r="V36">
         <v>32</v>
       </c>
       <c r="W36">
         <v>86</v>
       </c>
       <c r="X36">
         <v>10</v>
       </c>
       <c r="Y36">
         <v>18</v>
       </c>
       <c r="Z36">
         <v>28</v>
       </c>
       <c r="AA36">
         <v>58</v>
       </c>
       <c r="AB36" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="AC36">
         <v>57</v>
       </c>
       <c r="AD36">
         <v>2104</v>
       </c>
       <c r="AE36">
         <v>2095</v>
       </c>
       <c r="AG36">
         <v>29</v>
       </c>
       <c r="AH36">
         <v>17</v>
       </c>
       <c r="AI36">
         <v>12</v>
       </c>
       <c r="AJ36">
         <v>2106</v>
       </c>
       <c r="AK36">
         <v>2165</v>
       </c>
       <c r="AL36">
         <v>35</v>
       </c>
       <c r="AM36">
         <v>23</v>
       </c>
       <c r="AN36">
         <v>12</v>
       </c>
       <c r="AO36" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP36">
         <v>15</v>
       </c>
       <c r="AR36">
         <v>0</v>
       </c>
       <c r="AS36">
         <v>5292</v>
       </c>
       <c r="AT36">
         <v>3162</v>
       </c>
     </row>
     <row r="37" spans="1:46">
       <c r="A37" t="s">
-        <v>167</v>
+        <v>102</v>
       </c>
       <c r="B37" t="s">
         <v>47</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="D37">
         <v>53</v>
       </c>
       <c r="E37">
         <v>2104</v>
       </c>
       <c r="F37">
         <v>1172</v>
       </c>
       <c r="G37">
         <v>523</v>
       </c>
       <c r="H37">
         <v>469</v>
       </c>
       <c r="I37">
         <v>528</v>
       </c>
       <c r="J37">
         <v>593</v>
       </c>
       <c r="K37">
         <v>2113</v>
       </c>
@@ -14086,110 +21641,110 @@
       <c r="T37">
         <v>1212</v>
       </c>
       <c r="U37">
         <v>43</v>
       </c>
       <c r="V37">
         <v>71</v>
       </c>
       <c r="W37">
         <v>114</v>
       </c>
       <c r="X37">
         <v>35</v>
       </c>
       <c r="Y37">
         <v>27</v>
       </c>
       <c r="Z37">
         <v>62</v>
       </c>
       <c r="AA37">
         <v>52</v>
       </c>
       <c r="AB37" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="AC37">
         <v>69</v>
       </c>
       <c r="AD37">
         <v>2246</v>
       </c>
       <c r="AE37">
         <v>2483</v>
       </c>
       <c r="AG37">
         <v>58</v>
       </c>
       <c r="AH37">
         <v>71</v>
       </c>
       <c r="AI37">
         <v>-13</v>
       </c>
       <c r="AJ37">
         <v>2441</v>
       </c>
       <c r="AK37">
         <v>2483</v>
       </c>
       <c r="AL37">
         <v>54</v>
       </c>
       <c r="AM37">
         <v>46</v>
       </c>
       <c r="AN37">
         <v>8</v>
       </c>
       <c r="AO37" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP37">
         <v>18</v>
       </c>
       <c r="AR37">
         <v>0</v>
       </c>
       <c r="AS37">
         <v>5350</v>
       </c>
       <c r="AT37">
         <v>6092</v>
       </c>
     </row>
     <row r="38" spans="1:46">
       <c r="A38" t="s">
-        <v>167</v>
+        <v>102</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D38">
         <v>61</v>
       </c>
       <c r="E38">
         <v>2788</v>
       </c>
       <c r="F38">
         <v>1241</v>
       </c>
       <c r="G38">
         <v>673</v>
       </c>
       <c r="H38">
         <v>691</v>
       </c>
       <c r="I38">
         <v>699</v>
       </c>
       <c r="J38">
         <v>695</v>
       </c>
       <c r="K38">
         <v>2758</v>
       </c>
@@ -14253,74 +21808,74 @@
       <c r="AG38">
         <v>30</v>
       </c>
       <c r="AH38">
         <v>33</v>
       </c>
       <c r="AI38">
         <v>-3</v>
       </c>
       <c r="AJ38">
         <v>2323</v>
       </c>
       <c r="AK38">
         <v>2326</v>
       </c>
       <c r="AL38">
         <v>23</v>
       </c>
       <c r="AM38">
         <v>38</v>
       </c>
       <c r="AN38">
         <v>-15</v>
       </c>
       <c r="AO38" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP38">
         <v>15</v>
       </c>
       <c r="AR38">
         <v>0</v>
       </c>
       <c r="AS38">
         <v>4098</v>
       </c>
       <c r="AT38">
         <v>1480</v>
       </c>
     </row>
     <row r="39" spans="1:46">
       <c r="A39" t="s">
-        <v>169</v>
+        <v>103</v>
       </c>
       <c r="B39" t="s">
         <v>47</v>
       </c>
       <c r="C39" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D39">
         <v>65</v>
       </c>
       <c r="E39">
         <v>2128</v>
       </c>
       <c r="F39">
         <v>1107</v>
       </c>
       <c r="G39">
         <v>558</v>
       </c>
       <c r="H39">
         <v>453</v>
       </c>
       <c r="I39">
         <v>575</v>
       </c>
       <c r="J39">
         <v>556</v>
       </c>
       <c r="K39">
         <v>2142</v>
       </c>
@@ -14351,110 +21906,110 @@
       <c r="T39">
         <v>2270</v>
       </c>
       <c r="U39">
         <v>84</v>
       </c>
       <c r="V39">
         <v>86</v>
       </c>
       <c r="W39">
         <v>170</v>
       </c>
       <c r="X39">
         <v>60</v>
       </c>
       <c r="Y39">
         <v>71</v>
       </c>
       <c r="Z39">
         <v>131</v>
       </c>
       <c r="AA39">
         <v>39</v>
       </c>
       <c r="AB39" t="s">
-        <v>170</v>
+        <v>203</v>
       </c>
       <c r="AC39">
         <v>75</v>
       </c>
       <c r="AD39">
         <v>1874</v>
       </c>
       <c r="AE39">
         <v>2144</v>
       </c>
       <c r="AG39">
         <v>55</v>
       </c>
       <c r="AH39">
         <v>56</v>
       </c>
       <c r="AI39">
         <v>-1</v>
       </c>
       <c r="AJ39">
         <v>2021</v>
       </c>
       <c r="AK39">
         <v>2144</v>
       </c>
       <c r="AL39">
         <v>39</v>
       </c>
       <c r="AM39">
         <v>37</v>
       </c>
       <c r="AN39">
         <v>2</v>
       </c>
       <c r="AO39" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP39">
         <v>20</v>
       </c>
       <c r="AR39">
         <v>0</v>
       </c>
       <c r="AS39">
         <v>5688</v>
       </c>
       <c r="AT39">
         <v>6483</v>
       </c>
     </row>
     <row r="40" spans="1:46">
       <c r="A40" t="s">
-        <v>169</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D40">
         <v>56</v>
       </c>
       <c r="E40">
         <v>2289</v>
       </c>
       <c r="F40">
         <v>834</v>
       </c>
       <c r="G40">
         <v>590</v>
       </c>
       <c r="H40">
         <v>595</v>
       </c>
       <c r="I40">
         <v>655</v>
       </c>
       <c r="J40">
         <v>437</v>
       </c>
       <c r="K40">
         <v>2277</v>
       </c>
@@ -14518,74 +22073,74 @@
       <c r="AG40">
         <v>36</v>
       </c>
       <c r="AH40">
         <v>33</v>
       </c>
       <c r="AI40">
         <v>3</v>
       </c>
       <c r="AJ40">
         <v>2085</v>
       </c>
       <c r="AK40">
         <v>2042</v>
       </c>
       <c r="AL40">
         <v>42</v>
       </c>
       <c r="AM40">
         <v>27</v>
       </c>
       <c r="AN40">
         <v>15</v>
       </c>
       <c r="AO40" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP40">
         <v>19</v>
       </c>
       <c r="AR40">
         <v>0</v>
       </c>
       <c r="AS40">
         <v>5792</v>
       </c>
       <c r="AT40">
         <v>2120</v>
       </c>
     </row>
     <row r="41" spans="1:46">
       <c r="A41" t="s">
-        <v>171</v>
+        <v>106</v>
       </c>
       <c r="B41" t="s">
         <v>47</v>
       </c>
       <c r="C41" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D41">
         <v>61</v>
       </c>
       <c r="E41">
         <v>2254</v>
       </c>
       <c r="F41">
         <v>976</v>
       </c>
       <c r="G41">
         <v>427</v>
       </c>
       <c r="H41">
         <v>558</v>
       </c>
       <c r="I41">
         <v>611</v>
       </c>
       <c r="J41">
         <v>639</v>
       </c>
       <c r="K41">
         <v>2235</v>
       </c>
@@ -14616,110 +22171,110 @@
       <c r="T41">
         <v>2414</v>
       </c>
       <c r="U41">
         <v>89</v>
       </c>
       <c r="V41">
         <v>100</v>
       </c>
       <c r="W41">
         <v>189</v>
       </c>
       <c r="X41">
         <v>67</v>
       </c>
       <c r="Y41">
         <v>71</v>
       </c>
       <c r="Z41">
         <v>138</v>
       </c>
       <c r="AA41">
         <v>51</v>
       </c>
       <c r="AB41" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="AC41">
         <v>63</v>
       </c>
       <c r="AD41">
         <v>1853</v>
       </c>
       <c r="AE41">
         <v>1980</v>
       </c>
       <c r="AG41">
         <v>21</v>
       </c>
       <c r="AH41">
         <v>20</v>
       </c>
       <c r="AI41">
         <v>1</v>
       </c>
       <c r="AJ41">
         <v>1943</v>
       </c>
       <c r="AK41">
         <v>1943</v>
       </c>
       <c r="AL41">
         <v>29</v>
       </c>
       <c r="AM41">
         <v>29</v>
       </c>
       <c r="AN41">
         <v>0</v>
       </c>
       <c r="AO41" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP41">
         <v>13</v>
       </c>
       <c r="AR41">
         <v>0</v>
       </c>
       <c r="AS41">
         <v>4569</v>
       </c>
       <c r="AT41">
         <v>2760</v>
       </c>
     </row>
     <row r="42" spans="1:46">
       <c r="A42" t="s">
-        <v>171</v>
+        <v>106</v>
       </c>
       <c r="B42" t="s">
         <v>51</v>
       </c>
       <c r="C42" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D42">
         <v>60</v>
       </c>
       <c r="E42">
         <v>2393</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>547</v>
       </c>
       <c r="H42">
         <v>594</v>
       </c>
       <c r="I42">
         <v>569</v>
       </c>
       <c r="J42">
         <v>657</v>
       </c>
       <c r="K42">
         <v>2367</v>
       </c>
@@ -14783,74 +22338,74 @@
       <c r="AG42">
         <v>27</v>
       </c>
       <c r="AH42">
         <v>39</v>
       </c>
       <c r="AI42">
         <v>-12</v>
       </c>
       <c r="AJ42">
         <v>2233</v>
       </c>
       <c r="AK42">
         <v>2231</v>
       </c>
       <c r="AL42">
         <v>24</v>
       </c>
       <c r="AM42">
         <v>16</v>
       </c>
       <c r="AN42">
         <v>8</v>
       </c>
       <c r="AO42" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP42">
         <v>18</v>
       </c>
       <c r="AR42">
         <v>0</v>
       </c>
       <c r="AS42">
         <v>5344</v>
       </c>
       <c r="AT42">
         <v>4808</v>
       </c>
     </row>
     <row r="43" spans="1:46">
       <c r="A43" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="B43" t="s">
         <v>47</v>
       </c>
       <c r="C43" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D43">
         <v>58</v>
       </c>
       <c r="E43">
         <v>2261</v>
       </c>
       <c r="F43">
         <v>1162</v>
       </c>
       <c r="G43">
         <v>517</v>
       </c>
       <c r="H43">
         <v>603</v>
       </c>
       <c r="I43">
         <v>590</v>
       </c>
       <c r="J43">
         <v>571</v>
       </c>
       <c r="K43">
         <v>2281</v>
       </c>
@@ -14881,110 +22436,110 @@
       <c r="T43">
         <v>2396</v>
       </c>
       <c r="U43">
         <v>56</v>
       </c>
       <c r="V43">
         <v>68</v>
       </c>
       <c r="W43">
         <v>124</v>
       </c>
       <c r="X43">
         <v>43</v>
       </c>
       <c r="Y43">
         <v>33</v>
       </c>
       <c r="Z43">
         <v>76</v>
       </c>
       <c r="AA43">
         <v>48</v>
       </c>
       <c r="AB43" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="AC43">
         <v>61</v>
       </c>
       <c r="AD43">
         <v>2316</v>
       </c>
       <c r="AE43">
         <v>2523</v>
       </c>
       <c r="AG43">
         <v>34</v>
       </c>
       <c r="AH43">
         <v>49</v>
       </c>
       <c r="AI43">
         <v>-15</v>
       </c>
       <c r="AJ43">
         <v>2386</v>
       </c>
       <c r="AK43">
         <v>2523</v>
       </c>
       <c r="AL43">
         <v>43</v>
       </c>
       <c r="AM43">
         <v>40</v>
       </c>
       <c r="AN43">
         <v>3</v>
       </c>
       <c r="AO43" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP43">
         <v>17</v>
       </c>
       <c r="AR43">
         <v>0</v>
       </c>
       <c r="AS43">
         <v>5263</v>
       </c>
       <c r="AT43">
         <v>4670</v>
       </c>
     </row>
     <row r="44" spans="1:46">
       <c r="A44" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="B44" t="s">
         <v>51</v>
       </c>
       <c r="C44" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D44">
         <v>60</v>
       </c>
       <c r="E44">
         <v>2334</v>
       </c>
       <c r="F44">
         <v>1456</v>
       </c>
       <c r="G44">
         <v>636</v>
       </c>
       <c r="H44">
         <v>635</v>
       </c>
       <c r="I44">
         <v>582</v>
       </c>
       <c r="J44">
         <v>483</v>
       </c>
       <c r="K44">
         <v>2336</v>
       </c>
@@ -15048,74 +22603,74 @@
       <c r="AG44">
         <v>34</v>
       </c>
       <c r="AH44">
         <v>20</v>
       </c>
       <c r="AI44">
         <v>14</v>
       </c>
       <c r="AJ44">
         <v>2329</v>
       </c>
       <c r="AK44">
         <v>2332</v>
       </c>
       <c r="AL44">
         <v>31</v>
       </c>
       <c r="AM44">
         <v>18</v>
       </c>
       <c r="AN44">
         <v>13</v>
       </c>
       <c r="AO44" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP44">
         <v>16</v>
       </c>
       <c r="AR44">
         <v>0</v>
       </c>
       <c r="AS44">
         <v>6080</v>
       </c>
       <c r="AT44">
         <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:46">
       <c r="A45" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="B45" t="s">
         <v>47</v>
       </c>
       <c r="C45" t="s">
-        <v>154</v>
+        <v>194</v>
       </c>
       <c r="D45">
         <v>60</v>
       </c>
       <c r="E45">
         <v>2347</v>
       </c>
       <c r="F45">
         <v>1590</v>
       </c>
       <c r="G45">
         <v>632</v>
       </c>
       <c r="H45">
         <v>551</v>
       </c>
       <c r="I45">
         <v>603</v>
       </c>
       <c r="J45">
         <v>532</v>
       </c>
       <c r="K45">
         <v>2318</v>
       </c>
@@ -15146,110 +22701,110 @@
       <c r="T45">
         <v>2503</v>
       </c>
       <c r="U45">
         <v>70</v>
       </c>
       <c r="V45">
         <v>94</v>
       </c>
       <c r="W45">
         <v>164</v>
       </c>
       <c r="X45">
         <v>63</v>
       </c>
       <c r="Y45">
         <v>56</v>
       </c>
       <c r="Z45">
         <v>119</v>
       </c>
       <c r="AA45">
         <v>45</v>
       </c>
       <c r="AB45" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="AC45">
         <v>69</v>
       </c>
       <c r="AD45">
         <v>2278</v>
       </c>
       <c r="AE45">
         <v>2525</v>
       </c>
       <c r="AG45">
         <v>61</v>
       </c>
       <c r="AH45">
         <v>66</v>
       </c>
       <c r="AI45">
         <v>-5</v>
       </c>
       <c r="AJ45">
         <v>2445</v>
       </c>
       <c r="AK45">
         <v>2530</v>
       </c>
       <c r="AL45">
         <v>85</v>
       </c>
       <c r="AM45">
         <v>86</v>
       </c>
       <c r="AN45">
         <v>-1</v>
       </c>
       <c r="AO45" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP45">
         <v>20</v>
       </c>
       <c r="AR45">
         <v>0</v>
       </c>
       <c r="AS45">
         <v>4610</v>
       </c>
       <c r="AT45">
         <v>10628</v>
       </c>
     </row>
     <row r="46" spans="1:46">
       <c r="A46" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="B46" t="s">
         <v>51</v>
       </c>
       <c r="C46" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D46">
         <v>60</v>
       </c>
       <c r="E46">
         <v>2572</v>
       </c>
       <c r="F46">
         <v>1626</v>
       </c>
       <c r="G46">
         <v>699</v>
       </c>
       <c r="H46">
         <v>718</v>
       </c>
       <c r="I46">
         <v>523</v>
       </c>
       <c r="J46">
         <v>611</v>
       </c>
       <c r="K46">
         <v>2551</v>
       </c>
@@ -15313,74 +22868,74 @@
       <c r="AG46">
         <v>26</v>
       </c>
       <c r="AH46">
         <v>35</v>
       </c>
       <c r="AI46">
         <v>-9</v>
       </c>
       <c r="AJ46">
         <v>2531</v>
       </c>
       <c r="AK46">
         <v>2729</v>
       </c>
       <c r="AL46">
         <v>34</v>
       </c>
       <c r="AM46">
         <v>27</v>
       </c>
       <c r="AN46">
         <v>7</v>
       </c>
       <c r="AO46" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="AP46">
         <v>15</v>
       </c>
       <c r="AR46">
         <v>0</v>
       </c>
       <c r="AS46">
         <v>5134</v>
       </c>
       <c r="AT46">
         <v>4584</v>
       </c>
     </row>
     <row r="47" spans="1:46">
       <c r="A47" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="B47" t="s">
         <v>47</v>
       </c>
       <c r="C47" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="D47">
         <v>57</v>
       </c>
       <c r="E47">
         <v>2421</v>
       </c>
       <c r="F47">
         <v>1838</v>
       </c>
       <c r="G47">
         <v>663</v>
       </c>
       <c r="H47">
         <v>532</v>
       </c>
       <c r="I47">
         <v>581</v>
       </c>
       <c r="J47">
         <v>613</v>
       </c>
       <c r="K47">
         <v>2389</v>
       </c>
@@ -15411,110 +22966,110 @@
       <c r="T47">
         <v>2556</v>
       </c>
       <c r="U47">
         <v>34</v>
       </c>
       <c r="V47">
         <v>67</v>
       </c>
       <c r="W47">
         <v>101</v>
       </c>
       <c r="X47">
         <v>32</v>
       </c>
       <c r="Y47">
         <v>27</v>
       </c>
       <c r="Z47">
         <v>59</v>
       </c>
       <c r="AA47">
         <v>42</v>
       </c>
       <c r="AB47" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="AC47">
         <v>69</v>
       </c>
       <c r="AD47">
         <v>2404</v>
       </c>
       <c r="AE47">
         <v>2944</v>
       </c>
       <c r="AG47">
         <v>49</v>
       </c>
       <c r="AH47">
         <v>52</v>
       </c>
       <c r="AI47">
         <v>-3</v>
       </c>
       <c r="AJ47">
         <v>2719</v>
       </c>
       <c r="AK47">
         <v>2954</v>
       </c>
       <c r="AL47">
         <v>60</v>
       </c>
       <c r="AM47">
         <v>58</v>
       </c>
       <c r="AN47">
         <v>2</v>
       </c>
       <c r="AO47" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="AP47">
         <v>18</v>
       </c>
       <c r="AR47">
         <v>0</v>
       </c>
       <c r="AS47">
         <v>5571</v>
       </c>
       <c r="AT47">
         <v>9432</v>
       </c>
     </row>
     <row r="48" spans="1:46">
       <c r="A48" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="B48" t="s">
         <v>51</v>
       </c>
       <c r="C48" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D48">
         <v>62</v>
       </c>
       <c r="E48">
         <v>2452</v>
       </c>
       <c r="F48">
         <v>1684</v>
       </c>
       <c r="G48">
         <v>582</v>
       </c>
       <c r="H48">
         <v>671</v>
       </c>
       <c r="I48">
         <v>635</v>
       </c>
       <c r="J48">
         <v>561</v>
       </c>
       <c r="K48">
         <v>2449</v>
       </c>
@@ -15578,74 +23133,74 @@
       <c r="AG48">
         <v>34</v>
       </c>
       <c r="AH48">
         <v>26</v>
       </c>
       <c r="AI48">
         <v>8</v>
       </c>
       <c r="AJ48">
         <v>2548</v>
       </c>
       <c r="AK48">
         <v>2697</v>
       </c>
       <c r="AL48">
         <v>40</v>
       </c>
       <c r="AM48">
         <v>35</v>
       </c>
       <c r="AN48">
         <v>5</v>
       </c>
       <c r="AO48" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP48">
         <v>18</v>
       </c>
       <c r="AR48">
         <v>0</v>
       </c>
       <c r="AS48">
         <v>5861</v>
       </c>
       <c r="AT48">
         <v>7036</v>
       </c>
     </row>
     <row r="49" spans="1:46">
       <c r="A49" t="s">
-        <v>175</v>
+        <v>117</v>
       </c>
       <c r="B49" t="s">
         <v>47</v>
       </c>
       <c r="C49" t="s">
-        <v>154</v>
+        <v>194</v>
       </c>
       <c r="D49">
         <v>31</v>
       </c>
       <c r="E49">
         <v>2024</v>
       </c>
       <c r="F49">
         <v>1385</v>
       </c>
       <c r="G49">
         <v>465</v>
       </c>
       <c r="H49">
         <v>524</v>
       </c>
       <c r="I49">
         <v>516</v>
       </c>
       <c r="J49">
         <v>508</v>
       </c>
       <c r="K49">
         <v>2013</v>
       </c>
@@ -15676,107 +23231,107 @@
       <c r="T49">
         <v>2021</v>
       </c>
       <c r="U49">
         <v>79</v>
       </c>
       <c r="V49">
         <v>94</v>
       </c>
       <c r="W49">
         <v>173</v>
       </c>
       <c r="X49">
         <v>0</v>
       </c>
       <c r="Y49">
         <v>0</v>
       </c>
       <c r="Z49">
         <v>0</v>
       </c>
       <c r="AA49">
         <v>173</v>
       </c>
       <c r="AB49" t="s">
-        <v>176</v>
+        <v>207</v>
       </c>
       <c r="AC49">
         <v>25</v>
       </c>
       <c r="AD49">
         <v>1930</v>
       </c>
       <c r="AE49">
         <v>2003</v>
       </c>
       <c r="AG49">
         <v>33</v>
       </c>
       <c r="AH49">
         <v>0</v>
       </c>
       <c r="AI49">
         <v>33</v>
       </c>
       <c r="AJ49">
         <v>1899</v>
       </c>
       <c r="AK49">
         <v>2003</v>
       </c>
       <c r="AL49">
         <v>42</v>
       </c>
       <c r="AM49">
         <v>0</v>
       </c>
       <c r="AN49">
         <v>42</v>
       </c>
       <c r="AP49">
         <v>3</v>
       </c>
       <c r="AR49">
         <v>0</v>
       </c>
       <c r="AS49">
         <v>0</v>
       </c>
       <c r="AT49">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:46">
       <c r="A50" t="s">
-        <v>175</v>
+        <v>117</v>
       </c>
       <c r="B50" t="s">
         <v>51</v>
       </c>
       <c r="C50" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="D50">
         <v>32</v>
       </c>
       <c r="E50">
         <v>2083</v>
       </c>
       <c r="F50">
         <v>1169</v>
       </c>
       <c r="G50">
         <v>603</v>
       </c>
       <c r="H50">
         <v>447</v>
       </c>
       <c r="I50">
         <v>489</v>
       </c>
       <c r="J50">
         <v>514</v>
       </c>
       <c r="K50">
         <v>2053</v>
       </c>
@@ -15807,110 +23362,110 @@
       <c r="T50">
         <v>2260</v>
       </c>
       <c r="U50">
         <v>41</v>
       </c>
       <c r="V50">
         <v>65</v>
       </c>
       <c r="W50">
         <v>106</v>
       </c>
       <c r="X50">
         <v>29</v>
       </c>
       <c r="Y50">
         <v>101</v>
       </c>
       <c r="Z50">
         <v>130</v>
       </c>
       <c r="AA50">
         <v>-24</v>
       </c>
       <c r="AB50" t="s">
-        <v>177</v>
+        <v>208</v>
       </c>
       <c r="AC50">
         <v>47</v>
       </c>
       <c r="AD50">
         <v>2326</v>
       </c>
       <c r="AE50">
         <v>2662</v>
       </c>
       <c r="AG50">
         <v>66</v>
       </c>
       <c r="AH50">
         <v>38</v>
       </c>
       <c r="AI50">
         <v>28</v>
       </c>
       <c r="AJ50">
         <v>2590</v>
       </c>
       <c r="AK50">
         <v>2741</v>
       </c>
       <c r="AL50">
         <v>36</v>
       </c>
       <c r="AM50">
         <v>44</v>
       </c>
       <c r="AN50">
         <v>-8</v>
       </c>
       <c r="AO50" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP50">
         <v>13</v>
       </c>
       <c r="AR50">
         <v>0</v>
       </c>
       <c r="AS50">
         <v>6882</v>
       </c>
       <c r="AT50">
         <v>8233</v>
       </c>
     </row>
     <row r="51" spans="1:46">
       <c r="A51" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B51" t="s">
         <v>47</v>
       </c>
       <c r="C51" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D51">
         <v>61</v>
       </c>
       <c r="E51">
         <v>2526</v>
       </c>
       <c r="F51">
         <v>1626</v>
       </c>
       <c r="G51">
         <v>661</v>
       </c>
       <c r="H51">
         <v>648</v>
       </c>
       <c r="I51">
         <v>645</v>
       </c>
       <c r="J51">
         <v>579</v>
       </c>
       <c r="K51">
         <v>2533</v>
       </c>
@@ -15974,74 +23529,74 @@
       <c r="AG51">
         <v>30</v>
       </c>
       <c r="AH51">
         <v>38</v>
       </c>
       <c r="AI51">
         <v>-8</v>
       </c>
       <c r="AJ51">
         <v>2525</v>
       </c>
       <c r="AK51">
         <v>2630</v>
       </c>
       <c r="AL51">
         <v>42</v>
       </c>
       <c r="AM51">
         <v>43</v>
       </c>
       <c r="AN51">
         <v>-1</v>
       </c>
       <c r="AO51" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP51">
         <v>18</v>
       </c>
       <c r="AR51">
         <v>0</v>
       </c>
       <c r="AS51">
         <v>6253</v>
       </c>
       <c r="AT51">
         <v>2909</v>
       </c>
     </row>
     <row r="52" spans="1:46">
       <c r="A52" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B52" t="s">
         <v>51</v>
       </c>
       <c r="C52" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="D52">
         <v>65</v>
       </c>
       <c r="E52">
         <v>2508</v>
       </c>
       <c r="F52">
         <v>1574</v>
       </c>
       <c r="G52">
         <v>706</v>
       </c>
       <c r="H52">
         <v>576</v>
       </c>
       <c r="I52">
         <v>617</v>
       </c>
       <c r="J52">
         <v>582</v>
       </c>
       <c r="K52">
         <v>2481</v>
       </c>
@@ -16072,110 +23627,110 @@
       <c r="T52">
         <v>2607</v>
       </c>
       <c r="U52">
         <v>55</v>
       </c>
       <c r="V52">
         <v>72</v>
       </c>
       <c r="W52">
         <v>127</v>
       </c>
       <c r="X52">
         <v>23</v>
       </c>
       <c r="Y52">
         <v>0</v>
       </c>
       <c r="Z52">
         <v>23</v>
       </c>
       <c r="AA52">
         <v>104</v>
       </c>
       <c r="AB52" t="s">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="AC52">
         <v>75</v>
       </c>
       <c r="AD52">
         <v>2412</v>
       </c>
       <c r="AE52">
         <v>1632</v>
       </c>
       <c r="AG52">
         <v>44</v>
       </c>
       <c r="AH52">
         <v>68</v>
       </c>
       <c r="AI52">
         <v>-24</v>
       </c>
       <c r="AJ52">
         <v>2563</v>
       </c>
       <c r="AK52">
         <v>2750</v>
       </c>
       <c r="AL52">
         <v>39</v>
       </c>
       <c r="AM52">
         <v>33</v>
       </c>
       <c r="AN52">
         <v>6</v>
       </c>
       <c r="AO52" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP52">
         <v>16</v>
       </c>
       <c r="AR52">
         <v>0</v>
       </c>
       <c r="AS52">
         <v>4132</v>
       </c>
       <c r="AT52">
         <v>5272</v>
       </c>
     </row>
     <row r="53" spans="1:46">
       <c r="A53" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B53" t="s">
         <v>47</v>
       </c>
       <c r="C53" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D53">
         <v>63</v>
       </c>
       <c r="E53">
         <v>2620</v>
       </c>
       <c r="F53">
         <v>1719</v>
       </c>
       <c r="G53">
         <v>722</v>
       </c>
       <c r="H53">
         <v>668</v>
       </c>
       <c r="I53">
         <v>607</v>
       </c>
       <c r="J53">
         <v>628</v>
       </c>
       <c r="K53">
         <v>2625</v>
       </c>
@@ -16239,74 +23794,74 @@
       <c r="AG53">
         <v>42</v>
       </c>
       <c r="AH53">
         <v>45</v>
       </c>
       <c r="AI53">
         <v>-3</v>
       </c>
       <c r="AJ53">
         <v>2792</v>
       </c>
       <c r="AK53">
         <v>2704</v>
       </c>
       <c r="AL53">
         <v>36</v>
       </c>
       <c r="AM53">
         <v>47</v>
       </c>
       <c r="AN53">
         <v>-11</v>
       </c>
       <c r="AO53" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP53">
         <v>19</v>
       </c>
       <c r="AR53">
         <v>0</v>
       </c>
       <c r="AS53">
         <v>7175</v>
       </c>
       <c r="AT53">
         <v>3522</v>
       </c>
     </row>
     <row r="54" spans="1:46">
       <c r="A54" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B54" t="s">
         <v>51</v>
       </c>
       <c r="C54" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="D54">
         <v>66</v>
       </c>
       <c r="E54">
         <v>2547</v>
       </c>
       <c r="F54">
         <v>634</v>
       </c>
       <c r="G54">
         <v>580</v>
       </c>
       <c r="H54">
         <v>637</v>
       </c>
       <c r="I54">
         <v>616</v>
       </c>
       <c r="J54">
         <v>703</v>
       </c>
       <c r="K54">
         <v>2536</v>
       </c>
@@ -16337,110 +23892,110 @@
       <c r="T54">
         <v>2739</v>
       </c>
       <c r="U54">
         <v>44</v>
       </c>
       <c r="V54">
         <v>59</v>
       </c>
       <c r="W54">
         <v>103</v>
       </c>
       <c r="X54">
         <v>28</v>
       </c>
       <c r="Y54">
         <v>15</v>
       </c>
       <c r="Z54">
         <v>43</v>
       </c>
       <c r="AA54">
         <v>60</v>
       </c>
       <c r="AB54" t="s">
-        <v>166</v>
+        <v>201</v>
       </c>
       <c r="AC54">
         <v>75</v>
       </c>
       <c r="AD54">
         <v>2562</v>
       </c>
       <c r="AE54">
         <v>2783</v>
       </c>
       <c r="AG54">
         <v>60</v>
       </c>
       <c r="AH54">
         <v>44</v>
       </c>
       <c r="AI54">
         <v>16</v>
       </c>
       <c r="AJ54">
         <v>2854</v>
       </c>
       <c r="AK54">
         <v>2818</v>
       </c>
       <c r="AL54">
         <v>47</v>
       </c>
       <c r="AM54">
         <v>35</v>
       </c>
       <c r="AN54">
         <v>12</v>
       </c>
       <c r="AO54" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP54">
         <v>15</v>
       </c>
       <c r="AR54">
         <v>0</v>
       </c>
       <c r="AS54">
         <v>5302</v>
       </c>
       <c r="AT54">
         <v>4812</v>
       </c>
     </row>
     <row r="55" spans="1:46">
       <c r="A55" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="B55" t="s">
         <v>47</v>
       </c>
       <c r="C55" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D55">
         <v>56</v>
       </c>
       <c r="E55">
         <v>2702</v>
       </c>
       <c r="F55">
         <v>1277</v>
       </c>
       <c r="G55">
         <v>712</v>
       </c>
       <c r="H55">
         <v>675</v>
       </c>
       <c r="I55">
         <v>597</v>
       </c>
       <c r="J55">
         <v>705</v>
       </c>
       <c r="K55">
         <v>2689</v>
       </c>
@@ -16504,74 +24059,74 @@
       <c r="AG55">
         <v>38</v>
       </c>
       <c r="AH55">
         <v>33</v>
       </c>
       <c r="AI55">
         <v>5</v>
       </c>
       <c r="AJ55">
         <v>2706</v>
       </c>
       <c r="AK55">
         <v>2710</v>
       </c>
       <c r="AL55">
         <v>54</v>
       </c>
       <c r="AM55">
         <v>54</v>
       </c>
       <c r="AN55">
         <v>0</v>
       </c>
       <c r="AO55" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP55">
         <v>14</v>
       </c>
       <c r="AR55">
         <v>0</v>
       </c>
       <c r="AS55">
         <v>7139</v>
       </c>
       <c r="AT55">
         <v>5036</v>
       </c>
     </row>
     <row r="56" spans="1:46">
       <c r="A56" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="B56" t="s">
         <v>51</v>
       </c>
       <c r="C56" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="D56">
         <v>58</v>
       </c>
       <c r="E56">
         <v>2543</v>
       </c>
       <c r="F56">
         <v>1465</v>
       </c>
       <c r="G56">
         <v>712</v>
       </c>
       <c r="H56">
         <v>726</v>
       </c>
       <c r="I56">
         <v>597</v>
       </c>
       <c r="J56">
         <v>737</v>
       </c>
       <c r="K56">
         <v>2772</v>
       </c>
@@ -16602,110 +24157,110 @@
       <c r="T56">
         <v>2692</v>
       </c>
       <c r="U56">
         <v>40</v>
       </c>
       <c r="V56">
         <v>49</v>
       </c>
       <c r="W56">
         <v>89</v>
       </c>
       <c r="X56">
         <v>0</v>
       </c>
       <c r="Y56">
         <v>0</v>
       </c>
       <c r="Z56">
         <v>0</v>
       </c>
       <c r="AA56">
         <v>89</v>
       </c>
       <c r="AB56" t="s">
-        <v>166</v>
+        <v>201</v>
       </c>
       <c r="AC56">
         <v>72</v>
       </c>
       <c r="AD56">
         <v>2538</v>
       </c>
       <c r="AE56">
         <v>1455</v>
       </c>
       <c r="AG56">
         <v>37</v>
       </c>
       <c r="AH56">
         <v>65</v>
       </c>
       <c r="AI56">
         <v>-28</v>
       </c>
       <c r="AJ56">
         <v>2754</v>
       </c>
       <c r="AK56">
         <v>2913</v>
       </c>
       <c r="AL56">
         <v>34</v>
       </c>
       <c r="AM56">
         <v>45</v>
       </c>
       <c r="AN56">
         <v>-11</v>
       </c>
       <c r="AO56" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="AP56">
         <v>17</v>
       </c>
       <c r="AR56">
         <v>0</v>
       </c>
       <c r="AS56">
         <v>6284</v>
       </c>
       <c r="AT56">
         <v>4644</v>
       </c>
     </row>
     <row r="57" spans="1:46">
       <c r="A57" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B57" t="s">
         <v>47</v>
       </c>
       <c r="C57" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D57">
         <v>59</v>
       </c>
       <c r="E57">
         <v>2537</v>
       </c>
       <c r="F57">
         <v>1780</v>
       </c>
       <c r="G57">
         <v>612</v>
       </c>
       <c r="H57">
         <v>684</v>
       </c>
       <c r="I57">
         <v>571</v>
       </c>
       <c r="J57">
         <v>657</v>
       </c>
       <c r="K57">
         <v>2524</v>
       </c>
@@ -16769,63 +24324,733 @@
       <c r="AG57">
         <v>29</v>
       </c>
       <c r="AH57">
         <v>33</v>
       </c>
       <c r="AI57">
         <v>-4</v>
       </c>
       <c r="AJ57">
         <v>2524</v>
       </c>
       <c r="AK57">
         <v>2616</v>
       </c>
       <c r="AL57">
         <v>31</v>
       </c>
       <c r="AM57">
         <v>35</v>
       </c>
       <c r="AN57">
         <v>-4</v>
       </c>
       <c r="AO57" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="AP57">
         <v>12</v>
       </c>
       <c r="AR57">
         <v>0</v>
       </c>
       <c r="AS57">
         <v>6521</v>
       </c>
       <c r="AT57">
         <v>6400</v>
+      </c>
+    </row>
+    <row r="58" spans="1:46">
+      <c r="A58" t="s">
+        <v>129</v>
+      </c>
+      <c r="B58" t="s">
+        <v>51</v>
+      </c>
+      <c r="C58" t="s">
+        <v>120</v>
+      </c>
+      <c r="D58">
+        <v>56</v>
+      </c>
+      <c r="E58">
+        <v>2574</v>
+      </c>
+      <c r="F58">
+        <v>1030</v>
+      </c>
+      <c r="G58">
+        <v>696</v>
+      </c>
+      <c r="H58">
+        <v>663</v>
+      </c>
+      <c r="I58">
+        <v>671</v>
+      </c>
+      <c r="J58">
+        <v>720</v>
+      </c>
+      <c r="K58">
+        <v>2750</v>
+      </c>
+      <c r="L58">
+        <v>959</v>
+      </c>
+      <c r="M58">
+        <v>0</v>
+      </c>
+      <c r="N58">
+        <v>757</v>
+      </c>
+      <c r="O58">
+        <v>0</v>
+      </c>
+      <c r="P58">
+        <v>882</v>
+      </c>
+      <c r="Q58">
+        <v>2598</v>
+      </c>
+      <c r="R58">
+        <v>0</v>
+      </c>
+      <c r="S58">
+        <v>1464</v>
+      </c>
+      <c r="T58">
+        <v>1464</v>
+      </c>
+      <c r="U58">
+        <v>39</v>
+      </c>
+      <c r="V58">
+        <v>66</v>
+      </c>
+      <c r="W58">
+        <v>105</v>
+      </c>
+      <c r="X58">
+        <v>30</v>
+      </c>
+      <c r="Y58">
+        <v>0</v>
+      </c>
+      <c r="Z58">
+        <v>30</v>
+      </c>
+      <c r="AA58">
+        <v>75</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>209</v>
+      </c>
+      <c r="AC58">
+        <v>71</v>
+      </c>
+      <c r="AD58">
+        <v>2457</v>
+      </c>
+      <c r="AE58">
+        <v>1676</v>
+      </c>
+      <c r="AG58">
+        <v>48</v>
+      </c>
+      <c r="AH58">
+        <v>42</v>
+      </c>
+      <c r="AI58">
+        <v>6</v>
+      </c>
+      <c r="AJ58">
+        <v>2800</v>
+      </c>
+      <c r="AK58">
+        <v>2830</v>
+      </c>
+      <c r="AL58">
+        <v>26</v>
+      </c>
+      <c r="AM58">
+        <v>33</v>
+      </c>
+      <c r="AN58">
+        <v>-7</v>
+      </c>
+      <c r="AO58" t="s">
+        <v>190</v>
+      </c>
+      <c r="AP58">
+        <v>14</v>
+      </c>
+      <c r="AR58">
+        <v>0</v>
+      </c>
+      <c r="AS58">
+        <v>6615</v>
+      </c>
+      <c r="AT58">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="59" spans="1:46">
+      <c r="A59" t="s">
+        <v>130</v>
+      </c>
+      <c r="B59" t="s">
+        <v>47</v>
+      </c>
+      <c r="C59" t="s">
+        <v>197</v>
+      </c>
+      <c r="D59">
+        <v>67</v>
+      </c>
+      <c r="E59">
+        <v>2773</v>
+      </c>
+      <c r="F59">
+        <v>1884</v>
+      </c>
+      <c r="G59">
+        <v>687</v>
+      </c>
+      <c r="H59">
+        <v>734</v>
+      </c>
+      <c r="I59">
+        <v>641</v>
+      </c>
+      <c r="J59">
+        <v>713</v>
+      </c>
+      <c r="K59">
+        <v>2775</v>
+      </c>
+      <c r="L59">
+        <v>932</v>
+      </c>
+      <c r="M59">
+        <v>0</v>
+      </c>
+      <c r="N59">
+        <v>891</v>
+      </c>
+      <c r="O59">
+        <v>0</v>
+      </c>
+      <c r="P59">
+        <v>937</v>
+      </c>
+      <c r="Q59">
+        <v>2760</v>
+      </c>
+      <c r="R59">
+        <v>1530</v>
+      </c>
+      <c r="S59">
+        <v>1438</v>
+      </c>
+      <c r="T59">
+        <v>2968</v>
+      </c>
+      <c r="U59">
+        <v>30</v>
+      </c>
+      <c r="V59">
+        <v>84</v>
+      </c>
+      <c r="W59">
+        <v>114</v>
+      </c>
+      <c r="X59">
+        <v>0</v>
+      </c>
+      <c r="Y59">
+        <v>24</v>
+      </c>
+      <c r="Z59">
+        <v>24</v>
+      </c>
+      <c r="AA59">
+        <v>90</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>210</v>
+      </c>
+      <c r="AC59">
+        <v>70</v>
+      </c>
+      <c r="AD59">
+        <v>2382</v>
+      </c>
+      <c r="AE59">
+        <v>2614</v>
+      </c>
+      <c r="AG59">
+        <v>26</v>
+      </c>
+      <c r="AH59">
+        <v>35</v>
+      </c>
+      <c r="AI59">
+        <v>-9</v>
+      </c>
+      <c r="AJ59">
+        <v>2574</v>
+      </c>
+      <c r="AK59">
+        <v>2601</v>
+      </c>
+      <c r="AL59">
+        <v>45</v>
+      </c>
+      <c r="AM59">
+        <v>50</v>
+      </c>
+      <c r="AN59">
+        <v>-5</v>
+      </c>
+      <c r="AO59" t="s">
+        <v>178</v>
+      </c>
+      <c r="AP59">
+        <v>13</v>
+      </c>
+      <c r="AR59">
+        <v>0</v>
+      </c>
+      <c r="AS59">
+        <v>7002</v>
+      </c>
+      <c r="AT59">
+        <v>9813</v>
+      </c>
+    </row>
+    <row r="60" spans="1:46">
+      <c r="A60" t="s">
+        <v>130</v>
+      </c>
+      <c r="B60" t="s">
+        <v>51</v>
+      </c>
+      <c r="C60" t="s">
+        <v>120</v>
+      </c>
+      <c r="D60">
+        <v>64</v>
+      </c>
+      <c r="E60">
+        <v>2587</v>
+      </c>
+      <c r="F60">
+        <v>1622</v>
+      </c>
+      <c r="G60">
+        <v>598</v>
+      </c>
+      <c r="H60">
+        <v>668</v>
+      </c>
+      <c r="I60">
+        <v>575</v>
+      </c>
+      <c r="J60">
+        <v>724</v>
+      </c>
+      <c r="K60">
+        <v>2565</v>
+      </c>
+      <c r="L60">
+        <v>828</v>
+      </c>
+      <c r="M60">
+        <v>0</v>
+      </c>
+      <c r="N60">
+        <v>833</v>
+      </c>
+      <c r="O60">
+        <v>0</v>
+      </c>
+      <c r="P60">
+        <v>874</v>
+      </c>
+      <c r="Q60">
+        <v>2535</v>
+      </c>
+      <c r="R60">
+        <v>0</v>
+      </c>
+      <c r="S60">
+        <v>1285</v>
+      </c>
+      <c r="T60">
+        <v>1285</v>
+      </c>
+      <c r="U60">
+        <v>42</v>
+      </c>
+      <c r="V60">
+        <v>22</v>
+      </c>
+      <c r="W60">
+        <v>64</v>
+      </c>
+      <c r="X60">
+        <v>44</v>
+      </c>
+      <c r="Y60">
+        <v>33</v>
+      </c>
+      <c r="Z60">
+        <v>77</v>
+      </c>
+      <c r="AA60">
+        <v>-13</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>211</v>
+      </c>
+      <c r="AC60">
+        <v>71</v>
+      </c>
+      <c r="AD60">
+        <v>2370</v>
+      </c>
+      <c r="AE60">
+        <v>2748</v>
+      </c>
+      <c r="AG60">
+        <v>45</v>
+      </c>
+      <c r="AH60">
+        <v>47</v>
+      </c>
+      <c r="AI60">
+        <v>-2</v>
+      </c>
+      <c r="AJ60">
+        <v>2663</v>
+      </c>
+      <c r="AK60">
+        <v>2748</v>
+      </c>
+      <c r="AL60">
+        <v>43</v>
+      </c>
+      <c r="AM60">
+        <v>24</v>
+      </c>
+      <c r="AN60">
+        <v>19</v>
+      </c>
+      <c r="AO60" t="s">
+        <v>190</v>
+      </c>
+      <c r="AP60">
+        <v>14</v>
+      </c>
+      <c r="AR60">
+        <v>0</v>
+      </c>
+      <c r="AS60">
+        <v>6544</v>
+      </c>
+      <c r="AT60">
+        <v>6668</v>
+      </c>
+    </row>
+    <row r="61" spans="1:46">
+      <c r="A61" t="s">
+        <v>133</v>
+      </c>
+      <c r="B61" t="s">
+        <v>47</v>
+      </c>
+      <c r="C61" t="s">
+        <v>176</v>
+      </c>
+      <c r="D61">
+        <v>76</v>
+      </c>
+      <c r="E61">
+        <v>2860</v>
+      </c>
+      <c r="F61">
+        <v>1796</v>
+      </c>
+      <c r="G61">
+        <v>765</v>
+      </c>
+      <c r="H61">
+        <v>690</v>
+      </c>
+      <c r="I61">
+        <v>636</v>
+      </c>
+      <c r="J61">
+        <v>756</v>
+      </c>
+      <c r="K61">
+        <v>2847</v>
+      </c>
+      <c r="L61">
+        <v>994</v>
+      </c>
+      <c r="M61">
+        <v>0</v>
+      </c>
+      <c r="N61">
+        <v>995</v>
+      </c>
+      <c r="O61">
+        <v>0</v>
+      </c>
+      <c r="P61">
+        <v>1003</v>
+      </c>
+      <c r="Q61">
+        <v>2992</v>
+      </c>
+      <c r="R61">
+        <v>1646</v>
+      </c>
+      <c r="S61">
+        <v>1569</v>
+      </c>
+      <c r="T61">
+        <v>3215</v>
+      </c>
+      <c r="U61">
+        <v>36</v>
+      </c>
+      <c r="V61">
+        <v>96</v>
+      </c>
+      <c r="W61">
+        <v>132</v>
+      </c>
+      <c r="X61">
+        <v>28</v>
+      </c>
+      <c r="Y61">
+        <v>0</v>
+      </c>
+      <c r="Z61">
+        <v>28</v>
+      </c>
+      <c r="AA61">
+        <v>104</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>210</v>
+      </c>
+      <c r="AC61">
+        <v>61</v>
+      </c>
+      <c r="AD61">
+        <v>2413</v>
+      </c>
+      <c r="AE61">
+        <v>2451</v>
+      </c>
+      <c r="AG61">
+        <v>41</v>
+      </c>
+      <c r="AH61">
+        <v>41</v>
+      </c>
+      <c r="AI61">
+        <v>0</v>
+      </c>
+      <c r="AJ61">
+        <v>2477</v>
+      </c>
+      <c r="AK61">
+        <v>2444</v>
+      </c>
+      <c r="AL61">
+        <v>54</v>
+      </c>
+      <c r="AM61">
+        <v>58</v>
+      </c>
+      <c r="AN61">
+        <v>-4</v>
+      </c>
+      <c r="AO61" t="s">
+        <v>178</v>
+      </c>
+      <c r="AP61">
+        <v>11</v>
+      </c>
+      <c r="AR61">
+        <v>0</v>
+      </c>
+      <c r="AS61">
+        <v>6361</v>
+      </c>
+      <c r="AT61">
+        <v>6442</v>
+      </c>
+    </row>
+    <row r="62" spans="1:46">
+      <c r="A62" t="s">
+        <v>133</v>
+      </c>
+      <c r="B62" t="s">
+        <v>51</v>
+      </c>
+      <c r="C62" t="s">
+        <v>120</v>
+      </c>
+      <c r="D62">
+        <v>55</v>
+      </c>
+      <c r="E62">
+        <v>2089</v>
+      </c>
+      <c r="F62">
+        <v>1849</v>
+      </c>
+      <c r="G62">
+        <v>360</v>
+      </c>
+      <c r="H62">
+        <v>543</v>
+      </c>
+      <c r="I62">
+        <v>544</v>
+      </c>
+      <c r="J62">
+        <v>633</v>
+      </c>
+      <c r="K62">
+        <v>2080</v>
+      </c>
+      <c r="L62">
+        <v>728</v>
+      </c>
+      <c r="M62">
+        <v>0</v>
+      </c>
+      <c r="N62">
+        <v>583</v>
+      </c>
+      <c r="O62">
+        <v>0</v>
+      </c>
+      <c r="P62">
+        <v>698</v>
+      </c>
+      <c r="Q62">
+        <v>2009</v>
+      </c>
+      <c r="R62">
+        <v>1017</v>
+      </c>
+      <c r="S62">
+        <v>1175</v>
+      </c>
+      <c r="T62">
+        <v>2192</v>
+      </c>
+      <c r="U62">
+        <v>43</v>
+      </c>
+      <c r="V62">
+        <v>73</v>
+      </c>
+      <c r="W62">
+        <v>116</v>
+      </c>
+      <c r="X62">
+        <v>93</v>
+      </c>
+      <c r="Y62">
+        <v>0</v>
+      </c>
+      <c r="Z62">
+        <v>93</v>
+      </c>
+      <c r="AA62">
+        <v>23</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>211</v>
+      </c>
+      <c r="AC62">
+        <v>69</v>
+      </c>
+      <c r="AD62">
+        <v>2398</v>
+      </c>
+      <c r="AE62">
+        <v>2755</v>
+      </c>
+      <c r="AG62">
+        <v>91</v>
+      </c>
+      <c r="AH62">
+        <v>43</v>
+      </c>
+      <c r="AI62">
+        <v>48</v>
+      </c>
+      <c r="AJ62">
+        <v>2645</v>
+      </c>
+      <c r="AK62">
+        <v>2782</v>
+      </c>
+      <c r="AL62">
+        <v>73</v>
+      </c>
+      <c r="AM62">
+        <v>41</v>
+      </c>
+      <c r="AN62">
+        <v>32</v>
+      </c>
+      <c r="AO62" t="s">
+        <v>190</v>
+      </c>
+      <c r="AP62">
+        <v>13</v>
+      </c>
+      <c r="AR62">
+        <v>0</v>
+      </c>
+      <c r="AS62">
+        <v>6366</v>
+      </c>
+      <c r="AT62">
+        <v>4634</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AT1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>