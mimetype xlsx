--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -1,112 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="2" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Line B" sheetId="1" r:id="rId4"/>
+    <sheet name="Line A" sheetId="1" r:id="rId4"/>
+    <sheet name="Line B" sheetId="2" r:id="rId5"/>
+    <sheet name="Line C" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
-    <t>Line B Report (2025-12)</t>
+    <t>Line A Report (2025-12)</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Shift</t>
   </si>
   <si>
     <t>Pre Lam Incharge</t>
   </si>
   <si>
     <t>Pre Lam MP</t>
   </si>
   <si>
     <t>Auto Glass Load</t>
   </si>
   <si>
     <t>RFID</t>
   </si>
   <si>
-    <t>Auto Bussing1</t>
+    <t>LayUp1</t>
   </si>
   <si>
-    <t>Auto Bussing2</t>
+    <t>LayUp2</t>
   </si>
   <si>
-    <t>Auto Bussing3</t>
+    <t>LayUp3</t>
   </si>
   <si>
-    <t>Auto Bussing4</t>
+    <t>LayUp4</t>
   </si>
   <si>
-    <t>Total Auto Bussing</t>
+    <t>Total LayUp</t>
   </si>
   <si>
     <t>Laminator J1</t>
   </si>
   <si>
     <t>Scanner1</t>
   </si>
   <si>
     <t>Laminator J2</t>
   </si>
   <si>
     <t>Scanner2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laminator J3</t>
   </si>
   <si>
     <t>Total Laminated</t>
   </si>
   <si>
     <t>OK EL1</t>
   </si>
   <si>
     <t>OK EL2</t>
   </si>
   <si>
     <t>Total OK</t>
   </si>
   <si>
     <t>NG EL 1 Manual</t>
   </si>
   <si>
     <t>NG EL 2 Manual</t>
   </si>
   <si>
     <t>Toatal NG EL Manual</t>
   </si>
   <si>
     <t>NG EL 1 Software</t>
   </si>
@@ -161,72 +162,420 @@
   <si>
     <t>Packaging Supervisor</t>
   </si>
   <si>
     <t>Packaging MP</t>
   </si>
   <si>
     <t>Dispatch Supervisor</t>
   </si>
   <si>
     <t>Dispatch MP</t>
   </si>
   <si>
     <t>Packing Qty</t>
   </si>
   <si>
     <t>Dispatch Qty</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>Day</t>
   </si>
   <si>
+    <t>VIKASH KUMAR YADAV - 5485</t>
+  </si>
+  <si>
+    <t>GAGANDEEP PRAJAPATI - 5453, SURAJ KUMAR MAURYA - 5589</t>
+  </si>
+  <si>
+    <t>SHRIRAM SHARMA - 5503</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>Night</t>
+  </si>
+  <si>
+    <t>Sharad Yadav  - 50347, Vivek Yadav - 6329</t>
+  </si>
+  <si>
+    <t>AMAN PANDEY - 5199</t>
+  </si>
+  <si>
+    <t>KUNAL KUMAR SHAH - 3825, BIPIN CHAUHAN - 5408</t>
+  </si>
+  <si>
+    <t>Brijesh Singh  - 50009, Dharmesh yadav - 5909</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>Vivek Yadav - 6329</t>
+  </si>
+  <si>
+    <t>BIPIN CHAUHAN - 5408</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>GAGANDEEP PRAJAPATI - 5453</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Mukesh Chandra Choudhury  - 50377, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>ASHARAM - 6179</t>
+  </si>
+  <si>
+    <t>SHRIRAM SHARMA - 5503, RAM KUMAR SHARMA - 5576</t>
+  </si>
+  <si>
+    <t>Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>KUNAL KUMAR SHAH - 3825</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>VIKASH KUMAR YADAV - 5485, ASHARAM - 6179</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Mukesh Chandra Choudhury  - 50377, Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>Sharad Yadav  - 50347</t>
+  </si>
+  <si>
+    <t>Dharmesh yadav - 5909, Ankit ojha  - 6300</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>SURAJ KUMAR MAURYA - 5589</t>
+  </si>
+  <si>
+    <t>AMAN PANDEY - 5199, GAGANDEEP PRAJAPATI - 5453</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>Mukesh Chandra Choudhury  - 50377, Dharmendra kumar - 6401, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Dharmendra kumar - 6401</t>
+  </si>
+  <si>
+    <t>Brijesh Singh  - 50009, Dharmesh yadav - 5909, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>Dharmesh yadav - 5909</t>
+  </si>
+  <si>
+    <t>2025-12-13</t>
+  </si>
+  <si>
+    <t>Brijesh Singh  - 50009</t>
+  </si>
+  <si>
+    <t>2025-12-14</t>
+  </si>
+  <si>
+    <t>KUNAL KUMAR SHAH - 3825, SHRIRAM SHARMA - 5503</t>
+  </si>
+  <si>
+    <t>Mukesh Chandra Choudhury  - 50377, Dharmesh yadav - 5909</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>KUNAL KUMAR SHAH - 3825, BIPIN CHAUHAN - 5408, SHRIRAM SHARMA - 5503</t>
+  </si>
+  <si>
+    <t>AMAN PANDEY - 5199, SURAJ KUMAR MAURYA - 5589</t>
+  </si>
+  <si>
+    <t>Mukesh Chandra Choudhury  - 50377, Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>Raju yadav - 6473</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-20</t>
+  </si>
+  <si>
+    <t>2025-12-21</t>
+  </si>
+  <si>
+    <t>RAM KUMAR SHARMA - 5576</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2025-12-27</t>
+  </si>
+  <si>
+    <t>2025-12-28</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Brijesh Singh  - 50009, Dharmesh yadav - 5909</t>
+  </si>
+  <si>
+    <t>Mukesh Chandra Choudhury  - 50377, Dharmendra kumar - 6401</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>Shivanand nishad - 40353, Mukesh Chandra Choudhury  - 50377</t>
+  </si>
+  <si>
+    <t>Line B Report (2025-12)</t>
+  </si>
+  <si>
+    <t>Auto Bussing1</t>
+  </si>
+  <si>
+    <t>Auto Bussing2</t>
+  </si>
+  <si>
+    <t>Auto Bussing3</t>
+  </si>
+  <si>
+    <t>Auto Bussing4</t>
+  </si>
+  <si>
+    <t>Total Auto Bussing</t>
+  </si>
+  <si>
+    <t>Laminator J3</t>
+  </si>
+  <si>
     <t>ALOK RANJAN  - 50087, MIRZA FARHAN BAIG - 50241, Rajat Bisnoi - 50267, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
     <t>OM PRAKASH - 5243, GAGANDEEP PRAJAPATI - 5453</t>
-  </si>
-[...1 lines deleted...]
-    <t>Night</t>
   </si>
   <si>
     <t>Abhinandan Pratap Singh - 50103, Imran khan  - 50306</t>
   </si>
   <si>
     <t>SURENDRA KUMAR - 5226</t>
   </si>
   <si>
-    <t>Brijesh Singh  - 50009</t>
+    <t>MIRZA FARHAN BAIG - 50241, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
-    <t>2025-12-02</t>
+    <t>ALOK RANJAN  - 50087, INDAL KUMAR GAUTAM - 5440</t>
   </si>
   <si>
-    <t>MIRZA FARHAN BAIG - 50241, INDAL KUMAR GAUTAM - 5440</t>
+    <t>MIRZA FARHAN BAIG - 50241, OM PRAKASH - 5243</t>
+  </si>
+  <si>
+    <t>Imran khan  - 50306</t>
+  </si>
+  <si>
+    <t>Shiv poojan singh  - 50192, Ashish  - 6203</t>
+  </si>
+  <si>
+    <t>MIRZA FARHAN BAIG - 50241</t>
+  </si>
+  <si>
+    <t>Imran khan  - 50306, SURENDRA KUMAR - 5226</t>
+  </si>
+  <si>
+    <t>Shiv poojan singh  - 50192</t>
+  </si>
+  <si>
+    <t>INDAL KUMAR GAUTAM - 5440</t>
+  </si>
+  <si>
+    <t>OM PRAKASH - 5243</t>
+  </si>
+  <si>
+    <t>Ashish  - 6203</t>
+  </si>
+  <si>
+    <t>SURENDRA KUMAR - 5226, INDAL KUMAR GAUTAM - 5440</t>
+  </si>
+  <si>
+    <t>Manoj kumar - 50175</t>
+  </si>
+  <si>
+    <t>Shiv poojan singh  - 50192, DEV SINGH  - 50423, Ashish  - 6203</t>
+  </si>
+  <si>
+    <t>DEV SINGH  - 50423, Ashish  - 6203</t>
+  </si>
+  <si>
+    <t>Shiv poojan singh  - 50192, MIRZA FARHAN BAIG - 50241, OM PRAKASH - 5243</t>
+  </si>
+  <si>
+    <t>Imran khan  - 50306, SURENDRA KUMAR - 5226Imran Khan</t>
+  </si>
+  <si>
+    <t>Shiv poojan singh  - 50192, DEV SINGH  - 50423</t>
+  </si>
+  <si>
+    <t>Line C Report (2025-12)</t>
+  </si>
+  <si>
+    <t>VISHAL YADAV - 5129, Pushpendra Kumar  - 5911</t>
+  </si>
+  <si>
+    <t>Devansh Sharma  - 50268, OM PRAKASH - 5243</t>
+  </si>
+  <si>
+    <t>PRIKSHIT SWAMI - 40356</t>
+  </si>
+  <si>
+    <t>VISHAL YADAV - 5129</t>
+  </si>
+  <si>
+    <t>RAHUL KUMAR (P) - 40149</t>
+  </si>
+  <si>
+    <t>Suraj singh - 40023, SUSHANT KUMAR - 5125</t>
+  </si>
+  <si>
+    <t>Vishvjeet singh - 40358</t>
+  </si>
+  <si>
+    <t>RAHUL KUMAR (P) - 40149, PRIKSHIT SWAMI - 40356</t>
+  </si>
+  <si>
+    <t>Pushpendra Kumar  - 5911</t>
+  </si>
+  <si>
+    <t>Suraj singh - 40023</t>
+  </si>
+  <si>
+    <t>Devansh Sharma  - 50268</t>
+  </si>
+  <si>
+    <t>RAHUL KUMAR (P) - 40149, Vishvjeet singh - 40358</t>
+  </si>
+  <si>
+    <t>RAHUL KUMAR (P) - 40149, PRIKSHIT SWAMI - 40356, Karan sharma - 40819</t>
+  </si>
+  <si>
+    <t>Prince k - 5986</t>
+  </si>
+  <si>
+    <t>RAHUL KUMAR (P) - 40149, Karan sharma - 40819</t>
+  </si>
+  <si>
+    <t>Abhinandan Pratap Singh - 50103, VISHAL YADAV - 5129</t>
+  </si>
+  <si>
+    <t>Indrajeet  - 50376, Pushpendra Kumar  - 5911</t>
+  </si>
+  <si>
+    <t>Rajat Bisnoi - 50267, Devansh Sharma  - 50268</t>
+  </si>
+  <si>
+    <t>Abhinandan Pratap Singh - 50103, Indrajeet  - 50376, Pushpendra Kumar  - 5911</t>
+  </si>
+  <si>
+    <t>Karan sharma - 40819</t>
+  </si>
+  <si>
+    <t>SUSHANT KUMAR - 5125, Prince k - 5986</t>
+  </si>
+  <si>
+    <t>Suraj singh - 40023, SUSHANT KUMAR - 5125, Prince k - 5986</t>
+  </si>
+  <si>
+    <t>Suraj singh - 40023, SUSHANT KUMAR - 5125, Prince k - 5986, Shashank Srivastava  - 6170</t>
+  </si>
+  <si>
+    <t>Rajat Bisnoi - 50267</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -246,51 +595,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -538,58 +887,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AT6"/>
+  <dimension ref="A1:AT64"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:AT2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:46">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
@@ -695,459 +1052,8879 @@
       </c>
       <c r="AL2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AM2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="AN2" s="2" t="s">
         <v>40</v>
       </c>
       <c r="AO2" s="2" t="s">
         <v>41</v>
       </c>
       <c r="AP2" s="2" t="s">
         <v>42</v>
       </c>
       <c r="AQ2" s="2" t="s">
         <v>43</v>
       </c>
       <c r="AR2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AS2" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="AT2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AT2" s="2"/>
     </row>
     <row r="3" spans="1:46">
       <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
         <v>47</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>48</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>40</v>
+      </c>
+      <c r="E3">
+        <v>1608</v>
+      </c>
+      <c r="F3">
+        <v>0</v>
+      </c>
+      <c r="G3">
+        <v>462</v>
+      </c>
+      <c r="H3">
+        <v>431</v>
+      </c>
+      <c r="I3">
+        <v>265</v>
+      </c>
+      <c r="J3">
+        <v>450</v>
+      </c>
+      <c r="K3">
+        <v>1608</v>
+      </c>
+      <c r="L3">
+        <v>853</v>
+      </c>
+      <c r="M3">
+        <v>0</v>
+      </c>
+      <c r="N3">
+        <v>848</v>
+      </c>
+      <c r="O3">
+        <v>0</v>
+      </c>
+      <c r="P3">
+        <v>1701</v>
+      </c>
+      <c r="Q3">
+        <v>777</v>
+      </c>
+      <c r="R3">
+        <v>890</v>
+      </c>
+      <c r="S3">
+        <v>1667</v>
+      </c>
+      <c r="T3">
+        <v>109</v>
+      </c>
+      <c r="U3">
+        <v>157</v>
+      </c>
+      <c r="V3">
+        <v>266</v>
+      </c>
+      <c r="W3">
+        <v>0</v>
+      </c>
+      <c r="X3">
+        <v>5</v>
+      </c>
+      <c r="Y3">
+        <v>5</v>
+      </c>
+      <c r="Z3">
+        <v>261</v>
+      </c>
+      <c r="AA3" t="s">
         <v>49</v>
       </c>
-      <c r="D3">
+      <c r="AB3">
         <v>49</v>
       </c>
-      <c r="E3">
-[...47 lines deleted...]
-      <c r="U3">
+      <c r="AC3">
+        <v>1625</v>
+      </c>
+      <c r="AD3">
+        <v>1591</v>
+      </c>
+      <c r="AF3">
+        <v>22</v>
+      </c>
+      <c r="AG3">
+        <v>25</v>
+      </c>
+      <c r="AH3">
+        <v>-3</v>
+      </c>
+      <c r="AI3">
+        <v>1617</v>
+      </c>
+      <c r="AJ3">
+        <v>1596</v>
+      </c>
+      <c r="AK3">
+        <v>23</v>
+      </c>
+      <c r="AL3">
+        <v>23</v>
+      </c>
+      <c r="AM3">
+        <v>0</v>
+      </c>
+      <c r="AN3" t="s">
         <v>50</v>
       </c>
-      <c r="V3">
-[...54 lines deleted...]
-        <v>0</v>
+      <c r="AO3">
+        <v>11</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AQ3">
+        <v>8</v>
       </c>
       <c r="AR3">
-        <v>0</v>
+        <v>4195</v>
       </c>
       <c r="AS3">
-        <v>4355</v>
-[...2 lines deleted...]
-        <v>3075</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="4" spans="1:46">
       <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D4">
+        <v>48</v>
+      </c>
+      <c r="E4">
+        <v>1830</v>
+      </c>
+      <c r="F4">
+        <v>0</v>
+      </c>
+      <c r="G4">
+        <v>453</v>
+      </c>
+      <c r="H4">
+        <v>471</v>
+      </c>
+      <c r="I4">
+        <v>436</v>
+      </c>
+      <c r="J4">
+        <v>470</v>
+      </c>
+      <c r="K4">
+        <v>1830</v>
+      </c>
+      <c r="L4">
+        <v>913</v>
+      </c>
+      <c r="M4">
+        <v>0</v>
+      </c>
+      <c r="N4">
+        <v>910</v>
+      </c>
+      <c r="O4">
+        <v>0</v>
+      </c>
+      <c r="P4">
+        <v>1823</v>
+      </c>
+      <c r="Q4">
+        <v>1045</v>
+      </c>
+      <c r="R4">
+        <v>800</v>
+      </c>
+      <c r="S4">
+        <v>1845</v>
+      </c>
+      <c r="T4">
+        <v>85</v>
+      </c>
+      <c r="U4">
+        <v>75</v>
+      </c>
+      <c r="V4">
+        <v>160</v>
+      </c>
+      <c r="W4">
+        <v>5</v>
+      </c>
+      <c r="X4">
+        <v>42</v>
+      </c>
+      <c r="Y4">
         <v>47</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="Z4">
+        <v>113</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB4">
         <v>52</v>
       </c>
-      <c r="D4">
-[...62 lines deleted...]
-      <c r="Y4">
+      <c r="AC4">
+        <v>1752</v>
+      </c>
+      <c r="AD4">
+        <v>1761</v>
+      </c>
+      <c r="AF4">
+        <v>33</v>
+      </c>
+      <c r="AG4">
+        <v>32</v>
+      </c>
+      <c r="AH4">
         <v>1</v>
       </c>
-      <c r="Z4">
+      <c r="AI4">
+        <v>1759</v>
+      </c>
+      <c r="AJ4">
+        <v>1786</v>
+      </c>
+      <c r="AK4">
+        <v>28</v>
+      </c>
+      <c r="AL4">
+        <v>15</v>
+      </c>
+      <c r="AM4">
+        <v>13</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO4">
+        <v>12</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ4">
         <v>6</v>
       </c>
-      <c r="AA4">
-[...43 lines deleted...]
-      </c>
       <c r="AR4">
-        <v>0</v>
+        <v>5384</v>
       </c>
       <c r="AS4">
-        <v>5224</v>
-[...2 lines deleted...]
-        <v>7040</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="5" spans="1:46">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
         <v>48</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E5">
-        <v>1979</v>
+        <v>1822</v>
       </c>
       <c r="F5">
-        <v>1033</v>
+        <v>0</v>
       </c>
       <c r="G5">
-        <v>684</v>
+        <v>435</v>
       </c>
       <c r="H5">
-        <v>621</v>
+        <v>460</v>
       </c>
       <c r="I5">
-        <v>680</v>
+        <v>448</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
-        <v>1985</v>
+        <v>1343</v>
       </c>
       <c r="L5">
-        <v>803</v>
+        <v>924</v>
       </c>
       <c r="M5">
         <v>0</v>
       </c>
       <c r="N5">
-        <v>615</v>
+        <v>931</v>
       </c>
       <c r="O5">
         <v>0</v>
       </c>
       <c r="P5">
-        <v>546</v>
+        <v>1855</v>
       </c>
       <c r="Q5">
-        <v>1964</v>
+        <v>1050</v>
       </c>
       <c r="R5">
-        <v>1150</v>
+        <v>810</v>
       </c>
       <c r="S5">
-        <v>800</v>
+        <v>1860</v>
       </c>
       <c r="T5">
-        <v>1950</v>
+        <v>90</v>
       </c>
       <c r="U5">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="V5">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="W5">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="X5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="AB5" t="s">
+        <v>198</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB5">
+        <v>51</v>
+      </c>
+      <c r="AC5">
+        <v>1639</v>
+      </c>
+      <c r="AD5">
+        <v>1728</v>
+      </c>
+      <c r="AF5">
+        <v>39</v>
+      </c>
+      <c r="AG5">
+        <v>48</v>
+      </c>
+      <c r="AH5">
+        <v>-9</v>
+      </c>
+      <c r="AI5">
+        <v>1626</v>
+      </c>
+      <c r="AJ5">
+        <v>1692</v>
+      </c>
+      <c r="AK5">
+        <v>25</v>
+      </c>
+      <c r="AL5">
+        <v>30</v>
+      </c>
+      <c r="AM5">
+        <v>-5</v>
+      </c>
+      <c r="AN5" t="s">
         <v>50</v>
       </c>
-      <c r="AC5">
-[...33 lines deleted...]
-        <v>0</v>
+      <c r="AO5">
+        <v>13</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>51</v>
+      </c>
+      <c r="AQ5">
+        <v>7</v>
       </c>
       <c r="AR5">
-        <v>0</v>
+        <v>5684</v>
       </c>
       <c r="AS5">
-        <v>5364</v>
-[...2 lines deleted...]
-        <v>7248</v>
+        <v>7888</v>
       </c>
     </row>
     <row r="6" spans="1:46">
       <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6">
+        <v>49</v>
+      </c>
+      <c r="E6">
+        <v>1820</v>
+      </c>
+      <c r="F6">
+        <v>0</v>
+      </c>
+      <c r="G6">
+        <v>413</v>
+      </c>
+      <c r="H6">
+        <v>586</v>
+      </c>
+      <c r="I6">
+        <v>442</v>
+      </c>
+      <c r="J6">
+        <v>479</v>
+      </c>
+      <c r="K6">
+        <v>1920</v>
+      </c>
+      <c r="L6">
+        <v>931</v>
+      </c>
+      <c r="M6">
+        <v>0</v>
+      </c>
+      <c r="N6">
+        <v>931</v>
+      </c>
+      <c r="O6">
+        <v>0</v>
+      </c>
+      <c r="P6">
+        <v>1862</v>
+      </c>
+      <c r="Q6">
+        <v>1098</v>
+      </c>
+      <c r="R6">
+        <v>750</v>
+      </c>
+      <c r="S6">
+        <v>1848</v>
+      </c>
+      <c r="T6">
+        <v>80</v>
+      </c>
+      <c r="U6">
+        <v>60</v>
+      </c>
+      <c r="V6">
+        <v>140</v>
+      </c>
+      <c r="W6">
+        <v>0</v>
+      </c>
+      <c r="X6">
+        <v>8</v>
+      </c>
+      <c r="Y6">
+        <v>8</v>
+      </c>
+      <c r="Z6">
+        <v>132</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB6">
+        <v>48</v>
+      </c>
+      <c r="AC6">
+        <v>1727</v>
+      </c>
+      <c r="AD6">
+        <v>1732</v>
+      </c>
+      <c r="AF6">
+        <v>60</v>
+      </c>
+      <c r="AG6">
+        <v>33</v>
+      </c>
+      <c r="AH6">
+        <v>27</v>
+      </c>
+      <c r="AI6">
+        <v>1733</v>
+      </c>
+      <c r="AJ6">
+        <v>1767</v>
+      </c>
+      <c r="AK6">
+        <v>9</v>
+      </c>
+      <c r="AL6">
+        <v>25</v>
+      </c>
+      <c r="AM6">
+        <v>-16</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AO6">
+        <v>13</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ6">
+        <v>5</v>
+      </c>
+      <c r="AR6">
+        <v>5728</v>
+      </c>
+      <c r="AS6">
+        <v>5120</v>
+      </c>
+    </row>
+    <row r="7" spans="1:46">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7">
+        <v>48</v>
+      </c>
+      <c r="E7">
+        <v>1871</v>
+      </c>
+      <c r="F7">
+        <v>0</v>
+      </c>
+      <c r="G7">
+        <v>428</v>
+      </c>
+      <c r="H7">
+        <v>481</v>
+      </c>
+      <c r="I7">
+        <v>463</v>
+      </c>
+      <c r="J7">
+        <v>499</v>
+      </c>
+      <c r="K7">
+        <v>1871</v>
+      </c>
+      <c r="L7">
+        <v>910</v>
+      </c>
+      <c r="M7">
+        <v>0</v>
+      </c>
+      <c r="N7">
+        <v>917</v>
+      </c>
+      <c r="O7">
+        <v>0</v>
+      </c>
+      <c r="P7">
+        <v>1827</v>
+      </c>
+      <c r="Q7">
+        <v>886</v>
+      </c>
+      <c r="R7">
+        <v>949</v>
+      </c>
+      <c r="S7">
+        <v>1835</v>
+      </c>
+      <c r="T7">
+        <v>116</v>
+      </c>
+      <c r="U7">
+        <v>125</v>
+      </c>
+      <c r="V7">
+        <v>241</v>
+      </c>
+      <c r="W7">
+        <v>0</v>
+      </c>
+      <c r="X7">
+        <v>0</v>
+      </c>
+      <c r="Y7">
+        <v>0</v>
+      </c>
+      <c r="Z7">
+        <v>241</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB7">
+        <v>54</v>
+      </c>
+      <c r="AC7">
+        <v>1801</v>
+      </c>
+      <c r="AD7">
+        <v>1885</v>
+      </c>
+      <c r="AF7">
+        <v>29</v>
+      </c>
+      <c r="AG7">
+        <v>31</v>
+      </c>
+      <c r="AH7">
+        <v>-2</v>
+      </c>
+      <c r="AI7">
+        <v>1803</v>
+      </c>
+      <c r="AJ7">
+        <v>1882</v>
+      </c>
+      <c r="AK7">
+        <v>18</v>
+      </c>
+      <c r="AL7">
+        <v>25</v>
+      </c>
+      <c r="AM7">
+        <v>-7</v>
+      </c>
+      <c r="AO7">
+        <v>13</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ7">
+        <v>8</v>
+      </c>
+      <c r="AR7">
+        <v>4664</v>
+      </c>
+      <c r="AS7">
+        <v>7256</v>
+      </c>
+    </row>
+    <row r="8" spans="1:46">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8">
+        <v>45</v>
+      </c>
+      <c r="E8">
+        <v>1618</v>
+      </c>
+      <c r="F8">
+        <v>0</v>
+      </c>
+      <c r="G8">
+        <v>407</v>
+      </c>
+      <c r="H8">
+        <v>422</v>
+      </c>
+      <c r="I8">
+        <v>407</v>
+      </c>
+      <c r="J8">
+        <v>382</v>
+      </c>
+      <c r="K8">
+        <v>1618</v>
+      </c>
+      <c r="L8">
+        <v>854</v>
+      </c>
+      <c r="M8">
+        <v>0</v>
+      </c>
+      <c r="N8">
+        <v>843</v>
+      </c>
+      <c r="O8">
+        <v>0</v>
+      </c>
+      <c r="P8">
+        <v>1697</v>
+      </c>
+      <c r="Q8">
+        <v>958</v>
+      </c>
+      <c r="R8">
+        <v>700</v>
+      </c>
+      <c r="S8">
+        <v>1658</v>
+      </c>
+      <c r="T8">
+        <v>98</v>
+      </c>
+      <c r="U8">
+        <v>85</v>
+      </c>
+      <c r="V8">
+        <v>183</v>
+      </c>
+      <c r="W8">
+        <v>0</v>
+      </c>
+      <c r="X8">
+        <v>7</v>
+      </c>
+      <c r="Y8">
+        <v>7</v>
+      </c>
+      <c r="Z8">
+        <v>176</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB8">
+        <v>52</v>
+      </c>
+      <c r="AC8">
+        <v>1862</v>
+      </c>
+      <c r="AD8">
+        <v>1983</v>
+      </c>
+      <c r="AF8">
+        <v>89</v>
+      </c>
+      <c r="AG8">
+        <v>61</v>
+      </c>
+      <c r="AH8">
+        <v>28</v>
+      </c>
+      <c r="AI8">
+        <v>1918</v>
+      </c>
+      <c r="AJ8">
+        <v>2014</v>
+      </c>
+      <c r="AK8">
+        <v>15</v>
+      </c>
+      <c r="AL8">
+        <v>13</v>
+      </c>
+      <c r="AM8">
+        <v>2</v>
+      </c>
+      <c r="AN8" t="s">
         <v>55</v>
       </c>
+      <c r="AO8">
+        <v>10</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ8">
+        <v>4</v>
+      </c>
+      <c r="AR8">
+        <v>3744</v>
+      </c>
+      <c r="AS8">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="9" spans="1:46">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9">
+        <v>47</v>
+      </c>
+      <c r="E9">
+        <v>1831</v>
+      </c>
+      <c r="F9">
+        <v>0</v>
+      </c>
+      <c r="G9">
+        <v>431</v>
+      </c>
+      <c r="H9">
+        <v>474</v>
+      </c>
+      <c r="I9">
+        <v>440</v>
+      </c>
+      <c r="J9">
+        <v>486</v>
+      </c>
+      <c r="K9">
+        <v>1831</v>
+      </c>
+      <c r="L9">
+        <v>918</v>
+      </c>
+      <c r="M9">
+        <v>0</v>
+      </c>
+      <c r="N9">
+        <v>926</v>
+      </c>
+      <c r="O9">
+        <v>0</v>
+      </c>
+      <c r="P9">
+        <v>1844</v>
+      </c>
+      <c r="Q9">
+        <v>824</v>
+      </c>
+      <c r="R9">
+        <v>1028</v>
+      </c>
+      <c r="S9">
+        <v>1852</v>
+      </c>
+      <c r="T9">
+        <v>1227</v>
+      </c>
+      <c r="U9">
+        <v>100</v>
+      </c>
+      <c r="V9">
+        <v>1327</v>
+      </c>
+      <c r="W9">
+        <v>0</v>
+      </c>
+      <c r="X9">
+        <v>4</v>
+      </c>
+      <c r="Y9">
+        <v>4</v>
+      </c>
+      <c r="Z9">
+        <v>1323</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB9">
+        <v>58</v>
+      </c>
+      <c r="AC9">
+        <v>1844</v>
+      </c>
+      <c r="AD9">
+        <v>1839</v>
+      </c>
+      <c r="AF9">
+        <v>28</v>
+      </c>
+      <c r="AG9">
+        <v>30</v>
+      </c>
+      <c r="AH9">
+        <v>-2</v>
+      </c>
+      <c r="AI9">
+        <v>1834</v>
+      </c>
+      <c r="AJ9">
+        <v>1840</v>
+      </c>
+      <c r="AK9">
+        <v>53</v>
+      </c>
+      <c r="AL9">
+        <v>50</v>
+      </c>
+      <c r="AM9">
+        <v>3</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO9">
+        <v>13</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ9">
+        <v>8</v>
+      </c>
+      <c r="AR9">
+        <v>5183</v>
+      </c>
+      <c r="AS9">
+        <v>5480</v>
+      </c>
+    </row>
+    <row r="10" spans="1:46">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10">
+        <v>46</v>
+      </c>
+      <c r="E10">
+        <v>1733</v>
+      </c>
+      <c r="F10">
+        <v>0</v>
+      </c>
+      <c r="G10">
+        <v>386</v>
+      </c>
+      <c r="H10">
+        <v>439</v>
+      </c>
+      <c r="I10">
+        <v>463</v>
+      </c>
+      <c r="J10">
+        <v>445</v>
+      </c>
+      <c r="K10">
+        <v>1733</v>
+      </c>
+      <c r="L10">
+        <v>904</v>
+      </c>
+      <c r="M10">
+        <v>0</v>
+      </c>
+      <c r="N10">
+        <v>907</v>
+      </c>
+      <c r="O10">
+        <v>0</v>
+      </c>
+      <c r="P10">
+        <v>1811</v>
+      </c>
+      <c r="Q10">
+        <v>1030</v>
+      </c>
+      <c r="R10">
+        <v>774</v>
+      </c>
+      <c r="S10">
+        <v>1804</v>
+      </c>
+      <c r="T10">
+        <v>90</v>
+      </c>
+      <c r="U10">
+        <v>75</v>
+      </c>
+      <c r="V10">
+        <v>165</v>
+      </c>
+      <c r="W10">
+        <v>0</v>
+      </c>
+      <c r="X10">
+        <v>23</v>
+      </c>
+      <c r="Y10">
+        <v>23</v>
+      </c>
+      <c r="Z10">
+        <v>142</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB10">
+        <v>47</v>
+      </c>
+      <c r="AC10">
+        <v>1677</v>
+      </c>
+      <c r="AD10">
+        <v>0</v>
+      </c>
+      <c r="AF10">
+        <v>18</v>
+      </c>
+      <c r="AG10">
+        <v>89</v>
+      </c>
+      <c r="AH10">
+        <v>-71</v>
+      </c>
+      <c r="AI10">
+        <v>1696</v>
+      </c>
+      <c r="AJ10">
+        <v>1912</v>
+      </c>
+      <c r="AK10">
+        <v>17</v>
+      </c>
+      <c r="AL10">
+        <v>14</v>
+      </c>
+      <c r="AM10">
+        <v>3</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>67</v>
+      </c>
+      <c r="AO10">
+        <v>12</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ10">
+        <v>5</v>
+      </c>
+      <c r="AR10">
+        <v>4433</v>
+      </c>
+      <c r="AS10">
+        <v>3636</v>
+      </c>
+    </row>
+    <row r="11" spans="1:46">
+      <c r="A11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11">
+        <v>49</v>
+      </c>
+      <c r="E11">
+        <v>1809</v>
+      </c>
+      <c r="F11">
+        <v>0</v>
+      </c>
+      <c r="G11">
+        <v>408</v>
+      </c>
+      <c r="H11">
+        <v>474</v>
+      </c>
+      <c r="I11">
+        <v>438</v>
+      </c>
+      <c r="J11">
+        <v>489</v>
+      </c>
+      <c r="K11">
+        <v>1809</v>
+      </c>
+      <c r="L11">
+        <v>917</v>
+      </c>
+      <c r="M11">
+        <v>0</v>
+      </c>
+      <c r="N11">
+        <v>917</v>
+      </c>
+      <c r="O11">
+        <v>0</v>
+      </c>
+      <c r="P11">
+        <v>1834</v>
+      </c>
+      <c r="Q11">
+        <v>851</v>
+      </c>
+      <c r="R11">
+        <v>969</v>
+      </c>
+      <c r="S11">
+        <v>1820</v>
+      </c>
+      <c r="T11">
+        <v>90</v>
+      </c>
+      <c r="U11">
+        <v>106</v>
+      </c>
+      <c r="V11">
+        <v>196</v>
+      </c>
+      <c r="W11">
+        <v>28</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>31</v>
+      </c>
+      <c r="Z11">
+        <v>165</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB11">
+        <v>59</v>
+      </c>
+      <c r="AC11">
+        <v>1805</v>
+      </c>
+      <c r="AD11">
+        <v>1926</v>
+      </c>
+      <c r="AF11">
+        <v>29</v>
+      </c>
+      <c r="AG11">
+        <v>37</v>
+      </c>
+      <c r="AH11">
+        <v>-8</v>
+      </c>
+      <c r="AI11">
+        <v>1801</v>
+      </c>
+      <c r="AJ11">
+        <v>1925</v>
+      </c>
+      <c r="AK11">
+        <v>35</v>
+      </c>
+      <c r="AL11">
+        <v>34</v>
+      </c>
+      <c r="AM11">
+        <v>1</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO11">
+        <v>9</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ11">
+        <v>6</v>
+      </c>
+      <c r="AR11">
+        <v>6349</v>
+      </c>
+      <c r="AS11">
+        <v>4168</v>
+      </c>
+    </row>
+    <row r="12" spans="1:46">
+      <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12">
+        <v>45</v>
+      </c>
+      <c r="E12">
+        <v>1736</v>
+      </c>
+      <c r="F12">
+        <v>0</v>
+      </c>
+      <c r="G12">
+        <v>397</v>
+      </c>
+      <c r="H12">
+        <v>448</v>
+      </c>
+      <c r="I12">
+        <v>448</v>
+      </c>
+      <c r="J12">
+        <v>443</v>
+      </c>
+      <c r="K12">
+        <v>1736</v>
+      </c>
+      <c r="L12">
+        <v>924</v>
+      </c>
+      <c r="M12">
+        <v>0</v>
+      </c>
+      <c r="N12">
+        <v>917</v>
+      </c>
+      <c r="O12">
+        <v>0</v>
+      </c>
+      <c r="P12">
+        <v>1841</v>
+      </c>
+      <c r="Q12">
+        <v>1102</v>
+      </c>
+      <c r="R12">
+        <v>740</v>
+      </c>
+      <c r="S12">
+        <v>1842</v>
+      </c>
+      <c r="T12">
+        <v>58</v>
+      </c>
+      <c r="U12">
+        <v>90</v>
+      </c>
+      <c r="V12">
+        <v>148</v>
+      </c>
+      <c r="W12">
+        <v>0</v>
+      </c>
+      <c r="X12">
+        <v>9</v>
+      </c>
+      <c r="Y12">
+        <v>9</v>
+      </c>
+      <c r="Z12">
+        <v>139</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB12">
+        <v>52</v>
+      </c>
+      <c r="AC12">
+        <v>1829</v>
+      </c>
+      <c r="AD12">
+        <v>2008</v>
+      </c>
+      <c r="AF12">
+        <v>5</v>
+      </c>
+      <c r="AG12">
+        <v>20</v>
+      </c>
+      <c r="AH12">
+        <v>-15</v>
+      </c>
+      <c r="AI12">
+        <v>1843</v>
+      </c>
+      <c r="AJ12">
+        <v>1994</v>
+      </c>
+      <c r="AK12">
+        <v>11</v>
+      </c>
+      <c r="AL12">
+        <v>4</v>
+      </c>
+      <c r="AM12">
+        <v>7</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO12">
+        <v>14</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>72</v>
+      </c>
+      <c r="AQ12">
+        <v>4</v>
+      </c>
+      <c r="AR12">
+        <v>4322</v>
+      </c>
+      <c r="AS12">
+        <v>6680</v>
+      </c>
+    </row>
+    <row r="13" spans="1:46">
+      <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13">
+        <v>54</v>
+      </c>
+      <c r="E13">
+        <v>1732</v>
+      </c>
+      <c r="F13">
+        <v>0</v>
+      </c>
+      <c r="G13">
+        <v>376</v>
+      </c>
+      <c r="H13">
+        <v>468</v>
+      </c>
+      <c r="I13">
+        <v>428</v>
+      </c>
+      <c r="J13">
+        <v>460</v>
+      </c>
+      <c r="K13">
+        <v>1732</v>
+      </c>
+      <c r="L13">
+        <v>870</v>
+      </c>
+      <c r="M13">
+        <v>0</v>
+      </c>
+      <c r="N13">
+        <v>859</v>
+      </c>
+      <c r="O13">
+        <v>0</v>
+      </c>
+      <c r="P13">
+        <v>1729</v>
+      </c>
+      <c r="Q13">
+        <v>767</v>
+      </c>
+      <c r="R13">
+        <v>934</v>
+      </c>
+      <c r="S13">
+        <v>1701</v>
+      </c>
+      <c r="T13">
+        <v>127</v>
+      </c>
+      <c r="U13">
+        <v>132</v>
+      </c>
+      <c r="V13">
+        <v>259</v>
+      </c>
+      <c r="W13">
+        <v>17</v>
+      </c>
+      <c r="X13">
+        <v>5</v>
+      </c>
+      <c r="Y13">
+        <v>22</v>
+      </c>
+      <c r="Z13">
+        <v>237</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB13">
+        <v>69</v>
+      </c>
+      <c r="AC13">
+        <v>1867</v>
+      </c>
+      <c r="AD13">
+        <v>1961</v>
+      </c>
+      <c r="AF13">
+        <v>17</v>
+      </c>
+      <c r="AG13">
+        <v>18</v>
+      </c>
+      <c r="AH13">
+        <v>-1</v>
+      </c>
+      <c r="AI13">
+        <v>1856</v>
+      </c>
+      <c r="AJ13">
+        <v>1956</v>
+      </c>
+      <c r="AK13">
+        <v>38</v>
+      </c>
+      <c r="AL13">
+        <v>38</v>
+      </c>
+      <c r="AM13">
+        <v>0</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO13">
+        <v>14</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ13">
+        <v>9</v>
+      </c>
+      <c r="AR13">
+        <v>6695</v>
+      </c>
+      <c r="AS13">
+        <v>10964</v>
+      </c>
+    </row>
+    <row r="14" spans="1:46">
+      <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14">
+        <v>48</v>
+      </c>
+      <c r="E14">
+        <v>1627</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
+      </c>
+      <c r="G14">
+        <v>427</v>
+      </c>
+      <c r="H14">
+        <v>449</v>
+      </c>
+      <c r="I14">
+        <v>405</v>
+      </c>
+      <c r="J14">
+        <v>346</v>
+      </c>
+      <c r="K14">
+        <v>1627</v>
+      </c>
+      <c r="L14">
+        <v>887</v>
+      </c>
+      <c r="M14">
+        <v>0</v>
+      </c>
+      <c r="N14">
+        <v>868</v>
+      </c>
+      <c r="O14">
+        <v>0</v>
+      </c>
+      <c r="P14">
+        <v>1755</v>
+      </c>
+      <c r="Q14">
+        <v>1000</v>
+      </c>
+      <c r="R14">
+        <v>743</v>
+      </c>
+      <c r="S14">
+        <v>1743</v>
+      </c>
+      <c r="T14">
+        <v>110</v>
+      </c>
+      <c r="U14">
+        <v>100</v>
+      </c>
+      <c r="V14">
+        <v>210</v>
+      </c>
+      <c r="W14">
+        <v>0</v>
+      </c>
+      <c r="X14">
+        <v>0</v>
+      </c>
+      <c r="Y14">
+        <v>0</v>
+      </c>
+      <c r="Z14">
+        <v>210</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB14">
+        <v>53</v>
+      </c>
+      <c r="AC14">
+        <v>1716</v>
+      </c>
+      <c r="AD14">
+        <v>1914</v>
+      </c>
+      <c r="AF14">
+        <v>23</v>
+      </c>
+      <c r="AG14">
+        <v>0</v>
+      </c>
+      <c r="AH14">
+        <v>23</v>
+      </c>
+      <c r="AI14">
+        <v>1733</v>
+      </c>
+      <c r="AJ14">
+        <v>1902</v>
+      </c>
+      <c r="AK14">
+        <v>23</v>
+      </c>
+      <c r="AL14">
+        <v>0</v>
+      </c>
+      <c r="AM14">
+        <v>23</v>
+      </c>
+      <c r="AN14" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO14">
+        <v>13</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ14">
+        <v>5</v>
+      </c>
+      <c r="AR14">
+        <v>0</v>
+      </c>
+      <c r="AS14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:46">
+      <c r="A15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15">
+        <v>59</v>
+      </c>
+      <c r="E15">
+        <v>1789</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15">
+        <v>423</v>
+      </c>
+      <c r="H15">
+        <v>472</v>
+      </c>
+      <c r="I15">
+        <v>489</v>
+      </c>
+      <c r="J15">
+        <v>405</v>
+      </c>
+      <c r="K15">
+        <v>1789</v>
+      </c>
+      <c r="L15">
+        <v>890</v>
+      </c>
+      <c r="M15">
+        <v>0</v>
+      </c>
+      <c r="N15">
+        <v>882</v>
+      </c>
+      <c r="O15">
+        <v>0</v>
+      </c>
+      <c r="P15">
+        <v>1772</v>
+      </c>
+      <c r="Q15">
+        <v>826</v>
+      </c>
+      <c r="R15">
+        <v>967</v>
+      </c>
+      <c r="S15">
+        <v>1793</v>
+      </c>
+      <c r="T15">
+        <v>122</v>
+      </c>
+      <c r="U15">
+        <v>135</v>
+      </c>
+      <c r="V15">
+        <v>257</v>
+      </c>
+      <c r="W15">
+        <v>7</v>
+      </c>
+      <c r="X15">
+        <v>7</v>
+      </c>
+      <c r="Y15">
+        <v>14</v>
+      </c>
+      <c r="Z15">
+        <v>243</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB15">
+        <v>74</v>
+      </c>
+      <c r="AC15">
+        <v>1887</v>
+      </c>
+      <c r="AD15">
+        <v>1864</v>
+      </c>
+      <c r="AF15">
+        <v>23</v>
+      </c>
+      <c r="AG15">
+        <v>24</v>
+      </c>
+      <c r="AH15">
+        <v>-1</v>
+      </c>
+      <c r="AI15">
+        <v>1883</v>
+      </c>
+      <c r="AJ15">
+        <v>1861</v>
+      </c>
+      <c r="AK15">
+        <v>57</v>
+      </c>
+      <c r="AL15">
+        <v>57</v>
+      </c>
+      <c r="AM15">
+        <v>0</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO15">
+        <v>15</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ15">
+        <v>10</v>
+      </c>
+      <c r="AR15">
+        <v>6525</v>
+      </c>
+      <c r="AS15">
+        <v>10425</v>
+      </c>
+    </row>
+    <row r="16" spans="1:46">
+      <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16">
+        <v>50</v>
+      </c>
+      <c r="E16">
+        <v>1636</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+      <c r="G16">
+        <v>407</v>
+      </c>
+      <c r="H16">
+        <v>385</v>
+      </c>
+      <c r="I16">
+        <v>457</v>
+      </c>
+      <c r="J16">
+        <v>387</v>
+      </c>
+      <c r="K16">
+        <v>1636</v>
+      </c>
+      <c r="L16">
+        <v>910</v>
+      </c>
+      <c r="M16">
+        <v>0</v>
+      </c>
+      <c r="N16">
+        <v>908</v>
+      </c>
+      <c r="O16">
+        <v>0</v>
+      </c>
+      <c r="P16">
+        <v>1818</v>
+      </c>
+      <c r="Q16">
+        <v>1012</v>
+      </c>
+      <c r="R16">
+        <v>770</v>
+      </c>
+      <c r="S16">
+        <v>1782</v>
+      </c>
+      <c r="T16">
+        <v>96</v>
+      </c>
+      <c r="U16">
+        <v>85</v>
+      </c>
+      <c r="V16">
+        <v>181</v>
+      </c>
+      <c r="W16">
+        <v>0</v>
+      </c>
+      <c r="X16">
+        <v>0</v>
+      </c>
+      <c r="Y16">
+        <v>0</v>
+      </c>
+      <c r="Z16">
+        <v>181</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB16">
+        <v>53</v>
+      </c>
+      <c r="AC16">
+        <v>1934</v>
+      </c>
+      <c r="AD16">
+        <v>1915</v>
+      </c>
+      <c r="AF16">
+        <v>25</v>
+      </c>
+      <c r="AG16">
+        <v>24</v>
+      </c>
+      <c r="AH16">
+        <v>1</v>
+      </c>
+      <c r="AI16">
+        <v>1940</v>
+      </c>
+      <c r="AJ16">
+        <v>1867</v>
+      </c>
+      <c r="AK16">
+        <v>15</v>
+      </c>
+      <c r="AL16">
+        <v>23</v>
+      </c>
+      <c r="AM16">
+        <v>-8</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO16">
+        <v>9</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ16">
+        <v>5</v>
+      </c>
+      <c r="AR16">
+        <v>4698</v>
+      </c>
+      <c r="AS16">
+        <v>9605</v>
+      </c>
+    </row>
+    <row r="17" spans="1:46">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17">
+        <v>55</v>
+      </c>
+      <c r="E17">
+        <v>1749</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="G17">
+        <v>425</v>
+      </c>
+      <c r="H17">
+        <v>445</v>
+      </c>
+      <c r="I17">
+        <v>479</v>
+      </c>
+      <c r="J17">
+        <v>400</v>
+      </c>
+      <c r="K17">
+        <v>1749</v>
+      </c>
+      <c r="L17">
+        <v>891</v>
+      </c>
+      <c r="M17">
+        <v>0</v>
+      </c>
+      <c r="N17">
+        <v>893</v>
+      </c>
+      <c r="O17">
+        <v>0</v>
+      </c>
+      <c r="P17">
+        <v>1784</v>
+      </c>
+      <c r="Q17">
+        <v>880</v>
+      </c>
+      <c r="R17">
+        <v>902</v>
+      </c>
+      <c r="S17">
+        <v>1782</v>
+      </c>
+      <c r="T17">
+        <v>122</v>
+      </c>
+      <c r="U17">
+        <v>127</v>
+      </c>
+      <c r="V17">
+        <v>249</v>
+      </c>
+      <c r="W17">
+        <v>9</v>
+      </c>
+      <c r="X17">
+        <v>34</v>
+      </c>
+      <c r="Y17">
+        <v>43</v>
+      </c>
+      <c r="Z17">
+        <v>206</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB17">
+        <v>71</v>
+      </c>
+      <c r="AC17">
+        <v>1860</v>
+      </c>
+      <c r="AD17">
+        <v>1801</v>
+      </c>
+      <c r="AF17">
+        <v>24</v>
+      </c>
+      <c r="AG17">
+        <v>25</v>
+      </c>
+      <c r="AH17">
+        <v>-1</v>
+      </c>
+      <c r="AI17">
+        <v>1854</v>
+      </c>
+      <c r="AJ17">
+        <v>1805</v>
+      </c>
+      <c r="AK17">
+        <v>32</v>
+      </c>
+      <c r="AL17">
+        <v>54</v>
+      </c>
+      <c r="AM17">
+        <v>-22</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO17">
+        <v>13</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ17">
+        <v>10</v>
+      </c>
+      <c r="AR17">
+        <v>6008</v>
+      </c>
+      <c r="AS17">
+        <v>6046</v>
+      </c>
+    </row>
+    <row r="18" spans="1:46">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18">
+        <v>54</v>
+      </c>
+      <c r="E18">
+        <v>1776</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18">
+        <v>440</v>
+      </c>
+      <c r="H18">
+        <v>438</v>
+      </c>
+      <c r="I18">
+        <v>497</v>
+      </c>
+      <c r="J18">
+        <v>441</v>
+      </c>
+      <c r="K18">
+        <v>1816</v>
+      </c>
+      <c r="L18">
+        <v>906</v>
+      </c>
+      <c r="M18">
+        <v>0</v>
+      </c>
+      <c r="N18">
+        <v>910</v>
+      </c>
+      <c r="O18">
+        <v>0</v>
+      </c>
+      <c r="P18">
+        <v>1816</v>
+      </c>
+      <c r="Q18">
+        <v>983</v>
+      </c>
+      <c r="R18">
+        <v>850</v>
+      </c>
+      <c r="S18">
+        <v>1833</v>
+      </c>
+      <c r="T18">
+        <v>92</v>
+      </c>
+      <c r="U18">
+        <v>75</v>
+      </c>
+      <c r="V18">
+        <v>167</v>
+      </c>
+      <c r="W18">
+        <v>0</v>
+      </c>
+      <c r="X18">
+        <v>9</v>
+      </c>
+      <c r="Y18">
+        <v>9</v>
+      </c>
+      <c r="Z18">
+        <v>158</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB18">
+        <v>56</v>
+      </c>
+      <c r="AC18">
+        <v>1732</v>
+      </c>
+      <c r="AD18">
+        <v>1855</v>
+      </c>
+      <c r="AF18">
+        <v>17</v>
+      </c>
+      <c r="AG18">
+        <v>26</v>
+      </c>
+      <c r="AH18">
+        <v>-9</v>
+      </c>
+      <c r="AI18">
+        <v>1730</v>
+      </c>
+      <c r="AJ18">
+        <v>1858</v>
+      </c>
+      <c r="AK18">
+        <v>29</v>
+      </c>
+      <c r="AL18">
+        <v>17</v>
+      </c>
+      <c r="AM18">
+        <v>12</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO18">
+        <v>16</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ18">
+        <v>4</v>
+      </c>
+      <c r="AR18">
+        <v>5280</v>
+      </c>
+      <c r="AS18">
+        <v>8369</v>
+      </c>
+    </row>
+    <row r="19" spans="1:46">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19">
+        <v>58</v>
+      </c>
+      <c r="E19">
+        <v>1817</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19">
+        <v>418</v>
+      </c>
+      <c r="H19">
+        <v>448</v>
+      </c>
+      <c r="I19">
+        <v>476</v>
+      </c>
+      <c r="J19">
+        <v>475</v>
+      </c>
+      <c r="K19">
+        <v>1817</v>
+      </c>
+      <c r="L19">
+        <v>924</v>
+      </c>
+      <c r="M19">
+        <v>0</v>
+      </c>
+      <c r="N19">
+        <v>924</v>
+      </c>
+      <c r="O19">
+        <v>0</v>
+      </c>
+      <c r="P19">
+        <v>1848</v>
+      </c>
+      <c r="Q19">
+        <v>952</v>
+      </c>
+      <c r="R19">
+        <v>900</v>
+      </c>
+      <c r="S19">
+        <v>1852</v>
+      </c>
+      <c r="T19">
+        <v>125</v>
+      </c>
+      <c r="U19">
+        <v>116</v>
+      </c>
+      <c r="V19">
+        <v>241</v>
+      </c>
+      <c r="W19">
+        <v>4</v>
+      </c>
+      <c r="X19">
+        <v>16</v>
+      </c>
+      <c r="Y19">
+        <v>20</v>
+      </c>
+      <c r="Z19">
+        <v>221</v>
+      </c>
+      <c r="AB19">
+        <v>70</v>
+      </c>
+      <c r="AC19">
+        <v>1854</v>
+      </c>
+      <c r="AD19">
+        <v>0</v>
+      </c>
+      <c r="AF19">
+        <v>18</v>
+      </c>
+      <c r="AG19">
+        <v>20</v>
+      </c>
+      <c r="AH19">
+        <v>-2</v>
+      </c>
+      <c r="AI19">
+        <v>1857</v>
+      </c>
+      <c r="AJ19">
+        <v>2041</v>
+      </c>
+      <c r="AK19">
+        <v>64</v>
+      </c>
+      <c r="AL19">
+        <v>69</v>
+      </c>
+      <c r="AM19">
+        <v>-5</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO19">
+        <v>13</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>79</v>
+      </c>
+      <c r="AQ19">
+        <v>9</v>
+      </c>
+      <c r="AR19">
+        <v>6014</v>
+      </c>
+      <c r="AS19">
+        <v>6044</v>
+      </c>
+    </row>
+    <row r="20" spans="1:46">
+      <c r="A20" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20">
+        <v>44</v>
+      </c>
+      <c r="E20">
+        <v>1566</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20">
+        <v>301</v>
+      </c>
+      <c r="H20">
+        <v>343</v>
+      </c>
+      <c r="I20">
+        <v>479</v>
+      </c>
+      <c r="J20">
+        <v>443</v>
+      </c>
+      <c r="K20">
+        <v>1566</v>
+      </c>
+      <c r="L20">
+        <v>838</v>
+      </c>
+      <c r="M20">
+        <v>0</v>
+      </c>
+      <c r="N20">
+        <v>853</v>
+      </c>
+      <c r="O20">
+        <v>0</v>
+      </c>
+      <c r="P20">
+        <v>1691</v>
+      </c>
+      <c r="Q20">
+        <v>807</v>
+      </c>
+      <c r="R20">
+        <v>835</v>
+      </c>
+      <c r="S20">
+        <v>1642</v>
+      </c>
+      <c r="T20">
+        <v>95</v>
+      </c>
+      <c r="U20">
+        <v>85</v>
+      </c>
+      <c r="V20">
+        <v>180</v>
+      </c>
+      <c r="W20">
+        <v>11</v>
+      </c>
+      <c r="X20">
+        <v>0</v>
+      </c>
+      <c r="Y20">
+        <v>11</v>
+      </c>
+      <c r="Z20">
+        <v>169</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB20">
+        <v>60</v>
+      </c>
+      <c r="AC20">
+        <v>1683</v>
+      </c>
+      <c r="AD20">
+        <v>1855</v>
+      </c>
+      <c r="AF20">
+        <v>6</v>
+      </c>
+      <c r="AG20">
+        <v>17</v>
+      </c>
+      <c r="AH20">
+        <v>-11</v>
+      </c>
+      <c r="AI20">
+        <v>1685</v>
+      </c>
+      <c r="AJ20">
+        <v>1869</v>
+      </c>
+      <c r="AK20">
+        <v>21</v>
+      </c>
+      <c r="AL20">
+        <v>27</v>
+      </c>
+      <c r="AM20">
+        <v>-6</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO20">
+        <v>16</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ20">
+        <v>4</v>
+      </c>
+      <c r="AR20">
+        <v>5678</v>
+      </c>
+      <c r="AS20">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="21" spans="1:46">
+      <c r="A21" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21">
+        <v>55</v>
+      </c>
+      <c r="E21">
+        <v>1762</v>
+      </c>
+      <c r="F21">
+        <v>0</v>
+      </c>
+      <c r="G21">
+        <v>396</v>
+      </c>
+      <c r="H21">
+        <v>431</v>
+      </c>
+      <c r="I21">
+        <v>453</v>
+      </c>
+      <c r="J21">
+        <v>482</v>
+      </c>
+      <c r="K21">
+        <v>1762</v>
+      </c>
+      <c r="L21">
+        <v>879</v>
+      </c>
+      <c r="M21">
+        <v>0</v>
+      </c>
+      <c r="N21">
+        <v>869</v>
+      </c>
+      <c r="O21">
+        <v>0</v>
+      </c>
+      <c r="P21">
+        <v>1748</v>
+      </c>
+      <c r="Q21">
+        <v>912</v>
+      </c>
+      <c r="R21">
+        <v>860</v>
+      </c>
+      <c r="S21">
+        <v>1772</v>
+      </c>
+      <c r="T21">
+        <v>140</v>
+      </c>
+      <c r="U21">
+        <v>102</v>
+      </c>
+      <c r="V21">
+        <v>242</v>
+      </c>
+      <c r="W21">
+        <v>1</v>
+      </c>
+      <c r="X21">
+        <v>27</v>
+      </c>
+      <c r="Y21">
+        <v>28</v>
+      </c>
+      <c r="Z21">
+        <v>214</v>
+      </c>
+      <c r="AB21">
+        <v>67</v>
+      </c>
+      <c r="AC21">
+        <v>1890</v>
+      </c>
+      <c r="AD21">
+        <v>0</v>
+      </c>
+      <c r="AF21">
+        <v>14</v>
+      </c>
+      <c r="AG21">
+        <v>20</v>
+      </c>
+      <c r="AH21">
+        <v>-6</v>
+      </c>
+      <c r="AI21">
+        <v>1885</v>
+      </c>
+      <c r="AJ21">
+        <v>1956</v>
+      </c>
+      <c r="AK21">
+        <v>46</v>
+      </c>
+      <c r="AL21">
+        <v>47</v>
+      </c>
+      <c r="AM21">
+        <v>-1</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO21">
+        <v>7</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ21">
+        <v>8</v>
+      </c>
+      <c r="AR21">
+        <v>6198</v>
+      </c>
+      <c r="AS21">
+        <v>4992</v>
+      </c>
+    </row>
+    <row r="22" spans="1:46">
+      <c r="A22" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" t="s">
+        <v>53</v>
+      </c>
+      <c r="D22">
+        <v>50</v>
+      </c>
+      <c r="E22">
+        <v>1628</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
+      </c>
+      <c r="G22">
+        <v>419</v>
+      </c>
+      <c r="H22">
+        <v>320</v>
+      </c>
+      <c r="I22">
+        <v>461</v>
+      </c>
+      <c r="J22">
+        <v>428</v>
+      </c>
+      <c r="K22">
+        <v>1628</v>
+      </c>
+      <c r="L22">
+        <v>833</v>
+      </c>
+      <c r="M22">
+        <v>880</v>
+      </c>
+      <c r="N22">
+        <v>838</v>
+      </c>
+      <c r="O22">
+        <v>703</v>
+      </c>
+      <c r="P22">
+        <v>1671</v>
+      </c>
+      <c r="Q22">
+        <v>728</v>
+      </c>
+      <c r="R22">
+        <v>910</v>
+      </c>
+      <c r="S22">
+        <v>1638</v>
+      </c>
+      <c r="T22">
+        <v>85</v>
+      </c>
+      <c r="U22">
+        <v>75</v>
+      </c>
+      <c r="V22">
+        <v>160</v>
+      </c>
+      <c r="W22">
+        <v>0</v>
+      </c>
+      <c r="X22">
+        <v>0</v>
+      </c>
+      <c r="Y22">
+        <v>0</v>
+      </c>
+      <c r="Z22">
+        <v>160</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB22">
+        <v>55</v>
+      </c>
+      <c r="AC22">
+        <v>1808</v>
+      </c>
+      <c r="AD22">
+        <v>1450</v>
+      </c>
+      <c r="AF22">
+        <v>8</v>
+      </c>
+      <c r="AG22">
+        <v>8</v>
+      </c>
+      <c r="AH22">
+        <v>0</v>
+      </c>
+      <c r="AI22">
+        <v>1811</v>
+      </c>
+      <c r="AJ22">
+        <v>1870</v>
+      </c>
+      <c r="AK22">
+        <v>19</v>
+      </c>
+      <c r="AL22">
+        <v>19</v>
+      </c>
+      <c r="AM22">
+        <v>0</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO22">
+        <v>11</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>82</v>
+      </c>
+      <c r="AQ22">
+        <v>5</v>
+      </c>
+      <c r="AR22">
+        <v>7066</v>
+      </c>
+      <c r="AS22">
+        <v>7128</v>
+      </c>
+    </row>
+    <row r="23" spans="1:46">
+      <c r="A23" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C23" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23">
+        <v>53</v>
+      </c>
+      <c r="E23">
+        <v>1700</v>
+      </c>
+      <c r="F23">
+        <v>0</v>
+      </c>
+      <c r="G23">
+        <v>393</v>
+      </c>
+      <c r="H23">
+        <v>467</v>
+      </c>
+      <c r="I23">
+        <v>454</v>
+      </c>
+      <c r="J23">
+        <v>386</v>
+      </c>
+      <c r="K23">
+        <v>1700</v>
+      </c>
+      <c r="L23">
+        <v>851</v>
+      </c>
+      <c r="M23">
+        <v>928</v>
+      </c>
+      <c r="N23">
+        <v>861</v>
+      </c>
+      <c r="O23">
+        <v>815</v>
+      </c>
+      <c r="P23">
+        <v>1712</v>
+      </c>
+      <c r="Q23">
+        <v>871</v>
+      </c>
+      <c r="R23">
+        <v>855</v>
+      </c>
+      <c r="S23">
+        <v>1726</v>
+      </c>
+      <c r="T23">
+        <v>150</v>
+      </c>
+      <c r="U23">
+        <v>153</v>
+      </c>
+      <c r="V23">
+        <v>303</v>
+      </c>
+      <c r="W23">
+        <v>0</v>
+      </c>
+      <c r="X23">
+        <v>15</v>
+      </c>
+      <c r="Y23">
+        <v>15</v>
+      </c>
+      <c r="Z23">
+        <v>288</v>
+      </c>
+      <c r="AB23">
+        <v>66</v>
+      </c>
+      <c r="AC23">
+        <v>1838</v>
+      </c>
+      <c r="AD23">
+        <v>1816</v>
+      </c>
+      <c r="AF23">
+        <v>20</v>
+      </c>
+      <c r="AG23">
+        <v>28</v>
+      </c>
+      <c r="AH23">
+        <v>-8</v>
+      </c>
+      <c r="AI23">
+        <v>1861</v>
+      </c>
+      <c r="AJ23">
+        <v>1832</v>
+      </c>
+      <c r="AK23">
+        <v>68</v>
+      </c>
+      <c r="AL23">
+        <v>72</v>
+      </c>
+      <c r="AM23">
+        <v>-4</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO23">
+        <v>9</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>51</v>
+      </c>
+      <c r="AQ23">
+        <v>7</v>
+      </c>
+      <c r="AR23">
+        <v>4330</v>
+      </c>
+      <c r="AS23">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="24" spans="1:46">
+      <c r="A24" t="s">
+        <v>83</v>
+      </c>
+      <c r="B24" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24">
+        <v>46</v>
+      </c>
+      <c r="E24">
+        <v>1747</v>
+      </c>
+      <c r="F24">
+        <v>0</v>
+      </c>
+      <c r="G24">
+        <v>361</v>
+      </c>
+      <c r="H24">
+        <v>460</v>
+      </c>
+      <c r="I24">
+        <v>458</v>
+      </c>
+      <c r="J24">
+        <v>468</v>
+      </c>
+      <c r="K24">
+        <v>1747</v>
+      </c>
+      <c r="L24">
+        <v>868</v>
+      </c>
+      <c r="M24">
+        <v>922</v>
+      </c>
+      <c r="N24">
+        <v>874</v>
+      </c>
+      <c r="O24">
+        <v>840</v>
+      </c>
+      <c r="P24">
+        <v>1742</v>
+      </c>
+      <c r="Q24">
+        <v>1010</v>
+      </c>
+      <c r="R24">
+        <v>740</v>
+      </c>
+      <c r="S24">
+        <v>1750</v>
+      </c>
+      <c r="T24">
+        <v>108</v>
+      </c>
+      <c r="U24">
+        <v>90</v>
+      </c>
+      <c r="V24">
+        <v>198</v>
+      </c>
+      <c r="W24">
+        <v>0</v>
+      </c>
+      <c r="X24">
+        <v>0</v>
+      </c>
+      <c r="Y24">
+        <v>0</v>
+      </c>
+      <c r="Z24">
+        <v>198</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB24">
+        <v>51</v>
+      </c>
+      <c r="AC24">
+        <v>1782</v>
+      </c>
+      <c r="AD24">
+        <v>1734</v>
+      </c>
+      <c r="AF24">
+        <v>16</v>
+      </c>
+      <c r="AG24">
+        <v>10</v>
+      </c>
+      <c r="AH24">
+        <v>6</v>
+      </c>
+      <c r="AI24">
+        <v>1767</v>
+      </c>
+      <c r="AJ24">
+        <v>1739</v>
+      </c>
+      <c r="AK24">
+        <v>24</v>
+      </c>
+      <c r="AL24">
+        <v>24</v>
+      </c>
+      <c r="AM24">
+        <v>0</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO24">
+        <v>13</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ24">
+        <v>6</v>
+      </c>
+      <c r="AR24">
+        <v>3908</v>
+      </c>
+      <c r="AS24">
+        <v>6770</v>
+      </c>
+    </row>
+    <row r="25" spans="1:46">
+      <c r="A25" t="s">
+        <v>84</v>
+      </c>
+      <c r="B25" t="s">
+        <v>47</v>
+      </c>
+      <c r="C25" t="s">
+        <v>48</v>
+      </c>
+      <c r="D25">
+        <v>53</v>
+      </c>
+      <c r="E25">
+        <v>1436</v>
+      </c>
+      <c r="F25">
+        <v>0</v>
+      </c>
+      <c r="G25">
+        <v>338</v>
+      </c>
+      <c r="H25">
+        <v>394</v>
+      </c>
+      <c r="I25">
+        <v>280</v>
+      </c>
+      <c r="J25">
+        <v>424</v>
+      </c>
+      <c r="K25">
+        <v>1436</v>
+      </c>
+      <c r="L25">
+        <v>731</v>
+      </c>
+      <c r="M25">
+        <v>795</v>
+      </c>
+      <c r="N25">
+        <v>723</v>
+      </c>
+      <c r="O25">
+        <v>726</v>
+      </c>
+      <c r="P25">
+        <v>1454</v>
+      </c>
+      <c r="Q25">
+        <v>706</v>
+      </c>
+      <c r="R25">
+        <v>719</v>
+      </c>
+      <c r="S25">
+        <v>1425</v>
+      </c>
+      <c r="T25">
+        <v>103</v>
+      </c>
+      <c r="U25">
+        <v>105</v>
+      </c>
+      <c r="V25">
+        <v>208</v>
+      </c>
+      <c r="W25">
+        <v>0</v>
+      </c>
+      <c r="X25">
+        <v>0</v>
+      </c>
+      <c r="Y25">
+        <v>0</v>
+      </c>
+      <c r="Z25">
+        <v>208</v>
+      </c>
+      <c r="AB25">
+        <v>64</v>
+      </c>
+      <c r="AC25">
+        <v>1683</v>
+      </c>
+      <c r="AD25">
+        <v>1917</v>
+      </c>
+      <c r="AF25">
+        <v>18</v>
+      </c>
+      <c r="AG25">
+        <v>22</v>
+      </c>
+      <c r="AH25">
+        <v>-4</v>
+      </c>
+      <c r="AI25">
+        <v>1682</v>
+      </c>
+      <c r="AJ25">
+        <v>1904</v>
+      </c>
+      <c r="AK25">
+        <v>45</v>
+      </c>
+      <c r="AL25">
+        <v>48</v>
+      </c>
+      <c r="AM25">
+        <v>-3</v>
+      </c>
+      <c r="AN25" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO25">
+        <v>9</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>85</v>
+      </c>
+      <c r="AQ25">
+        <v>5</v>
+      </c>
+      <c r="AR25">
+        <v>7317</v>
+      </c>
+      <c r="AS25">
+        <v>6047</v>
+      </c>
+    </row>
+    <row r="26" spans="1:46">
+      <c r="A26" t="s">
+        <v>84</v>
+      </c>
+      <c r="B26" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26">
+        <v>46</v>
+      </c>
+      <c r="E26">
+        <v>1767</v>
+      </c>
+      <c r="F26">
+        <v>0</v>
+      </c>
+      <c r="G26">
+        <v>374</v>
+      </c>
+      <c r="H26">
+        <v>462</v>
+      </c>
+      <c r="I26">
+        <v>447</v>
+      </c>
+      <c r="J26">
+        <v>484</v>
+      </c>
+      <c r="K26">
+        <v>1767</v>
+      </c>
+      <c r="L26">
+        <v>937</v>
+      </c>
+      <c r="M26">
+        <v>1006</v>
+      </c>
+      <c r="N26">
+        <v>887</v>
+      </c>
+      <c r="O26">
+        <v>837</v>
+      </c>
+      <c r="P26">
+        <v>1824</v>
+      </c>
+      <c r="Q26">
+        <v>1075</v>
+      </c>
+      <c r="R26">
+        <v>756</v>
+      </c>
+      <c r="S26">
+        <v>1831</v>
+      </c>
+      <c r="T26">
+        <v>96</v>
+      </c>
+      <c r="U26">
+        <v>70</v>
+      </c>
+      <c r="V26">
+        <v>166</v>
+      </c>
+      <c r="W26">
+        <v>0</v>
+      </c>
+      <c r="X26">
+        <v>11</v>
+      </c>
+      <c r="Y26">
+        <v>11</v>
+      </c>
+      <c r="Z26">
+        <v>155</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB26">
+        <v>56</v>
+      </c>
+      <c r="AC26">
+        <v>1794</v>
+      </c>
+      <c r="AD26">
+        <v>1812</v>
+      </c>
+      <c r="AF26">
+        <v>14</v>
+      </c>
+      <c r="AG26">
+        <v>16</v>
+      </c>
+      <c r="AH26">
+        <v>-2</v>
+      </c>
+      <c r="AI26">
+        <v>1822</v>
+      </c>
+      <c r="AJ26">
+        <v>1820</v>
+      </c>
+      <c r="AK26">
+        <v>26</v>
+      </c>
+      <c r="AL26">
+        <v>39</v>
+      </c>
+      <c r="AM26">
+        <v>-13</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO26">
+        <v>7</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>86</v>
+      </c>
+      <c r="AQ26">
+        <v>7</v>
+      </c>
+      <c r="AR26">
+        <v>6695</v>
+      </c>
+      <c r="AS26">
+        <v>5856</v>
+      </c>
+    </row>
+    <row r="27" spans="1:46">
+      <c r="A27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B27" t="s">
+        <v>47</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27">
+        <v>53</v>
+      </c>
+      <c r="E27">
+        <v>1748</v>
+      </c>
+      <c r="F27">
+        <v>0</v>
+      </c>
+      <c r="G27">
+        <v>410</v>
+      </c>
+      <c r="H27">
+        <v>460</v>
+      </c>
+      <c r="I27">
+        <v>417</v>
+      </c>
+      <c r="J27">
+        <v>461</v>
+      </c>
+      <c r="K27">
+        <v>1748</v>
+      </c>
+      <c r="L27">
+        <v>924</v>
+      </c>
+      <c r="M27">
+        <v>974</v>
+      </c>
+      <c r="N27">
+        <v>927</v>
+      </c>
+      <c r="O27">
+        <v>883</v>
+      </c>
+      <c r="P27">
+        <v>1851</v>
+      </c>
+      <c r="Q27">
+        <v>850</v>
+      </c>
+      <c r="R27">
+        <v>981</v>
+      </c>
+      <c r="S27">
+        <v>1831</v>
+      </c>
+      <c r="T27">
+        <v>104</v>
+      </c>
+      <c r="U27">
+        <v>97</v>
+      </c>
+      <c r="V27">
+        <v>201</v>
+      </c>
+      <c r="W27">
+        <v>0</v>
+      </c>
+      <c r="X27">
+        <v>0</v>
+      </c>
+      <c r="Y27">
+        <v>0</v>
+      </c>
+      <c r="Z27">
+        <v>201</v>
+      </c>
+      <c r="AB27">
+        <v>67</v>
+      </c>
+      <c r="AC27">
+        <v>1830</v>
+      </c>
+      <c r="AD27">
+        <v>2090</v>
+      </c>
+      <c r="AF27">
+        <v>21</v>
+      </c>
+      <c r="AG27">
+        <v>23</v>
+      </c>
+      <c r="AH27">
+        <v>-2</v>
+      </c>
+      <c r="AI27">
+        <v>1808</v>
+      </c>
+      <c r="AJ27">
+        <v>2094</v>
+      </c>
+      <c r="AK27">
+        <v>44</v>
+      </c>
+      <c r="AL27">
+        <v>35</v>
+      </c>
+      <c r="AM27">
+        <v>9</v>
+      </c>
+      <c r="AN27" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO27">
+        <v>8</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>85</v>
+      </c>
+      <c r="AQ27">
+        <v>6</v>
+      </c>
+      <c r="AR27">
+        <v>7006</v>
+      </c>
+      <c r="AS27">
+        <v>4544</v>
+      </c>
+    </row>
+    <row r="28" spans="1:46">
+      <c r="A28" t="s">
+        <v>87</v>
+      </c>
+      <c r="B28" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" t="s">
+        <v>58</v>
+      </c>
+      <c r="D28">
+        <v>27</v>
+      </c>
+      <c r="E28">
+        <v>1785</v>
+      </c>
+      <c r="F28">
+        <v>0</v>
+      </c>
+      <c r="G28">
+        <v>423</v>
+      </c>
+      <c r="H28">
+        <v>445</v>
+      </c>
+      <c r="I28">
+        <v>444</v>
+      </c>
+      <c r="J28">
+        <v>473</v>
+      </c>
+      <c r="K28">
+        <v>1785</v>
+      </c>
+      <c r="L28">
+        <v>875</v>
+      </c>
+      <c r="M28">
+        <v>942</v>
+      </c>
+      <c r="N28">
+        <v>881</v>
+      </c>
+      <c r="O28">
+        <v>790</v>
+      </c>
+      <c r="P28">
+        <v>1756</v>
+      </c>
+      <c r="Q28">
+        <v>1000</v>
+      </c>
+      <c r="R28">
+        <v>734</v>
+      </c>
+      <c r="S28">
+        <v>1734</v>
+      </c>
+      <c r="T28">
+        <v>70</v>
+      </c>
+      <c r="U28">
+        <v>70</v>
+      </c>
+      <c r="V28">
+        <v>140</v>
+      </c>
+      <c r="W28">
+        <v>0</v>
+      </c>
+      <c r="X28">
+        <v>0</v>
+      </c>
+      <c r="Y28">
+        <v>0</v>
+      </c>
+      <c r="Z28">
+        <v>140</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB28">
+        <v>30</v>
+      </c>
+      <c r="AC28">
+        <v>1601</v>
+      </c>
+      <c r="AD28">
+        <v>1757</v>
+      </c>
+      <c r="AF28">
+        <v>18</v>
+      </c>
+      <c r="AG28">
+        <v>15</v>
+      </c>
+      <c r="AH28">
+        <v>3</v>
+      </c>
+      <c r="AI28">
+        <v>1604</v>
+      </c>
+      <c r="AJ28">
+        <v>1731</v>
+      </c>
+      <c r="AK28">
+        <v>28</v>
+      </c>
+      <c r="AL28">
+        <v>25</v>
+      </c>
+      <c r="AM28">
+        <v>3</v>
+      </c>
+      <c r="AN28" t="s">
+        <v>59</v>
+      </c>
+      <c r="AO28">
+        <v>4</v>
+      </c>
+      <c r="AP28" t="s">
+        <v>88</v>
+      </c>
+      <c r="AQ28">
+        <v>3</v>
+      </c>
+      <c r="AR28">
+        <v>6304</v>
+      </c>
+      <c r="AS28">
+        <v>6856</v>
+      </c>
+    </row>
+    <row r="29" spans="1:46">
+      <c r="A29" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29">
+        <v>29</v>
+      </c>
+      <c r="E29">
+        <v>1816</v>
+      </c>
+      <c r="F29">
+        <v>0</v>
+      </c>
+      <c r="G29">
+        <v>420</v>
+      </c>
+      <c r="H29">
+        <v>487</v>
+      </c>
+      <c r="I29">
+        <v>441</v>
+      </c>
+      <c r="J29">
+        <v>468</v>
+      </c>
+      <c r="K29">
+        <v>1816</v>
+      </c>
+      <c r="L29">
+        <v>890</v>
+      </c>
+      <c r="M29">
+        <v>902</v>
+      </c>
+      <c r="N29">
+        <v>891</v>
+      </c>
+      <c r="O29">
+        <v>837</v>
+      </c>
+      <c r="P29">
+        <v>1781</v>
+      </c>
+      <c r="Q29">
+        <v>1057</v>
+      </c>
+      <c r="R29">
+        <v>700</v>
+      </c>
+      <c r="S29">
+        <v>1757</v>
+      </c>
+      <c r="T29">
+        <v>80</v>
+      </c>
+      <c r="U29">
+        <v>65</v>
+      </c>
+      <c r="V29">
+        <v>145</v>
+      </c>
+      <c r="W29">
+        <v>6</v>
+      </c>
+      <c r="X29">
+        <v>36</v>
+      </c>
+      <c r="Y29">
+        <v>42</v>
+      </c>
+      <c r="Z29">
+        <v>103</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB29">
+        <v>25</v>
+      </c>
+      <c r="AC29">
+        <v>1609</v>
+      </c>
+      <c r="AD29">
+        <v>1507</v>
+      </c>
+      <c r="AF29">
+        <v>10</v>
+      </c>
+      <c r="AG29">
+        <v>6</v>
+      </c>
+      <c r="AH29">
+        <v>4</v>
+      </c>
+      <c r="AI29">
+        <v>1602</v>
+      </c>
+      <c r="AJ29">
+        <v>1523</v>
+      </c>
+      <c r="AK29">
+        <v>10</v>
+      </c>
+      <c r="AL29">
+        <v>3</v>
+      </c>
+      <c r="AM29">
+        <v>7</v>
+      </c>
+      <c r="AN29" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO29">
+        <v>7</v>
+      </c>
+      <c r="AP29" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ29">
+        <v>5</v>
+      </c>
+      <c r="AR29">
+        <v>3458</v>
+      </c>
+      <c r="AS29">
+        <v>7202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:46">
+      <c r="A30" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" t="s">
+        <v>52</v>
+      </c>
+      <c r="C30" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30">
+        <v>50</v>
+      </c>
+      <c r="E30">
+        <v>1766</v>
+      </c>
+      <c r="F30">
+        <v>0</v>
+      </c>
+      <c r="G30">
+        <v>434</v>
+      </c>
+      <c r="H30">
+        <v>419</v>
+      </c>
+      <c r="I30">
+        <v>481</v>
+      </c>
+      <c r="J30">
+        <v>432</v>
+      </c>
+      <c r="K30">
+        <v>1766</v>
+      </c>
+      <c r="L30">
+        <v>894</v>
+      </c>
+      <c r="M30">
+        <v>902</v>
+      </c>
+      <c r="N30">
+        <v>928</v>
+      </c>
+      <c r="O30">
+        <v>895</v>
+      </c>
+      <c r="P30">
+        <v>1822</v>
+      </c>
+      <c r="Q30">
+        <v>875</v>
+      </c>
+      <c r="R30">
+        <v>923</v>
+      </c>
+      <c r="S30">
+        <v>1798</v>
+      </c>
+      <c r="T30">
+        <v>107</v>
+      </c>
+      <c r="U30">
+        <v>103</v>
+      </c>
+      <c r="V30">
+        <v>210</v>
+      </c>
+      <c r="W30">
+        <v>0</v>
+      </c>
+      <c r="X30">
+        <v>0</v>
+      </c>
+      <c r="Y30">
+        <v>0</v>
+      </c>
+      <c r="Z30">
+        <v>210</v>
+      </c>
+      <c r="AB30">
+        <v>65</v>
+      </c>
+      <c r="AC30">
+        <v>1817</v>
+      </c>
+      <c r="AD30">
+        <v>1865</v>
+      </c>
+      <c r="AF30">
+        <v>19</v>
+      </c>
+      <c r="AG30">
+        <v>20</v>
+      </c>
+      <c r="AH30">
+        <v>-1</v>
+      </c>
+      <c r="AI30">
+        <v>1818</v>
+      </c>
+      <c r="AJ30">
+        <v>1869</v>
+      </c>
+      <c r="AK30">
+        <v>28</v>
+      </c>
+      <c r="AL30">
+        <v>18</v>
+      </c>
+      <c r="AM30">
+        <v>10</v>
+      </c>
+      <c r="AO30">
+        <v>10</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ30">
+        <v>7</v>
+      </c>
+      <c r="AR30">
+        <v>4000</v>
+      </c>
+      <c r="AS30">
+        <v>6560</v>
+      </c>
+    </row>
+    <row r="31" spans="1:46">
+      <c r="A31" t="s">
+        <v>93</v>
+      </c>
+      <c r="B31" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" t="s">
+        <v>53</v>
+      </c>
+      <c r="D31">
+        <v>50</v>
+      </c>
+      <c r="E31">
+        <v>1778</v>
+      </c>
+      <c r="F31">
+        <v>0</v>
+      </c>
+      <c r="G31">
+        <v>398</v>
+      </c>
+      <c r="H31">
+        <v>422</v>
+      </c>
+      <c r="I31">
+        <v>481</v>
+      </c>
+      <c r="J31">
+        <v>477</v>
+      </c>
+      <c r="K31">
+        <v>1778</v>
+      </c>
+      <c r="L31">
+        <v>917</v>
+      </c>
+      <c r="M31">
+        <v>781</v>
+      </c>
+      <c r="N31">
+        <v>931</v>
+      </c>
+      <c r="O31">
+        <v>696</v>
+      </c>
+      <c r="P31">
+        <v>1848</v>
+      </c>
+      <c r="Q31">
+        <v>1066</v>
+      </c>
+      <c r="R31">
+        <v>800</v>
+      </c>
+      <c r="S31">
+        <v>1866</v>
+      </c>
+      <c r="T31">
+        <v>92</v>
+      </c>
+      <c r="U31">
+        <v>70</v>
+      </c>
+      <c r="V31">
+        <v>162</v>
+      </c>
+      <c r="W31">
+        <v>0</v>
+      </c>
+      <c r="X31">
+        <v>36</v>
+      </c>
+      <c r="Y31">
+        <v>36</v>
+      </c>
+      <c r="Z31">
+        <v>126</v>
+      </c>
+      <c r="AB31">
+        <v>54</v>
+      </c>
+      <c r="AC31">
+        <v>1745</v>
+      </c>
+      <c r="AD31">
+        <v>1470</v>
+      </c>
+      <c r="AF31">
+        <v>32</v>
+      </c>
+      <c r="AG31">
+        <v>32</v>
+      </c>
+      <c r="AH31">
+        <v>0</v>
+      </c>
+      <c r="AI31">
+        <v>1750</v>
+      </c>
+      <c r="AJ31">
+        <v>1870</v>
+      </c>
+      <c r="AK31">
+        <v>30</v>
+      </c>
+      <c r="AL31">
+        <v>38</v>
+      </c>
+      <c r="AM31">
+        <v>-8</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO31">
+        <v>9</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ31">
+        <v>5</v>
+      </c>
+      <c r="AR31">
+        <v>6810</v>
+      </c>
+      <c r="AS31">
+        <v>5184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:46">
+      <c r="A32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32">
+        <v>55</v>
+      </c>
+      <c r="E32">
+        <v>1815</v>
+      </c>
+      <c r="F32">
+        <v>0</v>
+      </c>
+      <c r="G32">
+        <v>358</v>
+      </c>
+      <c r="H32">
+        <v>476</v>
+      </c>
+      <c r="I32">
+        <v>485</v>
+      </c>
+      <c r="J32">
+        <v>496</v>
+      </c>
+      <c r="K32">
+        <v>1815</v>
+      </c>
+      <c r="L32">
+        <v>826</v>
+      </c>
+      <c r="M32">
+        <v>846</v>
+      </c>
+      <c r="N32">
+        <v>938</v>
+      </c>
+      <c r="O32">
+        <v>902</v>
+      </c>
+      <c r="P32">
+        <v>1764</v>
+      </c>
+      <c r="Q32">
+        <v>893</v>
+      </c>
+      <c r="R32">
+        <v>850</v>
+      </c>
+      <c r="S32">
+        <v>1743</v>
+      </c>
+      <c r="T32">
+        <v>80</v>
+      </c>
+      <c r="U32">
+        <v>72</v>
+      </c>
+      <c r="V32">
+        <v>152</v>
+      </c>
+      <c r="W32">
+        <v>0</v>
+      </c>
+      <c r="X32">
+        <v>2</v>
+      </c>
+      <c r="Y32">
+        <v>2</v>
+      </c>
+      <c r="Z32">
+        <v>150</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB32">
+        <v>64</v>
+      </c>
+      <c r="AC32">
+        <v>1742</v>
+      </c>
+      <c r="AD32">
+        <v>1800</v>
+      </c>
+      <c r="AF32">
+        <v>30</v>
+      </c>
+      <c r="AG32">
+        <v>27</v>
+      </c>
+      <c r="AH32">
+        <v>3</v>
+      </c>
+      <c r="AI32">
+        <v>1754</v>
+      </c>
+      <c r="AJ32">
+        <v>1811</v>
+      </c>
+      <c r="AK32">
+        <v>35</v>
+      </c>
+      <c r="AL32">
+        <v>23</v>
+      </c>
+      <c r="AM32">
+        <v>12</v>
+      </c>
+      <c r="AO32">
+        <v>13</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ32">
+        <v>7</v>
+      </c>
+      <c r="AR32">
+        <v>5088</v>
+      </c>
+      <c r="AS32">
+        <v>3936</v>
+      </c>
+    </row>
+    <row r="33" spans="1:46">
+      <c r="A33" t="s">
+        <v>97</v>
+      </c>
+      <c r="B33" t="s">
+        <v>47</v>
+      </c>
+      <c r="C33" t="s">
+        <v>58</v>
+      </c>
+      <c r="D33">
+        <v>54</v>
+      </c>
+      <c r="E33">
+        <v>1530</v>
+      </c>
+      <c r="F33">
+        <v>0</v>
+      </c>
+      <c r="G33">
+        <v>371</v>
+      </c>
+      <c r="H33">
+        <v>462</v>
+      </c>
+      <c r="I33">
+        <v>412</v>
+      </c>
+      <c r="J33">
+        <v>485</v>
+      </c>
+      <c r="K33">
+        <v>1730</v>
+      </c>
+      <c r="L33">
+        <v>866</v>
+      </c>
+      <c r="M33">
+        <v>621</v>
+      </c>
+      <c r="N33">
+        <v>877</v>
+      </c>
+      <c r="O33">
+        <v>569</v>
+      </c>
+      <c r="P33">
+        <v>1743</v>
+      </c>
+      <c r="Q33">
+        <v>1004</v>
+      </c>
+      <c r="R33">
+        <v>724</v>
+      </c>
+      <c r="S33">
+        <v>1728</v>
+      </c>
+      <c r="T33">
+        <v>96</v>
+      </c>
+      <c r="U33">
+        <v>80</v>
+      </c>
+      <c r="V33">
+        <v>176</v>
+      </c>
+      <c r="W33">
+        <v>0</v>
+      </c>
+      <c r="X33">
+        <v>38</v>
+      </c>
+      <c r="Y33">
+        <v>38</v>
+      </c>
+      <c r="Z33">
+        <v>138</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB33">
+        <v>57</v>
+      </c>
+      <c r="AC33">
+        <v>1913</v>
+      </c>
+      <c r="AD33">
+        <v>1969</v>
+      </c>
+      <c r="AF33">
+        <v>10</v>
+      </c>
+      <c r="AG33">
+        <v>13</v>
+      </c>
+      <c r="AH33">
+        <v>-3</v>
+      </c>
+      <c r="AI33">
+        <v>1909</v>
+      </c>
+      <c r="AJ33">
+        <v>1974</v>
+      </c>
+      <c r="AK33">
+        <v>24</v>
+      </c>
+      <c r="AL33">
+        <v>25</v>
+      </c>
+      <c r="AM33">
+        <v>-1</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO33">
+        <v>9</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>86</v>
+      </c>
+      <c r="AQ33">
+        <v>5</v>
+      </c>
+      <c r="AR33">
+        <v>7082</v>
+      </c>
+      <c r="AS33">
+        <v>6789</v>
+      </c>
+    </row>
+    <row r="34" spans="1:46">
+      <c r="A34" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34" t="s">
+        <v>52</v>
+      </c>
+      <c r="C34" t="s">
+        <v>48</v>
+      </c>
+      <c r="D34">
+        <v>55</v>
+      </c>
+      <c r="E34">
+        <v>1617</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="G34">
+        <v>215</v>
+      </c>
+      <c r="H34">
+        <v>476</v>
+      </c>
+      <c r="I34">
+        <v>448</v>
+      </c>
+      <c r="J34">
+        <v>478</v>
+      </c>
+      <c r="K34">
+        <v>1617</v>
+      </c>
+      <c r="L34">
+        <v>797</v>
+      </c>
+      <c r="M34">
+        <v>0</v>
+      </c>
+      <c r="N34">
+        <v>810</v>
+      </c>
+      <c r="O34">
+        <v>0</v>
+      </c>
+      <c r="P34">
+        <v>1607</v>
+      </c>
+      <c r="Q34">
+        <v>932</v>
+      </c>
+      <c r="R34">
+        <v>700</v>
+      </c>
+      <c r="S34">
+        <v>1632</v>
+      </c>
+      <c r="T34">
+        <v>120</v>
+      </c>
+      <c r="U34">
+        <v>111</v>
+      </c>
+      <c r="V34">
+        <v>231</v>
+      </c>
+      <c r="W34">
+        <v>0</v>
+      </c>
+      <c r="X34">
+        <v>0</v>
+      </c>
+      <c r="Y34">
+        <v>0</v>
+      </c>
+      <c r="Z34">
+        <v>231</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB34">
+        <v>67</v>
+      </c>
+      <c r="AC34">
+        <v>1801</v>
+      </c>
+      <c r="AD34">
+        <v>1850</v>
+      </c>
+      <c r="AF34">
+        <v>14</v>
+      </c>
+      <c r="AG34">
+        <v>32</v>
+      </c>
+      <c r="AH34">
+        <v>-18</v>
+      </c>
+      <c r="AI34">
+        <v>1823</v>
+      </c>
+      <c r="AJ34">
+        <v>1851</v>
+      </c>
+      <c r="AK34">
+        <v>21</v>
+      </c>
+      <c r="AL34">
+        <v>37</v>
+      </c>
+      <c r="AM34">
+        <v>-16</v>
+      </c>
+      <c r="AN34" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO34">
+        <v>15</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ34">
+        <v>7</v>
+      </c>
+      <c r="AR34">
+        <v>6982</v>
+      </c>
+      <c r="AS34">
+        <v>6928</v>
+      </c>
+    </row>
+    <row r="35" spans="1:46">
+      <c r="A35" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" t="s">
+        <v>47</v>
+      </c>
+      <c r="C35" t="s">
+        <v>53</v>
+      </c>
+      <c r="D35">
+        <v>53</v>
+      </c>
+      <c r="E35">
+        <v>1778</v>
+      </c>
+      <c r="F35">
+        <v>0</v>
+      </c>
+      <c r="G35">
+        <v>300</v>
+      </c>
+      <c r="H35">
+        <v>495</v>
+      </c>
+      <c r="I35">
+        <v>500</v>
+      </c>
+      <c r="J35">
+        <v>494</v>
+      </c>
+      <c r="K35">
+        <v>1789</v>
+      </c>
+      <c r="L35">
+        <v>899</v>
+      </c>
+      <c r="M35">
+        <v>0</v>
+      </c>
+      <c r="N35">
+        <v>910</v>
+      </c>
+      <c r="O35">
+        <v>0</v>
+      </c>
+      <c r="P35">
+        <v>1809</v>
+      </c>
+      <c r="Q35">
+        <v>1050</v>
+      </c>
+      <c r="R35">
+        <v>740</v>
+      </c>
+      <c r="S35">
+        <v>1790</v>
+      </c>
+      <c r="T35">
+        <v>90</v>
+      </c>
+      <c r="U35">
+        <v>75</v>
+      </c>
+      <c r="V35">
+        <v>165</v>
+      </c>
+      <c r="W35">
+        <v>0</v>
+      </c>
+      <c r="X35">
+        <v>19</v>
+      </c>
+      <c r="Y35">
+        <v>19</v>
+      </c>
+      <c r="Z35">
+        <v>146</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB35">
+        <v>57</v>
+      </c>
+      <c r="AC35">
+        <v>1797</v>
+      </c>
+      <c r="AD35">
+        <v>1978</v>
+      </c>
+      <c r="AF35">
+        <v>13</v>
+      </c>
+      <c r="AG35">
+        <v>15</v>
+      </c>
+      <c r="AH35">
+        <v>-2</v>
+      </c>
+      <c r="AI35">
+        <v>1790</v>
+      </c>
+      <c r="AJ35">
+        <v>2006</v>
+      </c>
+      <c r="AK35">
+        <v>28</v>
+      </c>
+      <c r="AL35">
+        <v>30</v>
+      </c>
+      <c r="AM35">
+        <v>-2</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO35">
+        <v>10</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ35">
+        <v>7</v>
+      </c>
+      <c r="AR35">
+        <v>6199</v>
+      </c>
+      <c r="AS35">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="36" spans="1:46">
+      <c r="A36" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" t="s">
+        <v>48</v>
+      </c>
+      <c r="D36">
+        <v>55</v>
+      </c>
+      <c r="E36">
+        <v>1826</v>
+      </c>
+      <c r="F36">
+        <v>0</v>
+      </c>
+      <c r="G36">
+        <v>418</v>
+      </c>
+      <c r="H36">
+        <v>432</v>
+      </c>
+      <c r="I36">
+        <v>504</v>
+      </c>
+      <c r="J36">
+        <v>472</v>
+      </c>
+      <c r="K36">
+        <v>1826</v>
+      </c>
+      <c r="L36">
+        <v>899</v>
+      </c>
+      <c r="M36">
+        <v>0</v>
+      </c>
+      <c r="N36">
+        <v>933</v>
+      </c>
+      <c r="O36">
+        <v>0</v>
+      </c>
+      <c r="P36">
+        <v>1832</v>
+      </c>
+      <c r="Q36">
+        <v>896</v>
+      </c>
+      <c r="R36">
+        <v>927</v>
+      </c>
+      <c r="S36">
+        <v>1823</v>
+      </c>
+      <c r="T36">
+        <v>90</v>
+      </c>
+      <c r="U36">
+        <v>75</v>
+      </c>
+      <c r="V36">
+        <v>165</v>
+      </c>
+      <c r="W36">
+        <v>0</v>
+      </c>
+      <c r="X36">
+        <v>0</v>
+      </c>
+      <c r="Y36">
+        <v>0</v>
+      </c>
+      <c r="Z36">
+        <v>165</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB36">
+        <v>69</v>
+      </c>
+      <c r="AC36">
+        <v>1802</v>
+      </c>
+      <c r="AD36">
+        <v>2012</v>
+      </c>
+      <c r="AF36">
+        <v>27</v>
+      </c>
+      <c r="AG36">
+        <v>13</v>
+      </c>
+      <c r="AH36">
+        <v>14</v>
+      </c>
+      <c r="AI36">
+        <v>1805</v>
+      </c>
+      <c r="AJ36">
+        <v>2046</v>
+      </c>
+      <c r="AK36">
+        <v>35</v>
+      </c>
+      <c r="AL36">
+        <v>27</v>
+      </c>
+      <c r="AM36">
+        <v>8</v>
+      </c>
+      <c r="AO36">
+        <v>14</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ36">
+        <v>7</v>
+      </c>
+      <c r="AR36">
+        <v>5046</v>
+      </c>
+      <c r="AS36">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="37" spans="1:46">
+      <c r="A37" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" t="s">
+        <v>53</v>
+      </c>
+      <c r="D37">
+        <v>56</v>
+      </c>
+      <c r="E37">
+        <v>1867</v>
+      </c>
+      <c r="F37">
+        <v>0</v>
+      </c>
+      <c r="G37">
+        <v>430</v>
+      </c>
+      <c r="H37">
+        <v>477</v>
+      </c>
+      <c r="I37">
+        <v>461</v>
+      </c>
+      <c r="J37">
+        <v>499</v>
+      </c>
+      <c r="K37">
+        <v>1867</v>
+      </c>
+      <c r="L37">
+        <v>869</v>
+      </c>
+      <c r="M37">
+        <v>0</v>
+      </c>
+      <c r="N37">
+        <v>895</v>
+      </c>
+      <c r="O37">
+        <v>0</v>
+      </c>
+      <c r="P37">
+        <v>1764</v>
+      </c>
+      <c r="Q37">
+        <v>1045</v>
+      </c>
+      <c r="R37">
+        <v>761</v>
+      </c>
+      <c r="S37">
+        <v>1806</v>
+      </c>
+      <c r="T37">
+        <v>120</v>
+      </c>
+      <c r="U37">
+        <v>70</v>
+      </c>
+      <c r="V37">
+        <v>190</v>
+      </c>
+      <c r="W37">
+        <v>7</v>
+      </c>
+      <c r="X37">
+        <v>29</v>
+      </c>
+      <c r="Y37">
+        <v>36</v>
+      </c>
+      <c r="Z37">
+        <v>154</v>
+      </c>
+      <c r="AB37">
+        <v>60</v>
+      </c>
+      <c r="AC37">
+        <v>1807</v>
+      </c>
+      <c r="AD37">
+        <v>1921</v>
+      </c>
+      <c r="AF37">
+        <v>18</v>
+      </c>
+      <c r="AG37">
+        <v>18</v>
+      </c>
+      <c r="AH37">
+        <v>0</v>
+      </c>
+      <c r="AI37">
+        <v>1806</v>
+      </c>
+      <c r="AJ37">
+        <v>1853</v>
+      </c>
+      <c r="AK37">
+        <v>30</v>
+      </c>
+      <c r="AL37">
+        <v>40</v>
+      </c>
+      <c r="AM37">
+        <v>-10</v>
+      </c>
+      <c r="AN37" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO37">
+        <v>10</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ37">
+        <v>7</v>
+      </c>
+      <c r="AR37">
+        <v>5858</v>
+      </c>
+      <c r="AS37">
+        <v>4366</v>
+      </c>
+    </row>
+    <row r="38" spans="1:46">
+      <c r="A38" t="s">
+        <v>99</v>
+      </c>
+      <c r="B38" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38" t="s">
+        <v>48</v>
+      </c>
+      <c r="D38">
+        <v>58</v>
+      </c>
+      <c r="E38">
+        <v>1764</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
+      </c>
+      <c r="G38">
+        <v>410</v>
+      </c>
+      <c r="H38">
+        <v>509</v>
+      </c>
+      <c r="I38">
+        <v>390</v>
+      </c>
+      <c r="J38">
+        <v>455</v>
+      </c>
+      <c r="K38">
+        <v>1764</v>
+      </c>
+      <c r="L38">
+        <v>931</v>
+      </c>
+      <c r="M38">
+        <v>0</v>
+      </c>
+      <c r="N38">
+        <v>931</v>
+      </c>
+      <c r="O38">
+        <v>0</v>
+      </c>
+      <c r="P38">
+        <v>1862</v>
+      </c>
+      <c r="Q38">
+        <v>996</v>
+      </c>
+      <c r="R38">
+        <v>847</v>
+      </c>
+      <c r="S38">
+        <v>1843</v>
+      </c>
+      <c r="T38">
+        <v>1020</v>
+      </c>
+      <c r="U38">
+        <v>826</v>
+      </c>
+      <c r="V38">
+        <v>1846</v>
+      </c>
+      <c r="W38">
+        <v>0</v>
+      </c>
+      <c r="X38">
+        <v>0</v>
+      </c>
+      <c r="Y38">
+        <v>0</v>
+      </c>
+      <c r="Z38">
+        <v>1846</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB38">
+        <v>70</v>
+      </c>
+      <c r="AC38">
+        <v>1835</v>
+      </c>
+      <c r="AD38">
+        <v>1944</v>
+      </c>
+      <c r="AF38">
+        <v>9</v>
+      </c>
+      <c r="AG38">
+        <v>26</v>
+      </c>
+      <c r="AH38">
+        <v>-17</v>
+      </c>
+      <c r="AI38">
+        <v>1816</v>
+      </c>
+      <c r="AJ38">
+        <v>1953</v>
+      </c>
+      <c r="AK38">
+        <v>25</v>
+      </c>
+      <c r="AL38">
+        <v>31</v>
+      </c>
+      <c r="AM38">
+        <v>-6</v>
+      </c>
+      <c r="AN38" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO38">
+        <v>14</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>100</v>
+      </c>
+      <c r="AQ38">
+        <v>5</v>
+      </c>
+      <c r="AR38">
+        <v>7154</v>
+      </c>
+      <c r="AS38">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="39" spans="1:46">
+      <c r="A39" t="s">
+        <v>101</v>
+      </c>
+      <c r="B39" t="s">
+        <v>47</v>
+      </c>
+      <c r="C39" t="s">
+        <v>71</v>
+      </c>
+      <c r="D39">
+        <v>58</v>
+      </c>
+      <c r="E39">
+        <v>1816</v>
+      </c>
+      <c r="F39">
+        <v>0</v>
+      </c>
+      <c r="G39">
+        <v>378</v>
+      </c>
+      <c r="H39">
+        <v>458</v>
+      </c>
+      <c r="I39">
+        <v>484</v>
+      </c>
+      <c r="J39">
+        <v>497</v>
+      </c>
+      <c r="K39">
+        <v>1817</v>
+      </c>
+      <c r="L39">
+        <v>910</v>
+      </c>
+      <c r="M39">
+        <v>0</v>
+      </c>
+      <c r="N39">
+        <v>931</v>
+      </c>
+      <c r="O39">
+        <v>0</v>
+      </c>
+      <c r="P39">
+        <v>1841</v>
+      </c>
+      <c r="Q39">
+        <v>1020</v>
+      </c>
+      <c r="R39">
+        <v>826</v>
+      </c>
+      <c r="S39">
+        <v>1846</v>
+      </c>
+      <c r="T39">
+        <v>91</v>
+      </c>
+      <c r="U39">
+        <v>82</v>
+      </c>
+      <c r="V39">
+        <v>173</v>
+      </c>
+      <c r="W39">
+        <v>26</v>
+      </c>
+      <c r="X39">
+        <v>46</v>
+      </c>
+      <c r="Y39">
+        <v>72</v>
+      </c>
+      <c r="Z39">
+        <v>101</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB39">
+        <v>61</v>
+      </c>
+      <c r="AC39">
+        <v>1808</v>
+      </c>
+      <c r="AD39">
+        <v>1829</v>
+      </c>
+      <c r="AF39">
+        <v>21</v>
+      </c>
+      <c r="AG39">
+        <v>22</v>
+      </c>
+      <c r="AH39">
+        <v>-1</v>
+      </c>
+      <c r="AI39">
+        <v>1811</v>
+      </c>
+      <c r="AJ39">
+        <v>1834</v>
+      </c>
+      <c r="AK39">
+        <v>50</v>
+      </c>
+      <c r="AL39">
+        <v>50</v>
+      </c>
+      <c r="AM39">
+        <v>0</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO39">
+        <v>11</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ39">
+        <v>7</v>
+      </c>
+      <c r="AR39">
+        <v>6405</v>
+      </c>
+      <c r="AS39">
+        <v>9023</v>
+      </c>
+    </row>
+    <row r="40" spans="1:46">
+      <c r="A40" t="s">
+        <v>101</v>
+      </c>
+      <c r="B40" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" t="s">
+        <v>48</v>
+      </c>
+      <c r="D40">
+        <v>54</v>
+      </c>
+      <c r="E40">
+        <v>1822</v>
+      </c>
+      <c r="F40">
+        <v>0</v>
+      </c>
+      <c r="G40">
+        <v>392</v>
+      </c>
+      <c r="H40">
+        <v>483</v>
+      </c>
+      <c r="I40">
+        <v>438</v>
+      </c>
+      <c r="J40">
+        <v>504</v>
+      </c>
+      <c r="K40">
+        <v>1817</v>
+      </c>
+      <c r="L40">
+        <v>924</v>
+      </c>
+      <c r="M40">
+        <v>0</v>
+      </c>
+      <c r="N40">
+        <v>957</v>
+      </c>
+      <c r="O40">
+        <v>0</v>
+      </c>
+      <c r="P40">
+        <v>1881</v>
+      </c>
+      <c r="Q40">
+        <v>895</v>
+      </c>
+      <c r="R40">
+        <v>966</v>
+      </c>
+      <c r="S40">
+        <v>1861</v>
+      </c>
+      <c r="T40">
+        <v>152</v>
+      </c>
+      <c r="U40">
+        <v>104</v>
+      </c>
+      <c r="V40">
+        <v>256</v>
+      </c>
+      <c r="W40">
+        <v>0</v>
+      </c>
+      <c r="X40">
+        <v>0</v>
+      </c>
+      <c r="Y40">
+        <v>0</v>
+      </c>
+      <c r="Z40">
+        <v>256</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB40">
+        <v>68</v>
+      </c>
+      <c r="AC40">
+        <v>1878</v>
+      </c>
+      <c r="AD40">
+        <v>1481</v>
+      </c>
+      <c r="AF40">
+        <v>19</v>
+      </c>
+      <c r="AG40">
+        <v>10</v>
+      </c>
+      <c r="AH40">
+        <v>9</v>
+      </c>
+      <c r="AI40">
+        <v>1878</v>
+      </c>
+      <c r="AJ40">
+        <v>2051</v>
+      </c>
+      <c r="AK40">
+        <v>30</v>
+      </c>
+      <c r="AL40">
+        <v>22</v>
+      </c>
+      <c r="AM40">
+        <v>8</v>
+      </c>
+      <c r="AO40">
+        <v>15</v>
+      </c>
+      <c r="AP40" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ40">
+        <v>5</v>
+      </c>
+      <c r="AR40">
+        <v>6882</v>
+      </c>
+      <c r="AS40">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="41" spans="1:46">
+      <c r="A41" t="s">
+        <v>102</v>
+      </c>
+      <c r="B41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" t="s">
+        <v>53</v>
+      </c>
+      <c r="D41">
+        <v>59</v>
+      </c>
+      <c r="E41">
+        <v>1795</v>
+      </c>
+      <c r="F41">
+        <v>0</v>
+      </c>
+      <c r="G41">
+        <v>400</v>
+      </c>
+      <c r="H41">
+        <v>483</v>
+      </c>
+      <c r="I41">
+        <v>435</v>
+      </c>
+      <c r="J41">
+        <v>477</v>
+      </c>
+      <c r="K41">
+        <v>1795</v>
+      </c>
+      <c r="L41">
+        <v>910</v>
+      </c>
+      <c r="M41">
+        <v>0</v>
+      </c>
+      <c r="N41">
+        <v>952</v>
+      </c>
+      <c r="O41">
+        <v>0</v>
+      </c>
+      <c r="P41">
+        <v>1862</v>
+      </c>
+      <c r="Q41">
+        <v>1050</v>
+      </c>
+      <c r="R41">
+        <v>800</v>
+      </c>
+      <c r="S41">
+        <v>1850</v>
+      </c>
+      <c r="T41">
+        <v>110</v>
+      </c>
+      <c r="U41">
+        <v>100</v>
+      </c>
+      <c r="V41">
+        <v>210</v>
+      </c>
+      <c r="W41">
+        <v>0</v>
+      </c>
+      <c r="X41">
+        <v>23</v>
+      </c>
+      <c r="Y41">
+        <v>23</v>
+      </c>
+      <c r="Z41">
+        <v>187</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB41">
+        <v>59</v>
+      </c>
+      <c r="AC41">
+        <v>1881</v>
+      </c>
+      <c r="AD41">
+        <v>1882</v>
+      </c>
+      <c r="AF41">
+        <v>14</v>
+      </c>
+      <c r="AG41">
+        <v>13</v>
+      </c>
+      <c r="AH41">
+        <v>1</v>
+      </c>
+      <c r="AI41">
+        <v>1898</v>
+      </c>
+      <c r="AJ41">
+        <v>1867</v>
+      </c>
+      <c r="AK41">
+        <v>23</v>
+      </c>
+      <c r="AL41">
+        <v>26</v>
+      </c>
+      <c r="AM41">
+        <v>-3</v>
+      </c>
+      <c r="AN41" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO41">
+        <v>11</v>
+      </c>
+      <c r="AP41" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ41">
+        <v>7</v>
+      </c>
+      <c r="AR41">
+        <v>7184</v>
+      </c>
+      <c r="AS41">
+        <v>5136</v>
+      </c>
+    </row>
+    <row r="42" spans="1:46">
+      <c r="A42" t="s">
+        <v>102</v>
+      </c>
+      <c r="B42" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" t="s">
+        <v>48</v>
+      </c>
+      <c r="D42">
+        <v>56</v>
+      </c>
+      <c r="E42">
+        <v>1782</v>
+      </c>
+      <c r="F42">
+        <v>0</v>
+      </c>
+      <c r="G42">
+        <v>409</v>
+      </c>
+      <c r="H42">
+        <v>448</v>
+      </c>
+      <c r="I42">
+        <v>466</v>
+      </c>
+      <c r="J42">
+        <v>459</v>
+      </c>
+      <c r="K42">
+        <v>1782</v>
+      </c>
+      <c r="L42">
+        <v>893</v>
+      </c>
+      <c r="M42">
+        <v>0</v>
+      </c>
+      <c r="N42">
+        <v>935</v>
+      </c>
+      <c r="O42">
+        <v>0</v>
+      </c>
+      <c r="P42">
+        <v>1828</v>
+      </c>
+      <c r="Q42">
+        <v>841</v>
+      </c>
+      <c r="R42">
+        <v>989</v>
+      </c>
+      <c r="S42">
+        <v>1830</v>
+      </c>
+      <c r="T42">
+        <v>140</v>
+      </c>
+      <c r="U42">
+        <v>138</v>
+      </c>
+      <c r="V42">
+        <v>278</v>
+      </c>
+      <c r="W42">
+        <v>0</v>
+      </c>
+      <c r="X42">
+        <v>0</v>
+      </c>
+      <c r="Y42">
+        <v>0</v>
+      </c>
+      <c r="Z42">
+        <v>278</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB42">
+        <v>68</v>
+      </c>
+      <c r="AC42">
+        <v>1792</v>
+      </c>
+      <c r="AD42">
+        <v>1920</v>
+      </c>
+      <c r="AF42">
+        <v>30</v>
+      </c>
+      <c r="AG42">
+        <v>21</v>
+      </c>
+      <c r="AH42">
+        <v>9</v>
+      </c>
+      <c r="AI42">
+        <v>1773</v>
+      </c>
+      <c r="AJ42">
+        <v>1910</v>
+      </c>
+      <c r="AK42">
+        <v>29</v>
+      </c>
+      <c r="AL42">
+        <v>30</v>
+      </c>
+      <c r="AM42">
+        <v>-1</v>
+      </c>
+      <c r="AO42">
+        <v>13</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ42">
+        <v>6</v>
+      </c>
+      <c r="AR42">
+        <v>7138</v>
+      </c>
+      <c r="AS42">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="43" spans="1:46">
+      <c r="A43" t="s">
+        <v>103</v>
+      </c>
+      <c r="B43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" t="s">
+        <v>53</v>
+      </c>
+      <c r="D43">
+        <v>55</v>
+      </c>
+      <c r="E43">
+        <v>1717</v>
+      </c>
+      <c r="F43">
+        <v>0</v>
+      </c>
+      <c r="G43">
+        <v>413</v>
+      </c>
+      <c r="H43">
+        <v>432</v>
+      </c>
+      <c r="I43">
+        <v>395</v>
+      </c>
+      <c r="J43">
+        <v>477</v>
+      </c>
+      <c r="K43">
+        <v>1717</v>
+      </c>
+      <c r="L43">
+        <v>856</v>
+      </c>
+      <c r="M43">
+        <v>0</v>
+      </c>
+      <c r="N43">
+        <v>878</v>
+      </c>
+      <c r="O43">
+        <v>0</v>
+      </c>
+      <c r="P43">
+        <v>1734</v>
+      </c>
+      <c r="Q43">
+        <v>975</v>
+      </c>
+      <c r="R43">
+        <v>759</v>
+      </c>
+      <c r="S43">
+        <v>1734</v>
+      </c>
+      <c r="T43">
+        <v>106</v>
+      </c>
+      <c r="U43">
+        <v>80</v>
+      </c>
+      <c r="V43">
+        <v>186</v>
+      </c>
+      <c r="W43">
+        <v>0</v>
+      </c>
+      <c r="X43">
+        <v>35</v>
+      </c>
+      <c r="Y43">
+        <v>35</v>
+      </c>
+      <c r="Z43">
+        <v>151</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB43">
+        <v>59</v>
+      </c>
+      <c r="AC43">
+        <v>1773</v>
+      </c>
+      <c r="AD43">
+        <v>1877</v>
+      </c>
+      <c r="AF43">
+        <v>31</v>
+      </c>
+      <c r="AG43">
+        <v>29</v>
+      </c>
+      <c r="AH43">
+        <v>2</v>
+      </c>
+      <c r="AI43">
+        <v>1788</v>
+      </c>
+      <c r="AJ43">
+        <v>1861</v>
+      </c>
+      <c r="AK43">
+        <v>39</v>
+      </c>
+      <c r="AL43">
+        <v>44</v>
+      </c>
+      <c r="AM43">
+        <v>-5</v>
+      </c>
+      <c r="AN43" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO43">
+        <v>12</v>
+      </c>
+      <c r="AP43" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ43">
+        <v>5</v>
+      </c>
+      <c r="AR43">
+        <v>5526</v>
+      </c>
+      <c r="AS43">
+        <v>5668</v>
+      </c>
+    </row>
+    <row r="44" spans="1:46">
+      <c r="A44" t="s">
+        <v>103</v>
+      </c>
+      <c r="B44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" t="s">
+        <v>48</v>
+      </c>
+      <c r="D44">
+        <v>53</v>
+      </c>
+      <c r="E44">
+        <v>1860</v>
+      </c>
+      <c r="F44">
+        <v>0</v>
+      </c>
+      <c r="G44">
+        <v>417</v>
+      </c>
+      <c r="H44">
+        <v>494</v>
+      </c>
+      <c r="I44">
+        <v>466</v>
+      </c>
+      <c r="J44">
+        <v>483</v>
+      </c>
+      <c r="K44">
+        <v>1860</v>
+      </c>
+      <c r="L44">
+        <v>918</v>
+      </c>
+      <c r="M44">
+        <v>0</v>
+      </c>
+      <c r="N44">
+        <v>942</v>
+      </c>
+      <c r="O44">
+        <v>0</v>
+      </c>
+      <c r="P44">
+        <v>1860</v>
+      </c>
+      <c r="Q44">
+        <v>883</v>
+      </c>
+      <c r="R44">
+        <v>988</v>
+      </c>
+      <c r="S44">
+        <v>1871</v>
+      </c>
+      <c r="T44">
+        <v>125</v>
+      </c>
+      <c r="U44">
+        <v>126</v>
+      </c>
+      <c r="V44">
+        <v>251</v>
+      </c>
+      <c r="W44">
+        <v>34</v>
+      </c>
+      <c r="X44">
+        <v>49</v>
+      </c>
+      <c r="Y44">
+        <v>83</v>
+      </c>
+      <c r="Z44">
+        <v>168</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB44">
+        <v>69</v>
+      </c>
+      <c r="AC44">
+        <v>1823</v>
+      </c>
+      <c r="AD44">
+        <v>1932</v>
+      </c>
+      <c r="AF44">
+        <v>14</v>
+      </c>
+      <c r="AG44">
+        <v>34</v>
+      </c>
+      <c r="AH44">
+        <v>-20</v>
+      </c>
+      <c r="AI44">
+        <v>1810</v>
+      </c>
+      <c r="AJ44">
+        <v>1919</v>
+      </c>
+      <c r="AK44">
+        <v>7</v>
+      </c>
+      <c r="AL44">
+        <v>27</v>
+      </c>
+      <c r="AM44">
+        <v>-20</v>
+      </c>
+      <c r="AN44" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO44">
+        <v>13</v>
+      </c>
+      <c r="AP44" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ44">
+        <v>6</v>
+      </c>
+      <c r="AR44">
+        <v>5067</v>
+      </c>
+      <c r="AS44">
+        <v>4395</v>
+      </c>
+    </row>
+    <row r="45" spans="1:46">
+      <c r="A45" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" t="s">
+        <v>47</v>
+      </c>
+      <c r="C45" t="s">
+        <v>53</v>
+      </c>
+      <c r="D45">
+        <v>58</v>
+      </c>
+      <c r="E45">
+        <v>1714</v>
+      </c>
+      <c r="F45">
+        <v>0</v>
+      </c>
+      <c r="G45">
+        <v>386</v>
+      </c>
+      <c r="H45">
+        <v>397</v>
+      </c>
+      <c r="I45">
+        <v>477</v>
+      </c>
+      <c r="J45">
+        <v>444</v>
+      </c>
+      <c r="K45">
+        <v>1704</v>
+      </c>
+      <c r="L45">
+        <v>871</v>
+      </c>
+      <c r="M45">
+        <v>0</v>
+      </c>
+      <c r="N45">
+        <v>901</v>
+      </c>
+      <c r="O45">
+        <v>0</v>
+      </c>
+      <c r="P45">
+        <v>1772</v>
+      </c>
+      <c r="Q45">
+        <v>1000</v>
+      </c>
+      <c r="R45">
+        <v>750</v>
+      </c>
+      <c r="S45">
+        <v>1750</v>
+      </c>
+      <c r="T45">
+        <v>127</v>
+      </c>
+      <c r="U45">
+        <v>143</v>
+      </c>
+      <c r="V45">
+        <v>270</v>
+      </c>
+      <c r="W45">
+        <v>0</v>
+      </c>
+      <c r="X45">
+        <v>62</v>
+      </c>
+      <c r="Y45">
+        <v>62</v>
+      </c>
+      <c r="Z45">
+        <v>208</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB45">
+        <v>54</v>
+      </c>
+      <c r="AC45">
+        <v>1780</v>
+      </c>
+      <c r="AD45">
+        <v>1850</v>
+      </c>
+      <c r="AF45">
+        <v>16</v>
+      </c>
+      <c r="AG45">
+        <v>17</v>
+      </c>
+      <c r="AH45">
+        <v>-1</v>
+      </c>
+      <c r="AI45">
+        <v>1781</v>
+      </c>
+      <c r="AJ45">
+        <v>1872</v>
+      </c>
+      <c r="AK45">
+        <v>25</v>
+      </c>
+      <c r="AL45">
+        <v>26</v>
+      </c>
+      <c r="AM45">
+        <v>-1</v>
+      </c>
+      <c r="AN45" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO45">
+        <v>11</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ45">
+        <v>8</v>
+      </c>
+      <c r="AR45">
+        <v>7425</v>
+      </c>
+      <c r="AS45">
+        <v>8048</v>
+      </c>
+    </row>
+    <row r="46" spans="1:46">
+      <c r="A46" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" t="s">
+        <v>48</v>
+      </c>
+      <c r="D46">
+        <v>53</v>
+      </c>
+      <c r="E46">
+        <v>1647</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
+      </c>
+      <c r="G46">
+        <v>384</v>
+      </c>
+      <c r="H46">
+        <v>417</v>
+      </c>
+      <c r="I46">
+        <v>391</v>
+      </c>
+      <c r="J46">
+        <v>455</v>
+      </c>
+      <c r="K46">
+        <v>1647</v>
+      </c>
+      <c r="L46">
+        <v>801</v>
+      </c>
+      <c r="M46">
+        <v>0</v>
+      </c>
+      <c r="N46">
+        <v>862</v>
+      </c>
+      <c r="O46">
+        <v>0</v>
+      </c>
+      <c r="P46">
+        <v>1663</v>
+      </c>
+      <c r="Q46">
+        <v>801</v>
+      </c>
+      <c r="R46">
+        <v>901</v>
+      </c>
+      <c r="S46">
+        <v>1702</v>
+      </c>
+      <c r="T46">
+        <v>108</v>
+      </c>
+      <c r="U46">
+        <v>110</v>
+      </c>
+      <c r="V46">
+        <v>218</v>
+      </c>
+      <c r="W46">
+        <v>7</v>
+      </c>
+      <c r="X46">
+        <v>7</v>
+      </c>
+      <c r="Y46">
+        <v>14</v>
+      </c>
+      <c r="Z46">
+        <v>204</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB46">
+        <v>68</v>
+      </c>
+      <c r="AC46">
+        <v>1701</v>
+      </c>
+      <c r="AD46">
+        <v>1819</v>
+      </c>
+      <c r="AF46">
+        <v>18</v>
+      </c>
+      <c r="AG46">
+        <v>14</v>
+      </c>
+      <c r="AH46">
+        <v>4</v>
+      </c>
+      <c r="AI46">
+        <v>1721</v>
+      </c>
+      <c r="AJ46">
+        <v>1841</v>
+      </c>
+      <c r="AK46">
+        <v>31</v>
+      </c>
+      <c r="AL46">
+        <v>7</v>
+      </c>
+      <c r="AM46">
+        <v>24</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO46">
+        <v>12</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ46">
+        <v>5</v>
+      </c>
+      <c r="AR46">
+        <v>6971</v>
+      </c>
+      <c r="AS46">
+        <v>6202</v>
+      </c>
+    </row>
+    <row r="47" spans="1:46">
+      <c r="A47" t="s">
+        <v>106</v>
+      </c>
+      <c r="B47" t="s">
+        <v>47</v>
+      </c>
+      <c r="C47" t="s">
+        <v>53</v>
+      </c>
+      <c r="D47">
+        <v>57</v>
+      </c>
+      <c r="E47">
+        <v>1595</v>
+      </c>
+      <c r="F47">
+        <v>0</v>
+      </c>
+      <c r="G47">
+        <v>394</v>
+      </c>
+      <c r="H47">
+        <v>373</v>
+      </c>
+      <c r="I47">
+        <v>378</v>
+      </c>
+      <c r="J47">
+        <v>450</v>
+      </c>
+      <c r="K47">
+        <v>1595</v>
+      </c>
+      <c r="L47">
+        <v>810</v>
+      </c>
+      <c r="M47">
+        <v>0</v>
+      </c>
+      <c r="N47">
+        <v>756</v>
+      </c>
+      <c r="O47">
+        <v>0</v>
+      </c>
+      <c r="P47">
+        <v>1566</v>
+      </c>
+      <c r="Q47">
+        <v>981</v>
+      </c>
+      <c r="R47">
+        <v>630</v>
+      </c>
+      <c r="S47">
+        <v>1611</v>
+      </c>
+      <c r="T47">
+        <v>85</v>
+      </c>
+      <c r="U47">
+        <v>80</v>
+      </c>
+      <c r="V47">
+        <v>165</v>
+      </c>
+      <c r="W47">
+        <v>0</v>
+      </c>
+      <c r="X47">
+        <v>15</v>
+      </c>
+      <c r="Y47">
+        <v>15</v>
+      </c>
+      <c r="Z47">
+        <v>150</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB47">
+        <v>57</v>
+      </c>
+      <c r="AC47">
+        <v>1564</v>
+      </c>
+      <c r="AD47">
+        <v>1690</v>
+      </c>
+      <c r="AF47">
+        <v>25</v>
+      </c>
+      <c r="AG47">
+        <v>25</v>
+      </c>
+      <c r="AH47">
+        <v>0</v>
+      </c>
+      <c r="AI47">
+        <v>1563</v>
+      </c>
+      <c r="AJ47">
+        <v>1690</v>
+      </c>
+      <c r="AK47">
+        <v>36</v>
+      </c>
+      <c r="AL47">
+        <v>37</v>
+      </c>
+      <c r="AM47">
+        <v>-1</v>
+      </c>
+      <c r="AN47" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO47">
+        <v>12</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ47">
+        <v>8</v>
+      </c>
+      <c r="AR47">
+        <v>7422</v>
+      </c>
+      <c r="AS47">
+        <v>8176</v>
+      </c>
+    </row>
+    <row r="48" spans="1:46">
+      <c r="A48" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" t="s">
+        <v>48</v>
+      </c>
+      <c r="D48">
+        <v>58</v>
+      </c>
+      <c r="E48">
+        <v>1848</v>
+      </c>
+      <c r="F48">
+        <v>0</v>
+      </c>
+      <c r="G48">
+        <v>434</v>
+      </c>
+      <c r="H48">
+        <v>470</v>
+      </c>
+      <c r="I48">
+        <v>464</v>
+      </c>
+      <c r="J48">
+        <v>480</v>
+      </c>
+      <c r="K48">
+        <v>1848</v>
+      </c>
+      <c r="L48">
+        <v>924</v>
+      </c>
+      <c r="M48">
+        <v>0</v>
+      </c>
+      <c r="N48">
+        <v>954</v>
+      </c>
+      <c r="O48">
+        <v>0</v>
+      </c>
+      <c r="P48">
+        <v>1878</v>
+      </c>
+      <c r="Q48">
+        <v>813</v>
+      </c>
+      <c r="R48">
+        <v>991</v>
+      </c>
+      <c r="S48">
+        <v>1804</v>
+      </c>
+      <c r="T48">
+        <v>103</v>
+      </c>
+      <c r="U48">
+        <v>100</v>
+      </c>
+      <c r="V48">
+        <v>203</v>
+      </c>
+      <c r="W48">
+        <v>0</v>
+      </c>
+      <c r="X48">
+        <v>2</v>
+      </c>
+      <c r="Y48">
+        <v>2</v>
+      </c>
+      <c r="Z48">
+        <v>201</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB48">
+        <v>70</v>
+      </c>
+      <c r="AC48">
+        <v>1871</v>
+      </c>
+      <c r="AD48">
+        <v>1854</v>
+      </c>
+      <c r="AF48">
+        <v>15</v>
+      </c>
+      <c r="AG48">
+        <v>20</v>
+      </c>
+      <c r="AH48">
+        <v>-5</v>
+      </c>
+      <c r="AI48">
+        <v>1867</v>
+      </c>
+      <c r="AJ48">
+        <v>1859</v>
+      </c>
+      <c r="AK48">
+        <v>122</v>
+      </c>
+      <c r="AL48">
+        <v>32</v>
+      </c>
+      <c r="AM48">
+        <v>90</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO48">
+        <v>14</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ48">
+        <v>7</v>
+      </c>
+      <c r="AR48">
+        <v>6818</v>
+      </c>
+      <c r="AS48">
+        <v>6917</v>
+      </c>
+    </row>
+    <row r="49" spans="1:46">
+      <c r="A49" t="s">
+        <v>107</v>
+      </c>
+      <c r="B49" t="s">
+        <v>47</v>
+      </c>
+      <c r="C49" t="s">
+        <v>53</v>
+      </c>
+      <c r="D49">
+        <v>58</v>
+      </c>
+      <c r="E49">
+        <v>1887</v>
+      </c>
+      <c r="F49">
+        <v>0</v>
+      </c>
+      <c r="G49">
+        <v>410</v>
+      </c>
+      <c r="H49">
+        <v>467</v>
+      </c>
+      <c r="I49">
+        <v>499</v>
+      </c>
+      <c r="J49">
+        <v>511</v>
+      </c>
+      <c r="K49">
+        <v>1887</v>
+      </c>
+      <c r="L49">
+        <v>938</v>
+      </c>
+      <c r="M49">
+        <v>0</v>
+      </c>
+      <c r="N49">
+        <v>966</v>
+      </c>
+      <c r="O49">
+        <v>0</v>
+      </c>
+      <c r="P49">
+        <v>1904</v>
+      </c>
+      <c r="Q49">
+        <v>1050</v>
+      </c>
+      <c r="R49">
+        <v>855</v>
+      </c>
+      <c r="S49">
+        <v>1905</v>
+      </c>
+      <c r="T49">
+        <v>80</v>
+      </c>
+      <c r="U49">
+        <v>60</v>
+      </c>
+      <c r="V49">
+        <v>140</v>
+      </c>
+      <c r="W49">
+        <v>6</v>
+      </c>
+      <c r="X49">
+        <v>21</v>
+      </c>
+      <c r="Y49">
+        <v>27</v>
+      </c>
+      <c r="Z49">
+        <v>113</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB49">
+        <v>55</v>
+      </c>
+      <c r="AC49">
+        <v>1871</v>
+      </c>
+      <c r="AD49">
+        <v>1858</v>
+      </c>
+      <c r="AF49">
+        <v>23</v>
+      </c>
+      <c r="AG49">
+        <v>26</v>
+      </c>
+      <c r="AH49">
+        <v>-3</v>
+      </c>
+      <c r="AI49">
+        <v>1867</v>
+      </c>
+      <c r="AJ49">
+        <v>1859</v>
+      </c>
+      <c r="AK49">
+        <v>0</v>
+      </c>
+      <c r="AL49">
+        <v>56</v>
+      </c>
+      <c r="AM49">
+        <v>-56</v>
+      </c>
+      <c r="AN49" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO49">
+        <v>12</v>
+      </c>
+      <c r="AP49" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ49">
+        <v>8</v>
+      </c>
+      <c r="AR49">
+        <v>6464</v>
+      </c>
+      <c r="AS49">
+        <v>7680</v>
+      </c>
+    </row>
+    <row r="50" spans="1:46">
+      <c r="A50" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" t="s">
+        <v>52</v>
+      </c>
+      <c r="D50">
+        <v>0</v>
+      </c>
+      <c r="E50">
+        <v>1604</v>
+      </c>
+      <c r="F50">
+        <v>0</v>
+      </c>
+      <c r="G50">
+        <v>409</v>
+      </c>
+      <c r="H50">
+        <v>351</v>
+      </c>
+      <c r="I50">
+        <v>389</v>
+      </c>
+      <c r="J50">
+        <v>455</v>
+      </c>
+      <c r="K50">
+        <v>1604</v>
+      </c>
+      <c r="L50">
+        <v>820</v>
+      </c>
+      <c r="M50">
+        <v>0</v>
+      </c>
+      <c r="N50">
+        <v>840</v>
+      </c>
+      <c r="O50">
+        <v>0</v>
+      </c>
+      <c r="P50">
+        <v>1660</v>
+      </c>
+      <c r="Q50">
+        <v>822</v>
+      </c>
+      <c r="R50">
+        <v>812</v>
+      </c>
+      <c r="S50">
+        <v>1634</v>
+      </c>
+      <c r="T50">
+        <v>115</v>
+      </c>
+      <c r="U50">
+        <v>110</v>
+      </c>
+      <c r="V50">
+        <v>225</v>
+      </c>
+      <c r="W50">
+        <v>0</v>
+      </c>
+      <c r="X50">
+        <v>0</v>
+      </c>
+      <c r="Y50">
+        <v>0</v>
+      </c>
+      <c r="Z50">
+        <v>225</v>
+      </c>
+      <c r="AB50">
+        <v>0</v>
+      </c>
+      <c r="AC50">
+        <v>1757</v>
+      </c>
+      <c r="AD50">
+        <v>1575</v>
+      </c>
+      <c r="AF50">
+        <v>24</v>
+      </c>
+      <c r="AG50">
+        <v>0</v>
+      </c>
+      <c r="AH50">
+        <v>24</v>
+      </c>
+      <c r="AI50">
+        <v>1761</v>
+      </c>
+      <c r="AJ50">
+        <v>1852</v>
+      </c>
+      <c r="AK50">
+        <v>28</v>
+      </c>
+      <c r="AL50">
+        <v>0</v>
+      </c>
+      <c r="AM50">
+        <v>28</v>
+      </c>
+      <c r="AO50">
+        <v>0</v>
+      </c>
+      <c r="AQ50">
+        <v>0</v>
+      </c>
+      <c r="AR50">
+        <v>0</v>
+      </c>
+      <c r="AS50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:46">
+      <c r="A51" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" t="s">
+        <v>47</v>
+      </c>
+      <c r="C51" t="s">
+        <v>53</v>
+      </c>
+      <c r="D51">
+        <v>62</v>
+      </c>
+      <c r="E51">
+        <v>1612</v>
+      </c>
+      <c r="F51">
+        <v>0</v>
+      </c>
+      <c r="G51">
+        <v>387</v>
+      </c>
+      <c r="H51">
+        <v>274</v>
+      </c>
+      <c r="I51">
+        <v>482</v>
+      </c>
+      <c r="J51">
+        <v>469</v>
+      </c>
+      <c r="K51">
+        <v>1612</v>
+      </c>
+      <c r="L51">
+        <v>757</v>
+      </c>
+      <c r="M51">
+        <v>0</v>
+      </c>
+      <c r="N51">
+        <v>850</v>
+      </c>
+      <c r="O51">
+        <v>0</v>
+      </c>
+      <c r="P51">
+        <v>1607</v>
+      </c>
+      <c r="Q51">
+        <v>927</v>
+      </c>
+      <c r="R51">
+        <v>710</v>
+      </c>
+      <c r="S51">
+        <v>1637</v>
+      </c>
+      <c r="T51">
+        <v>125</v>
+      </c>
+      <c r="U51">
+        <v>95</v>
+      </c>
+      <c r="V51">
+        <v>220</v>
+      </c>
+      <c r="W51">
+        <v>1</v>
+      </c>
+      <c r="X51">
+        <v>2</v>
+      </c>
+      <c r="Y51">
+        <v>3</v>
+      </c>
+      <c r="Z51">
+        <v>217</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB51">
+        <v>61</v>
+      </c>
+      <c r="AC51">
+        <v>1597</v>
+      </c>
+      <c r="AD51">
+        <v>1713</v>
+      </c>
+      <c r="AF51">
+        <v>28</v>
+      </c>
+      <c r="AG51">
+        <v>28</v>
+      </c>
+      <c r="AH51">
+        <v>0</v>
+      </c>
+      <c r="AI51">
+        <v>1602</v>
+      </c>
+      <c r="AJ51">
+        <v>1668</v>
+      </c>
+      <c r="AK51">
+        <v>46</v>
+      </c>
+      <c r="AL51">
+        <v>50</v>
+      </c>
+      <c r="AM51">
+        <v>-4</v>
+      </c>
+      <c r="AN51" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO51">
+        <v>10</v>
+      </c>
+      <c r="AP51" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ51">
+        <v>7</v>
+      </c>
+      <c r="AR51">
+        <v>6962</v>
+      </c>
+      <c r="AS51">
+        <v>10342</v>
+      </c>
+    </row>
+    <row r="52" spans="1:46">
+      <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
+        <v>52</v>
+      </c>
+      <c r="C52" t="s">
+        <v>48</v>
+      </c>
+      <c r="D52">
+        <v>57</v>
+      </c>
+      <c r="E52">
+        <v>1813</v>
+      </c>
+      <c r="F52">
+        <v>0</v>
+      </c>
+      <c r="G52">
+        <v>395</v>
+      </c>
+      <c r="H52">
+        <v>472</v>
+      </c>
+      <c r="I52">
+        <v>452</v>
+      </c>
+      <c r="J52">
+        <v>494</v>
+      </c>
+      <c r="K52">
+        <v>1813</v>
+      </c>
+      <c r="L52">
+        <v>899</v>
+      </c>
+      <c r="M52">
+        <v>0</v>
+      </c>
+      <c r="N52">
+        <v>955</v>
+      </c>
+      <c r="O52">
+        <v>0</v>
+      </c>
+      <c r="P52">
+        <v>1854</v>
+      </c>
+      <c r="Q52">
+        <v>960</v>
+      </c>
+      <c r="R52">
+        <v>917</v>
+      </c>
+      <c r="S52">
+        <v>1877</v>
+      </c>
+      <c r="T52">
+        <v>121</v>
+      </c>
+      <c r="U52">
+        <v>130</v>
+      </c>
+      <c r="V52">
+        <v>251</v>
+      </c>
+      <c r="W52">
+        <v>0</v>
+      </c>
+      <c r="X52">
+        <v>0</v>
+      </c>
+      <c r="Y52">
+        <v>0</v>
+      </c>
+      <c r="Z52">
+        <v>251</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB52">
+        <v>69</v>
+      </c>
+      <c r="AC52">
+        <v>1837</v>
+      </c>
+      <c r="AD52">
+        <v>1871</v>
+      </c>
+      <c r="AF52">
+        <v>26</v>
+      </c>
+      <c r="AG52">
+        <v>28</v>
+      </c>
+      <c r="AH52">
+        <v>-2</v>
+      </c>
+      <c r="AI52">
+        <v>1830</v>
+      </c>
+      <c r="AJ52">
+        <v>1881</v>
+      </c>
+      <c r="AK52">
+        <v>40</v>
+      </c>
+      <c r="AL52">
+        <v>27</v>
+      </c>
+      <c r="AM52">
+        <v>13</v>
+      </c>
+      <c r="AN52" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO52">
+        <v>14</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ52">
+        <v>6</v>
+      </c>
+      <c r="AR52">
+        <v>7314</v>
+      </c>
+      <c r="AS52">
+        <v>8264</v>
+      </c>
+    </row>
+    <row r="53" spans="1:46">
+      <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
+        <v>47</v>
+      </c>
+      <c r="C53" t="s">
+        <v>71</v>
+      </c>
+      <c r="D53">
+        <v>63</v>
+      </c>
+      <c r="E53">
+        <v>1828</v>
+      </c>
+      <c r="F53">
+        <v>0</v>
+      </c>
+      <c r="G53">
+        <v>346</v>
+      </c>
+      <c r="H53">
+        <v>476</v>
+      </c>
+      <c r="I53">
+        <v>493</v>
+      </c>
+      <c r="J53">
+        <v>513</v>
+      </c>
+      <c r="K53">
+        <v>1828</v>
+      </c>
+      <c r="L53">
+        <v>903</v>
+      </c>
+      <c r="M53">
+        <v>0</v>
+      </c>
+      <c r="N53">
+        <v>959</v>
+      </c>
+      <c r="O53">
+        <v>0</v>
+      </c>
+      <c r="P53">
+        <v>1862</v>
+      </c>
+      <c r="Q53">
+        <v>1070</v>
+      </c>
+      <c r="R53">
+        <v>790</v>
+      </c>
+      <c r="S53">
+        <v>1860</v>
+      </c>
+      <c r="T53">
+        <v>116</v>
+      </c>
+      <c r="U53">
+        <v>84</v>
+      </c>
+      <c r="V53">
+        <v>200</v>
+      </c>
+      <c r="W53">
+        <v>10</v>
+      </c>
+      <c r="X53">
+        <v>36</v>
+      </c>
+      <c r="Y53">
+        <v>46</v>
+      </c>
+      <c r="Z53">
+        <v>154</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB53">
+        <v>57</v>
+      </c>
+      <c r="AC53">
+        <v>1859</v>
+      </c>
+      <c r="AD53">
+        <v>1954</v>
+      </c>
+      <c r="AF53">
+        <v>32</v>
+      </c>
+      <c r="AG53">
+        <v>33</v>
+      </c>
+      <c r="AH53">
+        <v>-1</v>
+      </c>
+      <c r="AI53">
+        <v>1857</v>
+      </c>
+      <c r="AJ53">
+        <v>1918</v>
+      </c>
+      <c r="AK53">
+        <v>28</v>
+      </c>
+      <c r="AL53">
+        <v>30</v>
+      </c>
+      <c r="AM53">
+        <v>-2</v>
+      </c>
+      <c r="AN53" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO53">
+        <v>11</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>86</v>
+      </c>
+      <c r="AQ53">
+        <v>6</v>
+      </c>
+      <c r="AR53">
+        <v>7655</v>
+      </c>
+      <c r="AS53">
+        <v>10183</v>
+      </c>
+    </row>
+    <row r="54" spans="1:46">
+      <c r="A54" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" t="s">
+        <v>52</v>
+      </c>
+      <c r="C54" t="s">
+        <v>48</v>
+      </c>
+      <c r="D54">
+        <v>57</v>
+      </c>
+      <c r="E54">
+        <v>1839</v>
+      </c>
+      <c r="F54">
+        <v>0</v>
+      </c>
+      <c r="G54">
+        <v>396</v>
+      </c>
+      <c r="H54">
+        <v>425</v>
+      </c>
+      <c r="I54">
+        <v>503</v>
+      </c>
+      <c r="J54">
+        <v>515</v>
+      </c>
+      <c r="K54">
+        <v>1839</v>
+      </c>
+      <c r="L54">
+        <v>952</v>
+      </c>
+      <c r="M54">
+        <v>0</v>
+      </c>
+      <c r="N54">
+        <v>966</v>
+      </c>
+      <c r="O54">
+        <v>0</v>
+      </c>
+      <c r="P54">
+        <v>1918</v>
+      </c>
+      <c r="Q54">
+        <v>985</v>
+      </c>
+      <c r="R54">
+        <v>898</v>
+      </c>
+      <c r="S54">
+        <v>1883</v>
+      </c>
+      <c r="T54">
+        <v>85</v>
+      </c>
+      <c r="U54">
+        <v>110</v>
+      </c>
+      <c r="V54">
+        <v>195</v>
+      </c>
+      <c r="W54">
+        <v>0</v>
+      </c>
+      <c r="X54">
+        <v>0</v>
+      </c>
+      <c r="Y54">
+        <v>0</v>
+      </c>
+      <c r="Z54">
+        <v>195</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB54">
+        <v>73</v>
+      </c>
+      <c r="AC54">
+        <v>1908</v>
+      </c>
+      <c r="AD54">
+        <v>1935</v>
+      </c>
+      <c r="AF54">
+        <v>23</v>
+      </c>
+      <c r="AG54">
+        <v>30</v>
+      </c>
+      <c r="AH54">
+        <v>-7</v>
+      </c>
+      <c r="AI54">
+        <v>1907</v>
+      </c>
+      <c r="AJ54">
+        <v>1930</v>
+      </c>
+      <c r="AK54">
+        <v>40</v>
+      </c>
+      <c r="AL54">
+        <v>43</v>
+      </c>
+      <c r="AM54">
+        <v>-3</v>
+      </c>
+      <c r="AN54" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO54">
+        <v>15</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ54">
+        <v>6</v>
+      </c>
+      <c r="AR54">
+        <v>7747</v>
+      </c>
+      <c r="AS54">
+        <v>9118</v>
+      </c>
+    </row>
+    <row r="55" spans="1:46">
+      <c r="A55" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" t="s">
+        <v>53</v>
+      </c>
+      <c r="D55">
+        <v>60</v>
+      </c>
+      <c r="E55">
+        <v>1878</v>
+      </c>
+      <c r="F55">
+        <v>0</v>
+      </c>
+      <c r="G55">
+        <v>438</v>
+      </c>
+      <c r="H55">
+        <v>468</v>
+      </c>
+      <c r="I55">
+        <v>482</v>
+      </c>
+      <c r="J55">
+        <v>400</v>
+      </c>
+      <c r="K55">
+        <v>1788</v>
+      </c>
+      <c r="L55">
+        <v>931</v>
+      </c>
+      <c r="M55">
+        <v>0</v>
+      </c>
+      <c r="N55">
+        <v>948</v>
+      </c>
+      <c r="O55">
+        <v>0</v>
+      </c>
+      <c r="P55">
+        <v>1879</v>
+      </c>
+      <c r="Q55">
+        <v>1100</v>
+      </c>
+      <c r="R55">
+        <v>786</v>
+      </c>
+      <c r="S55">
+        <v>1886</v>
+      </c>
+      <c r="T55">
+        <v>120</v>
+      </c>
+      <c r="U55">
+        <v>100</v>
+      </c>
+      <c r="V55">
+        <v>220</v>
+      </c>
+      <c r="W55">
+        <v>0</v>
+      </c>
+      <c r="X55">
+        <v>28</v>
+      </c>
+      <c r="Y55">
+        <v>28</v>
+      </c>
+      <c r="Z55">
+        <v>192</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB55">
+        <v>56</v>
+      </c>
+      <c r="AC55">
+        <v>1874</v>
+      </c>
+      <c r="AD55">
+        <v>1900</v>
+      </c>
+      <c r="AF55">
+        <v>93</v>
+      </c>
+      <c r="AG55">
+        <v>13</v>
+      </c>
+      <c r="AH55">
+        <v>80</v>
+      </c>
+      <c r="AI55">
+        <v>1863</v>
+      </c>
+      <c r="AJ55">
+        <v>1913</v>
+      </c>
+      <c r="AK55">
+        <v>80</v>
+      </c>
+      <c r="AL55">
+        <v>29</v>
+      </c>
+      <c r="AM55">
+        <v>51</v>
+      </c>
+      <c r="AN55" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO55">
+        <v>13</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ55">
+        <v>7</v>
+      </c>
+      <c r="AR55">
+        <v>7534</v>
+      </c>
+      <c r="AS55">
+        <v>9181</v>
+      </c>
+    </row>
+    <row r="56" spans="1:46">
+      <c r="A56" t="s">
+        <v>110</v>
+      </c>
+      <c r="B56" t="s">
+        <v>52</v>
+      </c>
+      <c r="D56">
+        <v>58</v>
+      </c>
+      <c r="E56">
+        <v>1703</v>
+      </c>
+      <c r="F56">
+        <v>0</v>
+      </c>
+      <c r="G56">
+        <v>358</v>
+      </c>
+      <c r="H56">
+        <v>429</v>
+      </c>
+      <c r="I56">
+        <v>484</v>
+      </c>
+      <c r="J56">
+        <v>432</v>
+      </c>
+      <c r="K56">
+        <v>1703</v>
+      </c>
+      <c r="L56">
+        <v>854</v>
+      </c>
+      <c r="M56">
+        <v>0</v>
+      </c>
+      <c r="N56">
+        <v>879</v>
+      </c>
+      <c r="O56">
+        <v>0</v>
+      </c>
+      <c r="P56">
+        <v>1733</v>
+      </c>
+      <c r="Q56">
+        <v>0</v>
+      </c>
+      <c r="R56">
+        <v>0</v>
+      </c>
+      <c r="S56">
+        <v>0</v>
+      </c>
+      <c r="T56">
+        <v>0</v>
+      </c>
+      <c r="U56">
+        <v>0</v>
+      </c>
+      <c r="V56">
+        <v>0</v>
+      </c>
+      <c r="W56">
+        <v>0</v>
+      </c>
+      <c r="X56">
+        <v>0</v>
+      </c>
+      <c r="Y56">
+        <v>0</v>
+      </c>
+      <c r="Z56">
+        <v>0</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB56">
+        <v>69</v>
+      </c>
+      <c r="AC56">
+        <v>1738</v>
+      </c>
+      <c r="AD56">
+        <v>1801</v>
+      </c>
+      <c r="AF56">
+        <v>15</v>
+      </c>
+      <c r="AG56">
+        <v>25</v>
+      </c>
+      <c r="AH56">
+        <v>-10</v>
+      </c>
+      <c r="AI56">
+        <v>1752</v>
+      </c>
+      <c r="AJ56">
+        <v>1806</v>
+      </c>
+      <c r="AK56">
+        <v>34</v>
+      </c>
+      <c r="AL56">
+        <v>40</v>
+      </c>
+      <c r="AM56">
+        <v>-6</v>
+      </c>
+      <c r="AN56" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO56">
+        <v>13</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ56">
+        <v>8</v>
+      </c>
+      <c r="AR56">
+        <v>6405</v>
+      </c>
+      <c r="AS56">
+        <v>8032</v>
+      </c>
+    </row>
+    <row r="57" spans="1:46">
+      <c r="A57" t="s">
+        <v>111</v>
+      </c>
+      <c r="B57" t="s">
+        <v>47</v>
+      </c>
+      <c r="C57" t="s">
+        <v>53</v>
+      </c>
+      <c r="D57">
+        <v>61</v>
+      </c>
+      <c r="E57">
+        <v>1851</v>
+      </c>
+      <c r="F57">
+        <v>0</v>
+      </c>
+      <c r="G57">
+        <v>452</v>
+      </c>
+      <c r="H57">
+        <v>486</v>
+      </c>
+      <c r="I57">
+        <v>428</v>
+      </c>
+      <c r="J57">
+        <v>485</v>
+      </c>
+      <c r="K57">
+        <v>1851</v>
+      </c>
+      <c r="L57">
+        <v>924</v>
+      </c>
+      <c r="M57">
+        <v>0</v>
+      </c>
+      <c r="N57">
+        <v>945</v>
+      </c>
+      <c r="O57">
+        <v>0</v>
+      </c>
+      <c r="P57">
+        <v>1869</v>
+      </c>
+      <c r="Q57">
+        <v>1013</v>
+      </c>
+      <c r="R57">
+        <v>850</v>
+      </c>
+      <c r="S57">
+        <v>1863</v>
+      </c>
+      <c r="T57">
+        <v>115</v>
+      </c>
+      <c r="U57">
+        <v>100</v>
+      </c>
+      <c r="V57">
+        <v>215</v>
+      </c>
+      <c r="W57">
+        <v>1</v>
+      </c>
+      <c r="X57">
+        <v>27</v>
+      </c>
+      <c r="Y57">
+        <v>28</v>
+      </c>
+      <c r="Z57">
+        <v>187</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB57">
+        <v>56</v>
+      </c>
+      <c r="AC57">
+        <v>1565</v>
+      </c>
+      <c r="AD57">
+        <v>1695</v>
+      </c>
+      <c r="AF57">
+        <v>17</v>
+      </c>
+      <c r="AG57">
+        <v>20</v>
+      </c>
+      <c r="AH57">
+        <v>-3</v>
+      </c>
+      <c r="AI57">
+        <v>1557</v>
+      </c>
+      <c r="AJ57">
+        <v>1607</v>
+      </c>
+      <c r="AK57">
+        <v>29</v>
+      </c>
+      <c r="AL57">
+        <v>28</v>
+      </c>
+      <c r="AM57">
+        <v>1</v>
+      </c>
+      <c r="AN57" t="s">
+        <v>67</v>
+      </c>
+      <c r="AO57">
+        <v>15</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>112</v>
+      </c>
+      <c r="AQ57">
+        <v>7</v>
+      </c>
+      <c r="AR57">
+        <v>7028</v>
+      </c>
+      <c r="AS57">
+        <v>5492</v>
+      </c>
+    </row>
+    <row r="58" spans="1:46">
+      <c r="A58" t="s">
+        <v>111</v>
+      </c>
+      <c r="B58" t="s">
+        <v>52</v>
+      </c>
+      <c r="C58" t="s">
+        <v>48</v>
+      </c>
+      <c r="D58">
+        <v>58</v>
+      </c>
+      <c r="E58">
+        <v>1824</v>
+      </c>
+      <c r="F58">
+        <v>0</v>
+      </c>
+      <c r="G58">
+        <v>443</v>
+      </c>
+      <c r="H58">
+        <v>467</v>
+      </c>
+      <c r="I58">
+        <v>445</v>
+      </c>
+      <c r="J58">
+        <v>469</v>
+      </c>
+      <c r="K58">
+        <v>1824</v>
+      </c>
+      <c r="L58">
+        <v>901</v>
+      </c>
+      <c r="M58">
+        <v>0</v>
+      </c>
+      <c r="N58">
+        <v>939</v>
+      </c>
+      <c r="O58">
+        <v>0</v>
+      </c>
+      <c r="P58">
+        <v>1840</v>
+      </c>
+      <c r="Q58">
+        <v>1013</v>
+      </c>
+      <c r="R58">
+        <v>850</v>
+      </c>
+      <c r="S58">
+        <v>1863</v>
+      </c>
+      <c r="T58">
+        <v>115</v>
+      </c>
+      <c r="U58">
+        <v>100</v>
+      </c>
+      <c r="V58">
+        <v>215</v>
+      </c>
+      <c r="W58">
+        <v>0</v>
+      </c>
+      <c r="X58">
+        <v>0</v>
+      </c>
+      <c r="Y58">
+        <v>0</v>
+      </c>
+      <c r="Z58">
+        <v>215</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB58">
+        <v>66</v>
+      </c>
+      <c r="AC58">
+        <v>1798</v>
+      </c>
+      <c r="AD58">
+        <v>1904</v>
+      </c>
+      <c r="AF58">
+        <v>11</v>
+      </c>
+      <c r="AG58">
+        <v>16</v>
+      </c>
+      <c r="AH58">
+        <v>-5</v>
+      </c>
+      <c r="AI58">
+        <v>1788</v>
+      </c>
+      <c r="AJ58">
+        <v>1903</v>
+      </c>
+      <c r="AK58">
+        <v>29</v>
+      </c>
+      <c r="AL58">
+        <v>34</v>
+      </c>
+      <c r="AM58">
+        <v>-5</v>
+      </c>
+      <c r="AN58" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO58">
+        <v>14</v>
+      </c>
+      <c r="AP58" t="s">
+        <v>113</v>
+      </c>
+      <c r="AQ58">
+        <v>9</v>
+      </c>
+      <c r="AR58">
+        <v>6858</v>
+      </c>
+      <c r="AS58">
+        <v>7388</v>
+      </c>
+    </row>
+    <row r="59" spans="1:46">
+      <c r="A59" t="s">
+        <v>114</v>
+      </c>
+      <c r="B59" t="s">
+        <v>47</v>
+      </c>
+      <c r="C59" t="s">
+        <v>53</v>
+      </c>
+      <c r="D59">
+        <v>58</v>
+      </c>
+      <c r="E59">
+        <v>1813</v>
+      </c>
+      <c r="F59">
+        <v>0</v>
+      </c>
+      <c r="G59">
+        <v>423</v>
+      </c>
+      <c r="H59">
+        <v>463</v>
+      </c>
+      <c r="I59">
+        <v>435</v>
+      </c>
+      <c r="J59">
+        <v>492</v>
+      </c>
+      <c r="K59">
+        <v>1813</v>
+      </c>
+      <c r="L59">
+        <v>952</v>
+      </c>
+      <c r="M59">
+        <v>0</v>
+      </c>
+      <c r="N59">
+        <v>942</v>
+      </c>
+      <c r="O59">
+        <v>0</v>
+      </c>
+      <c r="P59">
+        <v>1894</v>
+      </c>
+      <c r="Q59">
+        <v>1000</v>
+      </c>
+      <c r="R59">
+        <v>871</v>
+      </c>
+      <c r="S59">
+        <v>1871</v>
+      </c>
+      <c r="T59">
+        <v>100</v>
+      </c>
+      <c r="U59">
+        <v>95</v>
+      </c>
+      <c r="V59">
+        <v>195</v>
+      </c>
+      <c r="W59">
+        <v>0</v>
+      </c>
+      <c r="X59">
+        <v>28</v>
+      </c>
+      <c r="Y59">
+        <v>28</v>
+      </c>
+      <c r="Z59">
+        <v>167</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB59">
+        <v>57</v>
+      </c>
+      <c r="AC59">
+        <v>1853</v>
+      </c>
+      <c r="AD59">
+        <v>1874</v>
+      </c>
+      <c r="AF59">
+        <v>19</v>
+      </c>
+      <c r="AG59">
+        <v>19</v>
+      </c>
+      <c r="AH59">
+        <v>0</v>
+      </c>
+      <c r="AI59">
+        <v>1853</v>
+      </c>
+      <c r="AJ59">
+        <v>1811</v>
+      </c>
+      <c r="AK59">
+        <v>59</v>
+      </c>
+      <c r="AL59">
+        <v>60</v>
+      </c>
+      <c r="AM59">
+        <v>-1</v>
+      </c>
+      <c r="AN59" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO59">
+        <v>13</v>
+      </c>
+      <c r="AP59" t="s">
+        <v>112</v>
+      </c>
+      <c r="AQ59">
+        <v>7</v>
+      </c>
+      <c r="AR59">
+        <v>7378</v>
+      </c>
+      <c r="AS59">
+        <v>7136</v>
+      </c>
+    </row>
+    <row r="60" spans="1:46">
+      <c r="A60" t="s">
+        <v>114</v>
+      </c>
+      <c r="B60" t="s">
+        <v>52</v>
+      </c>
+      <c r="C60" t="s">
+        <v>48</v>
+      </c>
+      <c r="D60">
+        <v>57</v>
+      </c>
+      <c r="E60">
+        <v>1753</v>
+      </c>
+      <c r="F60">
+        <v>0</v>
+      </c>
+      <c r="G60">
+        <v>401</v>
+      </c>
+      <c r="H60">
+        <v>461</v>
+      </c>
+      <c r="I60">
+        <v>406</v>
+      </c>
+      <c r="J60">
+        <v>485</v>
+      </c>
+      <c r="K60">
+        <v>1753</v>
+      </c>
+      <c r="L60">
+        <v>887</v>
+      </c>
+      <c r="M60">
+        <v>0</v>
+      </c>
+      <c r="N60">
+        <v>899</v>
+      </c>
+      <c r="O60">
+        <v>0</v>
+      </c>
+      <c r="P60">
+        <v>1786</v>
+      </c>
+      <c r="Q60">
+        <v>983</v>
+      </c>
+      <c r="R60">
+        <v>802</v>
+      </c>
+      <c r="S60">
+        <v>1785</v>
+      </c>
+      <c r="T60">
+        <v>110</v>
+      </c>
+      <c r="U60">
+        <v>109</v>
+      </c>
+      <c r="V60">
+        <v>219</v>
+      </c>
+      <c r="W60">
+        <v>0</v>
+      </c>
+      <c r="X60">
+        <v>0</v>
+      </c>
+      <c r="Y60">
+        <v>0</v>
+      </c>
+      <c r="Z60">
+        <v>219</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB60">
+        <v>65</v>
+      </c>
+      <c r="AC60">
+        <v>1805</v>
+      </c>
+      <c r="AD60">
+        <v>1964</v>
+      </c>
+      <c r="AF60">
+        <v>13</v>
+      </c>
+      <c r="AG60">
+        <v>13</v>
+      </c>
+      <c r="AH60">
+        <v>0</v>
+      </c>
+      <c r="AI60">
+        <v>1805</v>
+      </c>
+      <c r="AJ60">
+        <v>1950</v>
+      </c>
+      <c r="AK60">
+        <v>23</v>
+      </c>
+      <c r="AL60">
+        <v>28</v>
+      </c>
+      <c r="AM60">
+        <v>-5</v>
+      </c>
+      <c r="AN60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO60">
+        <v>12</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ60">
+        <v>8</v>
+      </c>
+      <c r="AR60">
+        <v>7862</v>
+      </c>
+      <c r="AS60">
+        <v>5920</v>
+      </c>
+    </row>
+    <row r="61" spans="1:46">
+      <c r="A61" t="s">
+        <v>115</v>
+      </c>
+      <c r="B61" t="s">
+        <v>47</v>
+      </c>
+      <c r="C61" t="s">
+        <v>53</v>
+      </c>
+      <c r="D61">
+        <v>60</v>
+      </c>
+      <c r="E61">
+        <v>1717</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
+      </c>
+      <c r="G61">
+        <v>415</v>
+      </c>
+      <c r="H61">
+        <v>412</v>
+      </c>
+      <c r="I61">
+        <v>430</v>
+      </c>
+      <c r="J61">
+        <v>460</v>
+      </c>
+      <c r="K61">
+        <v>1717</v>
+      </c>
+      <c r="L61">
+        <v>895</v>
+      </c>
+      <c r="M61">
+        <v>0</v>
+      </c>
+      <c r="N61">
+        <v>834</v>
+      </c>
+      <c r="O61">
+        <v>0</v>
+      </c>
+      <c r="P61">
+        <v>1729</v>
+      </c>
+      <c r="Q61">
+        <v>1000</v>
+      </c>
+      <c r="R61">
+        <v>729</v>
+      </c>
+      <c r="S61">
+        <v>1729</v>
+      </c>
+      <c r="T61">
+        <v>115</v>
+      </c>
+      <c r="U61">
+        <v>107</v>
+      </c>
+      <c r="V61">
+        <v>222</v>
+      </c>
+      <c r="W61">
+        <v>33</v>
+      </c>
+      <c r="X61">
+        <v>56</v>
+      </c>
+      <c r="Y61">
+        <v>89</v>
+      </c>
+      <c r="Z61">
+        <v>133</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB61">
+        <v>46</v>
+      </c>
+      <c r="AC61">
+        <v>1779</v>
+      </c>
+      <c r="AD61">
+        <v>1832</v>
+      </c>
+      <c r="AF61">
+        <v>18</v>
+      </c>
+      <c r="AG61">
+        <v>19</v>
+      </c>
+      <c r="AH61">
+        <v>-1</v>
+      </c>
+      <c r="AI61">
+        <v>1779</v>
+      </c>
+      <c r="AJ61">
+        <v>1841</v>
+      </c>
+      <c r="AK61">
+        <v>59</v>
+      </c>
+      <c r="AL61">
+        <v>67</v>
+      </c>
+      <c r="AM61">
+        <v>-8</v>
+      </c>
+      <c r="AN61" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO61">
+        <v>12</v>
+      </c>
+      <c r="AP61" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ61">
+        <v>8</v>
+      </c>
+      <c r="AR61">
+        <v>5238</v>
+      </c>
+      <c r="AS61">
+        <v>3528</v>
+      </c>
+    </row>
+    <row r="62" spans="1:46">
+      <c r="A62" t="s">
+        <v>115</v>
+      </c>
+      <c r="B62" t="s">
+        <v>52</v>
+      </c>
+      <c r="C62" t="s">
+        <v>48</v>
+      </c>
+      <c r="D62">
+        <v>54</v>
+      </c>
+      <c r="E62">
+        <v>1874</v>
+      </c>
+      <c r="F62">
+        <v>0</v>
+      </c>
+      <c r="G62">
+        <v>421</v>
+      </c>
+      <c r="H62">
+        <v>471</v>
+      </c>
+      <c r="I62">
+        <v>512</v>
+      </c>
+      <c r="J62">
+        <v>470</v>
+      </c>
+      <c r="K62">
+        <v>1874</v>
+      </c>
+      <c r="L62">
+        <v>945</v>
+      </c>
+      <c r="M62">
+        <v>0</v>
+      </c>
+      <c r="N62">
+        <v>955</v>
+      </c>
+      <c r="O62">
+        <v>0</v>
+      </c>
+      <c r="P62">
+        <v>1900</v>
+      </c>
+      <c r="Q62">
+        <v>891</v>
+      </c>
+      <c r="R62">
+        <v>1003</v>
+      </c>
+      <c r="S62">
+        <v>1894</v>
+      </c>
+      <c r="T62">
+        <v>92</v>
+      </c>
+      <c r="U62">
+        <v>112</v>
+      </c>
+      <c r="V62">
+        <v>204</v>
+      </c>
+      <c r="W62">
+        <v>0</v>
+      </c>
+      <c r="X62">
+        <v>0</v>
+      </c>
+      <c r="Y62">
+        <v>0</v>
+      </c>
+      <c r="Z62">
+        <v>204</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB62">
+        <v>68</v>
+      </c>
+      <c r="AC62">
+        <v>1826</v>
+      </c>
+      <c r="AD62">
+        <v>1870</v>
+      </c>
+      <c r="AF62">
+        <v>23</v>
+      </c>
+      <c r="AG62">
+        <v>16</v>
+      </c>
+      <c r="AH62">
+        <v>7</v>
+      </c>
+      <c r="AI62">
+        <v>1837</v>
+      </c>
+      <c r="AJ62">
+        <v>1849</v>
+      </c>
+      <c r="AK62">
+        <v>28</v>
+      </c>
+      <c r="AL62">
+        <v>31</v>
+      </c>
+      <c r="AM62">
+        <v>-3</v>
+      </c>
+      <c r="AN62" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO62">
+        <v>11</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ62">
+        <v>9</v>
+      </c>
+      <c r="AR62">
+        <v>6540</v>
+      </c>
+      <c r="AS62">
+        <v>5730</v>
+      </c>
+    </row>
+    <row r="63" spans="1:46">
+      <c r="A63" t="s">
+        <v>116</v>
+      </c>
+      <c r="B63" t="s">
+        <v>47</v>
+      </c>
+      <c r="C63" t="s">
+        <v>53</v>
+      </c>
+      <c r="D63">
+        <v>56</v>
+      </c>
+      <c r="E63">
+        <v>1854</v>
+      </c>
+      <c r="F63">
+        <v>0</v>
+      </c>
+      <c r="G63">
+        <v>426</v>
+      </c>
+      <c r="H63">
+        <v>459</v>
+      </c>
+      <c r="I63">
+        <v>515</v>
+      </c>
+      <c r="J63">
+        <v>454</v>
+      </c>
+      <c r="K63">
+        <v>1854</v>
+      </c>
+      <c r="L63">
+        <v>942</v>
+      </c>
+      <c r="M63">
+        <v>0</v>
+      </c>
+      <c r="N63">
+        <v>937</v>
+      </c>
+      <c r="O63">
+        <v>0</v>
+      </c>
+      <c r="P63">
+        <v>1879</v>
+      </c>
+      <c r="Q63">
+        <v>1100</v>
+      </c>
+      <c r="R63">
+        <v>785</v>
+      </c>
+      <c r="S63">
+        <v>1885</v>
+      </c>
+      <c r="T63">
+        <v>115</v>
+      </c>
+      <c r="U63">
+        <v>80</v>
+      </c>
+      <c r="V63">
+        <v>195</v>
+      </c>
+      <c r="W63">
+        <v>8</v>
+      </c>
+      <c r="X63">
+        <v>15</v>
+      </c>
+      <c r="Y63">
+        <v>23</v>
+      </c>
+      <c r="Z63">
+        <v>172</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB63">
+        <v>49</v>
+      </c>
+      <c r="AC63">
+        <v>1803</v>
+      </c>
+      <c r="AD63">
+        <v>1833</v>
+      </c>
+      <c r="AF63">
+        <v>30</v>
+      </c>
+      <c r="AG63">
+        <v>31</v>
+      </c>
+      <c r="AH63">
+        <v>-1</v>
+      </c>
+      <c r="AI63">
+        <v>1808</v>
+      </c>
+      <c r="AJ63">
+        <v>1847</v>
+      </c>
+      <c r="AK63">
+        <v>29</v>
+      </c>
+      <c r="AL63">
+        <v>35</v>
+      </c>
+      <c r="AM63">
+        <v>-6</v>
+      </c>
+      <c r="AN63" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO63">
+        <v>13</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ63">
+        <v>8</v>
+      </c>
+      <c r="AR63">
+        <v>7476</v>
+      </c>
+      <c r="AS63">
+        <v>8983</v>
+      </c>
+    </row>
+    <row r="64" spans="1:46">
+      <c r="A64" t="s">
+        <v>116</v>
+      </c>
+      <c r="B64" t="s">
+        <v>52</v>
+      </c>
+      <c r="C64" t="s">
+        <v>48</v>
+      </c>
+      <c r="D64">
+        <v>53</v>
+      </c>
+      <c r="E64">
+        <v>1831</v>
+      </c>
+      <c r="F64">
+        <v>0</v>
+      </c>
+      <c r="G64">
+        <v>426</v>
+      </c>
+      <c r="H64">
+        <v>498</v>
+      </c>
+      <c r="I64">
+        <v>450</v>
+      </c>
+      <c r="J64">
+        <v>457</v>
+      </c>
+      <c r="K64">
+        <v>1831</v>
+      </c>
+      <c r="L64">
+        <v>959</v>
+      </c>
+      <c r="M64">
+        <v>0</v>
+      </c>
+      <c r="N64">
+        <v>656</v>
+      </c>
+      <c r="O64">
+        <v>0</v>
+      </c>
+      <c r="P64">
+        <v>1615</v>
+      </c>
+      <c r="Q64">
+        <v>0</v>
+      </c>
+      <c r="R64">
+        <v>0</v>
+      </c>
+      <c r="S64">
+        <v>0</v>
+      </c>
+      <c r="T64">
+        <v>0</v>
+      </c>
+      <c r="U64">
+        <v>0</v>
+      </c>
+      <c r="V64">
+        <v>0</v>
+      </c>
+      <c r="W64">
+        <v>0</v>
+      </c>
+      <c r="X64">
+        <v>0</v>
+      </c>
+      <c r="Y64">
+        <v>0</v>
+      </c>
+      <c r="Z64">
+        <v>0</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB64">
+        <v>69</v>
+      </c>
+      <c r="AC64">
+        <v>1885</v>
+      </c>
+      <c r="AD64">
+        <v>2119</v>
+      </c>
+      <c r="AF64">
+        <v>16</v>
+      </c>
+      <c r="AG64">
+        <v>26</v>
+      </c>
+      <c r="AH64">
+        <v>-10</v>
+      </c>
+      <c r="AI64">
+        <v>1873</v>
+      </c>
+      <c r="AJ64">
+        <v>2060</v>
+      </c>
+      <c r="AK64">
+        <v>41</v>
+      </c>
+      <c r="AL64">
+        <v>30</v>
+      </c>
+      <c r="AM64">
+        <v>11</v>
+      </c>
+      <c r="AN64" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO64">
+        <v>14</v>
+      </c>
+      <c r="AP64" t="s">
+        <v>117</v>
+      </c>
+      <c r="AQ64">
+        <v>9</v>
+      </c>
+      <c r="AR64">
+        <v>7949</v>
+      </c>
+      <c r="AS64">
+        <v>4862</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="A1:AT1"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:AT64"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A2" sqref="A2:AT2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:46">
+      <c r="A1" s="1" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="2" spans="1:46">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="L2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="R2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="S2" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="T2" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="U2" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="V2" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="W2" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y2" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z2" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA2" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB2" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC2" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD2" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE2" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF2" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG2" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH2" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI2" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ2" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK2" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL2" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM2" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN2" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO2" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP2" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ2" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR2" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS2" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT2" s="2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:46">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3">
+        <v>49</v>
+      </c>
+      <c r="E3">
+        <v>1603</v>
+      </c>
+      <c r="F3">
+        <v>1327</v>
+      </c>
+      <c r="G3">
+        <v>565</v>
+      </c>
+      <c r="H3">
+        <v>501</v>
+      </c>
+      <c r="I3">
+        <v>517</v>
+      </c>
+      <c r="J3">
+        <v>0</v>
+      </c>
+      <c r="K3">
+        <v>1583</v>
+      </c>
+      <c r="L3">
+        <v>643</v>
+      </c>
+      <c r="M3">
+        <v>0</v>
+      </c>
+      <c r="N3">
+        <v>532</v>
+      </c>
+      <c r="O3">
+        <v>0</v>
+      </c>
+      <c r="P3">
+        <v>366</v>
+      </c>
+      <c r="Q3">
+        <v>1541</v>
+      </c>
+      <c r="R3">
+        <v>950</v>
+      </c>
+      <c r="S3">
+        <v>530</v>
+      </c>
+      <c r="T3">
+        <v>1480</v>
+      </c>
+      <c r="U3">
+        <v>50</v>
+      </c>
+      <c r="V3">
+        <v>80</v>
+      </c>
+      <c r="W3">
+        <v>130</v>
+      </c>
+      <c r="X3">
+        <v>0</v>
+      </c>
+      <c r="Y3">
+        <v>0</v>
+      </c>
+      <c r="Z3">
+        <v>0</v>
+      </c>
+      <c r="AA3">
+        <v>130</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>126</v>
+      </c>
+      <c r="AC3">
+        <v>34</v>
+      </c>
+      <c r="AD3">
+        <v>1125</v>
+      </c>
+      <c r="AE3">
+        <v>1697</v>
+      </c>
+      <c r="AG3">
+        <v>36</v>
+      </c>
+      <c r="AH3">
+        <v>27</v>
+      </c>
+      <c r="AI3">
+        <v>9</v>
+      </c>
+      <c r="AJ3">
+        <v>1213</v>
+      </c>
+      <c r="AK3">
+        <v>1697</v>
+      </c>
+      <c r="AL3">
+        <v>74</v>
+      </c>
+      <c r="AM3">
+        <v>82</v>
+      </c>
+      <c r="AN3">
+        <v>-8</v>
+      </c>
+      <c r="AP3">
+        <v>0</v>
+      </c>
+      <c r="AR3">
+        <v>0</v>
+      </c>
+      <c r="AS3">
+        <v>4355</v>
+      </c>
+      <c r="AT3">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="4" spans="1:46">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D4">
+        <v>40</v>
+      </c>
+      <c r="E4">
+        <v>1674</v>
+      </c>
+      <c r="F4">
+        <v>1305</v>
+      </c>
+      <c r="G4">
+        <v>571</v>
+      </c>
+      <c r="H4">
+        <v>585</v>
+      </c>
+      <c r="I4">
+        <v>515</v>
+      </c>
+      <c r="J4">
+        <v>0</v>
+      </c>
+      <c r="K4">
+        <v>1671</v>
+      </c>
+      <c r="L4">
+        <v>860</v>
+      </c>
+      <c r="M4">
+        <v>0</v>
+      </c>
+      <c r="N4">
+        <v>695</v>
+      </c>
+      <c r="O4">
+        <v>0</v>
+      </c>
+      <c r="P4">
+        <v>162</v>
+      </c>
+      <c r="Q4">
+        <v>1717</v>
+      </c>
+      <c r="R4">
+        <v>1140</v>
+      </c>
+      <c r="S4">
+        <v>590</v>
+      </c>
+      <c r="T4">
+        <v>1730</v>
+      </c>
+      <c r="U4">
+        <v>100</v>
+      </c>
+      <c r="V4">
+        <v>59</v>
+      </c>
+      <c r="W4">
+        <v>159</v>
+      </c>
+      <c r="X4">
+        <v>5</v>
+      </c>
+      <c r="Y4">
+        <v>1</v>
+      </c>
+      <c r="Z4">
+        <v>6</v>
+      </c>
+      <c r="AA4">
+        <v>153</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>128</v>
+      </c>
+      <c r="AC4">
+        <v>66</v>
+      </c>
+      <c r="AD4">
+        <v>2186</v>
+      </c>
+      <c r="AE4">
+        <v>1321</v>
+      </c>
+      <c r="AG4">
+        <v>41</v>
+      </c>
+      <c r="AH4">
+        <v>64</v>
+      </c>
+      <c r="AI4">
+        <v>-23</v>
+      </c>
+      <c r="AJ4">
+        <v>2232</v>
+      </c>
+      <c r="AK4">
+        <v>1934</v>
+      </c>
+      <c r="AL4">
+        <v>116</v>
+      </c>
+      <c r="AM4">
+        <v>94</v>
+      </c>
+      <c r="AN4">
+        <v>22</v>
+      </c>
+      <c r="AP4">
+        <v>0</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>88</v>
+      </c>
+      <c r="AR4">
+        <v>0</v>
+      </c>
+      <c r="AS4">
+        <v>5224</v>
+      </c>
+      <c r="AT4">
+        <v>7040</v>
+      </c>
+    </row>
+    <row r="5" spans="1:46">
+      <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D5">
+        <v>53</v>
+      </c>
+      <c r="E5">
+        <v>1979</v>
+      </c>
+      <c r="F5">
+        <v>1033</v>
+      </c>
+      <c r="G5">
+        <v>684</v>
+      </c>
+      <c r="H5">
+        <v>621</v>
+      </c>
+      <c r="I5">
+        <v>680</v>
+      </c>
+      <c r="J5">
+        <v>0</v>
+      </c>
+      <c r="K5">
+        <v>1985</v>
+      </c>
+      <c r="L5">
+        <v>803</v>
+      </c>
+      <c r="M5">
+        <v>0</v>
+      </c>
+      <c r="N5">
+        <v>615</v>
+      </c>
+      <c r="O5">
+        <v>0</v>
+      </c>
+      <c r="P5">
+        <v>546</v>
+      </c>
+      <c r="Q5">
+        <v>1964</v>
+      </c>
+      <c r="R5">
+        <v>1150</v>
+      </c>
+      <c r="S5">
+        <v>800</v>
+      </c>
+      <c r="T5">
+        <v>1950</v>
+      </c>
+      <c r="U5">
+        <v>60</v>
+      </c>
+      <c r="V5">
+        <v>100</v>
+      </c>
+      <c r="W5">
+        <v>160</v>
+      </c>
+      <c r="X5">
+        <v>0</v>
+      </c>
+      <c r="Y5">
+        <v>0</v>
+      </c>
+      <c r="Z5">
+        <v>0</v>
+      </c>
+      <c r="AA5">
+        <v>160</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>126</v>
+      </c>
+      <c r="AC5">
+        <v>55</v>
+      </c>
+      <c r="AD5">
+        <v>1756</v>
+      </c>
+      <c r="AE5">
+        <v>1448</v>
+      </c>
+      <c r="AG5">
+        <v>38</v>
+      </c>
+      <c r="AH5">
+        <v>34</v>
+      </c>
+      <c r="AI5">
+        <v>4</v>
+      </c>
+      <c r="AJ5">
+        <v>1745</v>
+      </c>
+      <c r="AK5">
+        <v>1639</v>
+      </c>
+      <c r="AL5">
+        <v>161</v>
+      </c>
+      <c r="AM5">
+        <v>163</v>
+      </c>
+      <c r="AN5">
+        <v>-2</v>
+      </c>
+      <c r="AP5">
+        <v>0</v>
+      </c>
+      <c r="AR5">
+        <v>0</v>
+      </c>
+      <c r="AS5">
+        <v>5364</v>
+      </c>
+      <c r="AT5">
+        <v>7248</v>
+      </c>
+    </row>
+    <row r="6" spans="1:46">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>127</v>
       </c>
       <c r="D6">
         <v>42</v>
       </c>
       <c r="E6">
         <v>1730</v>
       </c>
       <c r="F6">
         <v>1260</v>
       </c>
       <c r="G6">
         <v>585</v>
       </c>
       <c r="H6">
         <v>628</v>
       </c>
       <c r="I6">
         <v>512</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>1725</v>
       </c>
@@ -1178,129 +9955,15079 @@
       <c r="T6">
         <v>1783</v>
       </c>
       <c r="U6">
         <v>50</v>
       </c>
       <c r="V6">
         <v>100</v>
       </c>
       <c r="W6">
         <v>150</v>
       </c>
       <c r="X6">
         <v>1</v>
       </c>
       <c r="Y6">
         <v>0</v>
       </c>
       <c r="Z6">
         <v>1</v>
       </c>
       <c r="AA6">
         <v>149</v>
       </c>
       <c r="AB6" t="s">
-        <v>53</v>
+        <v>128</v>
       </c>
       <c r="AC6">
         <v>63</v>
       </c>
       <c r="AD6">
         <v>1488</v>
       </c>
       <c r="AE6">
         <v>0</v>
       </c>
       <c r="AG6">
         <v>46</v>
       </c>
       <c r="AH6">
         <v>48</v>
       </c>
       <c r="AI6">
         <v>-2</v>
       </c>
       <c r="AJ6">
         <v>1488</v>
       </c>
       <c r="AK6">
         <v>1691</v>
       </c>
       <c r="AL6">
         <v>92</v>
       </c>
       <c r="AM6">
         <v>146</v>
       </c>
       <c r="AN6">
         <v>-54</v>
       </c>
       <c r="AP6">
         <v>0</v>
       </c>
       <c r="AQ6" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="AR6">
         <v>0</v>
       </c>
       <c r="AS6">
         <v>5760</v>
       </c>
       <c r="AT6">
         <v>5760</v>
+      </c>
+    </row>
+    <row r="7" spans="1:46">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>130</v>
+      </c>
+      <c r="D7">
+        <v>49</v>
+      </c>
+      <c r="E7">
+        <v>1959</v>
+      </c>
+      <c r="F7">
+        <v>867</v>
+      </c>
+      <c r="G7">
+        <v>688</v>
+      </c>
+      <c r="H7">
+        <v>637</v>
+      </c>
+      <c r="I7">
+        <v>598</v>
+      </c>
+      <c r="J7">
+        <v>0</v>
+      </c>
+      <c r="K7">
+        <v>1923</v>
+      </c>
+      <c r="L7">
+        <v>743</v>
+      </c>
+      <c r="M7">
+        <v>0</v>
+      </c>
+      <c r="N7">
+        <v>714</v>
+      </c>
+      <c r="O7">
+        <v>0</v>
+      </c>
+      <c r="P7">
+        <v>449</v>
+      </c>
+      <c r="Q7">
+        <v>1906</v>
+      </c>
+      <c r="R7">
+        <v>815</v>
+      </c>
+      <c r="S7">
+        <v>1110</v>
+      </c>
+      <c r="T7">
+        <v>1925</v>
+      </c>
+      <c r="U7">
+        <v>87</v>
+      </c>
+      <c r="V7">
+        <v>126</v>
+      </c>
+      <c r="W7">
+        <v>213</v>
+      </c>
+      <c r="X7">
+        <v>0</v>
+      </c>
+      <c r="Y7">
+        <v>0</v>
+      </c>
+      <c r="Z7">
+        <v>0</v>
+      </c>
+      <c r="AA7">
+        <v>213</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC7">
+        <v>64</v>
+      </c>
+      <c r="AD7">
+        <v>1830</v>
+      </c>
+      <c r="AE7">
+        <v>1575</v>
+      </c>
+      <c r="AG7">
+        <v>39</v>
+      </c>
+      <c r="AH7">
+        <v>42</v>
+      </c>
+      <c r="AI7">
+        <v>-3</v>
+      </c>
+      <c r="AJ7">
+        <v>1742</v>
+      </c>
+      <c r="AK7">
+        <v>1492</v>
+      </c>
+      <c r="AL7">
+        <v>115</v>
+      </c>
+      <c r="AM7">
+        <v>114</v>
+      </c>
+      <c r="AN7">
+        <v>1</v>
+      </c>
+      <c r="AP7">
+        <v>0</v>
+      </c>
+      <c r="AR7">
+        <v>0</v>
+      </c>
+      <c r="AS7">
+        <v>4797</v>
+      </c>
+      <c r="AT7">
+        <v>6616</v>
+      </c>
+    </row>
+    <row r="8" spans="1:46">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D8">
+        <v>48</v>
+      </c>
+      <c r="E8">
+        <v>1715</v>
+      </c>
+      <c r="F8">
+        <v>271</v>
+      </c>
+      <c r="G8">
+        <v>604</v>
+      </c>
+      <c r="H8">
+        <v>583</v>
+      </c>
+      <c r="I8">
+        <v>537</v>
+      </c>
+      <c r="J8">
+        <v>0</v>
+      </c>
+      <c r="K8">
+        <v>1724</v>
+      </c>
+      <c r="L8">
+        <v>350</v>
+      </c>
+      <c r="M8">
+        <v>0</v>
+      </c>
+      <c r="N8">
+        <v>686</v>
+      </c>
+      <c r="O8">
+        <v>0</v>
+      </c>
+      <c r="P8">
+        <v>679</v>
+      </c>
+      <c r="Q8">
+        <v>1715</v>
+      </c>
+      <c r="R8">
+        <v>1020</v>
+      </c>
+      <c r="S8">
+        <v>800</v>
+      </c>
+      <c r="T8">
+        <v>1820</v>
+      </c>
+      <c r="U8">
+        <v>140</v>
+      </c>
+      <c r="V8">
+        <v>112</v>
+      </c>
+      <c r="W8">
+        <v>252</v>
+      </c>
+      <c r="X8">
+        <v>0</v>
+      </c>
+      <c r="Y8">
+        <v>0</v>
+      </c>
+      <c r="Z8">
+        <v>0</v>
+      </c>
+      <c r="AA8">
+        <v>252</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC8">
+        <v>66</v>
+      </c>
+      <c r="AD8">
+        <v>1890</v>
+      </c>
+      <c r="AE8">
+        <v>1680</v>
+      </c>
+      <c r="AG8">
+        <v>102</v>
+      </c>
+      <c r="AH8">
+        <v>122</v>
+      </c>
+      <c r="AI8">
+        <v>-20</v>
+      </c>
+      <c r="AJ8">
+        <v>1886</v>
+      </c>
+      <c r="AK8">
+        <v>1786</v>
+      </c>
+      <c r="AL8">
+        <v>296</v>
+      </c>
+      <c r="AM8">
+        <v>14</v>
+      </c>
+      <c r="AN8">
+        <v>282</v>
+      </c>
+      <c r="AP8">
+        <v>0</v>
+      </c>
+      <c r="AR8">
+        <v>0</v>
+      </c>
+      <c r="AS8">
+        <v>3632</v>
+      </c>
+      <c r="AT8">
+        <v>8640</v>
+      </c>
+    </row>
+    <row r="9" spans="1:46">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>130</v>
+      </c>
+      <c r="D9">
+        <v>50</v>
+      </c>
+      <c r="E9">
+        <v>2026</v>
+      </c>
+      <c r="F9">
+        <v>281</v>
+      </c>
+      <c r="G9">
+        <v>768</v>
+      </c>
+      <c r="H9">
+        <v>590</v>
+      </c>
+      <c r="I9">
+        <v>636</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
+      </c>
+      <c r="K9">
+        <v>1994</v>
+      </c>
+      <c r="L9">
+        <v>779</v>
+      </c>
+      <c r="M9">
+        <v>0</v>
+      </c>
+      <c r="N9">
+        <v>707</v>
+      </c>
+      <c r="O9">
+        <v>0</v>
+      </c>
+      <c r="P9">
+        <v>477</v>
+      </c>
+      <c r="Q9">
+        <v>1963</v>
+      </c>
+      <c r="R9">
+        <v>1240</v>
+      </c>
+      <c r="S9">
+        <v>700</v>
+      </c>
+      <c r="T9">
+        <v>1940</v>
+      </c>
+      <c r="U9">
+        <v>120</v>
+      </c>
+      <c r="V9">
+        <v>120</v>
+      </c>
+      <c r="W9">
+        <v>240</v>
+      </c>
+      <c r="X9">
+        <v>0</v>
+      </c>
+      <c r="Y9">
+        <v>0</v>
+      </c>
+      <c r="Z9">
+        <v>0</v>
+      </c>
+      <c r="AA9">
+        <v>240</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC9">
+        <v>68</v>
+      </c>
+      <c r="AD9">
+        <v>1795</v>
+      </c>
+      <c r="AE9">
+        <v>1519</v>
+      </c>
+      <c r="AG9">
+        <v>109</v>
+      </c>
+      <c r="AH9">
+        <v>108</v>
+      </c>
+      <c r="AI9">
+        <v>1</v>
+      </c>
+      <c r="AJ9">
+        <v>1795</v>
+      </c>
+      <c r="AK9">
+        <v>0</v>
+      </c>
+      <c r="AL9">
+        <v>138</v>
+      </c>
+      <c r="AM9">
+        <v>161</v>
+      </c>
+      <c r="AN9">
+        <v>-23</v>
+      </c>
+      <c r="AP9">
+        <v>0</v>
+      </c>
+      <c r="AR9">
+        <v>0</v>
+      </c>
+      <c r="AS9">
+        <v>5451</v>
+      </c>
+      <c r="AT9">
+        <v>5040</v>
+      </c>
+    </row>
+    <row r="10" spans="1:46">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>128</v>
+      </c>
+      <c r="D10">
+        <v>49</v>
+      </c>
+      <c r="E10">
+        <v>1595</v>
+      </c>
+      <c r="F10">
+        <v>463</v>
+      </c>
+      <c r="G10">
+        <v>516</v>
+      </c>
+      <c r="H10">
+        <v>461</v>
+      </c>
+      <c r="I10">
+        <v>767</v>
+      </c>
+      <c r="J10">
+        <v>0</v>
+      </c>
+      <c r="K10">
+        <v>1744</v>
+      </c>
+      <c r="L10">
+        <v>420</v>
+      </c>
+      <c r="M10">
+        <v>0</v>
+      </c>
+      <c r="N10">
+        <v>626</v>
+      </c>
+      <c r="O10">
+        <v>0</v>
+      </c>
+      <c r="P10">
+        <v>795</v>
+      </c>
+      <c r="Q10">
+        <v>1841</v>
+      </c>
+      <c r="R10">
+        <v>890</v>
+      </c>
+      <c r="S10">
+        <v>690</v>
+      </c>
+      <c r="T10">
+        <v>1580</v>
+      </c>
+      <c r="U10">
+        <v>165</v>
+      </c>
+      <c r="V10">
+        <v>85</v>
+      </c>
+      <c r="W10">
+        <v>250</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>0</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>247</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC10">
+        <v>78</v>
+      </c>
+      <c r="AD10">
+        <v>1965</v>
+      </c>
+      <c r="AE10">
+        <v>1767</v>
+      </c>
+      <c r="AG10">
+        <v>41</v>
+      </c>
+      <c r="AH10">
+        <v>117</v>
+      </c>
+      <c r="AI10">
+        <v>-76</v>
+      </c>
+      <c r="AJ10">
+        <v>1959</v>
+      </c>
+      <c r="AK10">
+        <v>1867</v>
+      </c>
+      <c r="AL10">
+        <v>198</v>
+      </c>
+      <c r="AM10">
+        <v>291</v>
+      </c>
+      <c r="AN10">
+        <v>-93</v>
+      </c>
+      <c r="AP10">
+        <v>0</v>
+      </c>
+      <c r="AR10">
+        <v>0</v>
+      </c>
+      <c r="AS10">
+        <v>4492</v>
+      </c>
+      <c r="AT10">
+        <v>4276</v>
+      </c>
+    </row>
+    <row r="11" spans="1:46">
+      <c r="A11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>130</v>
+      </c>
+      <c r="D11">
+        <v>50</v>
+      </c>
+      <c r="E11">
+        <v>1912</v>
+      </c>
+      <c r="F11">
+        <v>1079</v>
+      </c>
+      <c r="G11">
+        <v>628</v>
+      </c>
+      <c r="H11">
+        <v>636</v>
+      </c>
+      <c r="I11">
+        <v>599</v>
+      </c>
+      <c r="J11">
+        <v>0</v>
+      </c>
+      <c r="K11">
+        <v>1863</v>
+      </c>
+      <c r="L11">
+        <v>644</v>
+      </c>
+      <c r="M11">
+        <v>0</v>
+      </c>
+      <c r="N11">
+        <v>686</v>
+      </c>
+      <c r="O11">
+        <v>0</v>
+      </c>
+      <c r="P11">
+        <v>747</v>
+      </c>
+      <c r="Q11">
+        <v>2077</v>
+      </c>
+      <c r="R11">
+        <v>1200</v>
+      </c>
+      <c r="S11">
+        <v>820</v>
+      </c>
+      <c r="T11">
+        <v>2020</v>
+      </c>
+      <c r="U11">
+        <v>56</v>
+      </c>
+      <c r="V11">
+        <v>84</v>
+      </c>
+      <c r="W11">
+        <v>140</v>
+      </c>
+      <c r="X11">
+        <v>0</v>
+      </c>
+      <c r="Y11">
+        <v>0</v>
+      </c>
+      <c r="Z11">
+        <v>0</v>
+      </c>
+      <c r="AA11">
+        <v>140</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC11">
+        <v>68</v>
+      </c>
+      <c r="AD11">
+        <v>1718</v>
+      </c>
+      <c r="AE11">
+        <v>1910</v>
+      </c>
+      <c r="AG11">
+        <v>56</v>
+      </c>
+      <c r="AH11">
+        <v>52</v>
+      </c>
+      <c r="AI11">
+        <v>4</v>
+      </c>
+      <c r="AJ11">
+        <v>1871</v>
+      </c>
+      <c r="AK11">
+        <v>0</v>
+      </c>
+      <c r="AL11">
+        <v>120</v>
+      </c>
+      <c r="AM11">
+        <v>123</v>
+      </c>
+      <c r="AN11">
+        <v>-3</v>
+      </c>
+      <c r="AP11">
+        <v>0</v>
+      </c>
+      <c r="AR11">
+        <v>0</v>
+      </c>
+      <c r="AS11">
+        <v>6445</v>
+      </c>
+      <c r="AT11">
+        <v>4808</v>
+      </c>
+    </row>
+    <row r="12" spans="1:46">
+      <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
+        <v>135</v>
+      </c>
+      <c r="D12">
+        <v>49</v>
+      </c>
+      <c r="E12">
+        <v>1783</v>
+      </c>
+      <c r="F12">
+        <v>34</v>
+      </c>
+      <c r="G12">
+        <v>638</v>
+      </c>
+      <c r="H12">
+        <v>507</v>
+      </c>
+      <c r="I12">
+        <v>629</v>
+      </c>
+      <c r="J12">
+        <v>0</v>
+      </c>
+      <c r="K12">
+        <v>1774</v>
+      </c>
+      <c r="L12">
+        <v>524</v>
+      </c>
+      <c r="M12">
+        <v>0</v>
+      </c>
+      <c r="N12">
+        <v>571</v>
+      </c>
+      <c r="O12">
+        <v>0</v>
+      </c>
+      <c r="P12">
+        <v>722</v>
+      </c>
+      <c r="Q12">
+        <v>1817</v>
+      </c>
+      <c r="R12">
+        <v>1102</v>
+      </c>
+      <c r="S12">
+        <v>740</v>
+      </c>
+      <c r="T12">
+        <v>1842</v>
+      </c>
+      <c r="U12">
+        <v>58</v>
+      </c>
+      <c r="V12">
+        <v>90</v>
+      </c>
+      <c r="W12">
+        <v>148</v>
+      </c>
+      <c r="X12">
+        <v>0</v>
+      </c>
+      <c r="Y12">
+        <v>0</v>
+      </c>
+      <c r="Z12">
+        <v>0</v>
+      </c>
+      <c r="AA12">
+        <v>148</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC12">
+        <v>75</v>
+      </c>
+      <c r="AD12">
+        <v>2095</v>
+      </c>
+      <c r="AE12">
+        <v>2414</v>
+      </c>
+      <c r="AG12">
+        <v>30</v>
+      </c>
+      <c r="AH12">
+        <v>47</v>
+      </c>
+      <c r="AI12">
+        <v>-17</v>
+      </c>
+      <c r="AJ12">
+        <v>2122</v>
+      </c>
+      <c r="AK12">
+        <v>0</v>
+      </c>
+      <c r="AL12">
+        <v>107</v>
+      </c>
+      <c r="AM12">
+        <v>196</v>
+      </c>
+      <c r="AN12">
+        <v>-89</v>
+      </c>
+      <c r="AP12">
+        <v>0</v>
+      </c>
+      <c r="AR12">
+        <v>0</v>
+      </c>
+      <c r="AS12">
+        <v>4246</v>
+      </c>
+      <c r="AT12">
+        <v>6480</v>
+      </c>
+    </row>
+    <row r="13" spans="1:46">
+      <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" t="s">
+        <v>130</v>
+      </c>
+      <c r="D13">
+        <v>53</v>
+      </c>
+      <c r="E13">
+        <v>2199</v>
+      </c>
+      <c r="F13">
+        <v>710</v>
+      </c>
+      <c r="G13">
+        <v>773</v>
+      </c>
+      <c r="H13">
+        <v>712</v>
+      </c>
+      <c r="I13">
+        <v>697</v>
+      </c>
+      <c r="J13">
+        <v>0</v>
+      </c>
+      <c r="K13">
+        <v>2182</v>
+      </c>
+      <c r="L13">
+        <v>749</v>
+      </c>
+      <c r="M13">
+        <v>0</v>
+      </c>
+      <c r="N13">
+        <v>600</v>
+      </c>
+      <c r="O13">
+        <v>0</v>
+      </c>
+      <c r="P13">
+        <v>714</v>
+      </c>
+      <c r="Q13">
+        <v>2063</v>
+      </c>
+      <c r="R13">
+        <v>1285</v>
+      </c>
+      <c r="S13">
+        <v>670</v>
+      </c>
+      <c r="T13">
+        <v>1955</v>
+      </c>
+      <c r="U13">
+        <v>100</v>
+      </c>
+      <c r="V13">
+        <v>80</v>
+      </c>
+      <c r="W13">
+        <v>180</v>
+      </c>
+      <c r="X13">
+        <v>0</v>
+      </c>
+      <c r="Y13">
+        <v>0</v>
+      </c>
+      <c r="Z13">
+        <v>0</v>
+      </c>
+      <c r="AA13">
+        <v>180</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC13">
+        <v>64</v>
+      </c>
+      <c r="AD13">
+        <v>0</v>
+      </c>
+      <c r="AE13">
+        <v>2112</v>
+      </c>
+      <c r="AG13">
+        <v>42</v>
+      </c>
+      <c r="AH13">
+        <v>37</v>
+      </c>
+      <c r="AI13">
+        <v>5</v>
+      </c>
+      <c r="AJ13">
+        <v>2138</v>
+      </c>
+      <c r="AK13">
+        <v>0</v>
+      </c>
+      <c r="AL13">
+        <v>66</v>
+      </c>
+      <c r="AM13">
+        <v>73</v>
+      </c>
+      <c r="AN13">
+        <v>-7</v>
+      </c>
+      <c r="AP13">
+        <v>0</v>
+      </c>
+      <c r="AR13">
+        <v>0</v>
+      </c>
+      <c r="AS13">
+        <v>6577</v>
+      </c>
+      <c r="AT13">
+        <v>10967</v>
+      </c>
+    </row>
+    <row r="14" spans="1:46">
+      <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" t="s">
+        <v>135</v>
+      </c>
+      <c r="D14">
+        <v>47</v>
+      </c>
+      <c r="E14">
+        <v>1981</v>
+      </c>
+      <c r="F14">
+        <v>1362</v>
+      </c>
+      <c r="G14">
+        <v>721</v>
+      </c>
+      <c r="H14">
+        <v>587</v>
+      </c>
+      <c r="I14">
+        <v>670</v>
+      </c>
+      <c r="J14">
+        <v>0</v>
+      </c>
+      <c r="K14">
+        <v>1978</v>
+      </c>
+      <c r="L14">
+        <v>743</v>
+      </c>
+      <c r="M14">
+        <v>0</v>
+      </c>
+      <c r="N14">
+        <v>583</v>
+      </c>
+      <c r="O14">
+        <v>0</v>
+      </c>
+      <c r="P14">
+        <v>784</v>
+      </c>
+      <c r="Q14">
+        <v>2110</v>
+      </c>
+      <c r="R14">
+        <v>1238</v>
+      </c>
+      <c r="S14">
+        <v>842</v>
+      </c>
+      <c r="T14">
+        <v>2080</v>
+      </c>
+      <c r="U14">
+        <v>92</v>
+      </c>
+      <c r="V14">
+        <v>100</v>
+      </c>
+      <c r="W14">
+        <v>192</v>
+      </c>
+      <c r="X14">
+        <v>0</v>
+      </c>
+      <c r="Y14">
+        <v>0</v>
+      </c>
+      <c r="Z14">
+        <v>0</v>
+      </c>
+      <c r="AA14">
+        <v>192</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC14">
+        <v>83</v>
+      </c>
+      <c r="AD14">
+        <v>0</v>
+      </c>
+      <c r="AE14">
+        <v>0</v>
+      </c>
+      <c r="AG14">
+        <v>57</v>
+      </c>
+      <c r="AH14">
+        <v>31</v>
+      </c>
+      <c r="AI14">
+        <v>26</v>
+      </c>
+      <c r="AJ14">
+        <v>1858</v>
+      </c>
+      <c r="AK14">
+        <v>0</v>
+      </c>
+      <c r="AL14">
+        <v>134</v>
+      </c>
+      <c r="AM14">
+        <v>103</v>
+      </c>
+      <c r="AN14">
+        <v>31</v>
+      </c>
+      <c r="AP14">
+        <v>0</v>
+      </c>
+      <c r="AR14">
+        <v>0</v>
+      </c>
+      <c r="AS14">
+        <v>6732</v>
+      </c>
+      <c r="AT14">
+        <v>9638</v>
+      </c>
+    </row>
+    <row r="15" spans="1:46">
+      <c r="A15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15">
+        <v>58</v>
+      </c>
+      <c r="E15">
+        <v>2169</v>
+      </c>
+      <c r="F15">
+        <v>1661</v>
+      </c>
+      <c r="G15">
+        <v>790</v>
+      </c>
+      <c r="H15">
+        <v>690</v>
+      </c>
+      <c r="I15">
+        <v>687</v>
+      </c>
+      <c r="J15">
+        <v>0</v>
+      </c>
+      <c r="K15">
+        <v>2167</v>
+      </c>
+      <c r="L15">
+        <v>760</v>
+      </c>
+      <c r="M15">
+        <v>0</v>
+      </c>
+      <c r="N15">
+        <v>725</v>
+      </c>
+      <c r="O15">
+        <v>0</v>
+      </c>
+      <c r="P15">
+        <v>781</v>
+      </c>
+      <c r="Q15">
+        <v>2266</v>
+      </c>
+      <c r="R15">
+        <v>1160</v>
+      </c>
+      <c r="S15">
+        <v>960</v>
+      </c>
+      <c r="T15">
+        <v>2120</v>
+      </c>
+      <c r="U15">
+        <v>30</v>
+      </c>
+      <c r="V15">
+        <v>88</v>
+      </c>
+      <c r="W15">
+        <v>118</v>
+      </c>
+      <c r="X15">
+        <v>0</v>
+      </c>
+      <c r="Y15">
+        <v>0</v>
+      </c>
+      <c r="Z15">
+        <v>0</v>
+      </c>
+      <c r="AA15">
+        <v>118</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC15">
+        <v>63</v>
+      </c>
+      <c r="AD15">
+        <v>0</v>
+      </c>
+      <c r="AE15">
+        <v>1772</v>
+      </c>
+      <c r="AG15">
+        <v>47</v>
+      </c>
+      <c r="AH15">
+        <v>51</v>
+      </c>
+      <c r="AI15">
+        <v>-4</v>
+      </c>
+      <c r="AJ15">
+        <v>1892</v>
+      </c>
+      <c r="AK15">
+        <v>0</v>
+      </c>
+      <c r="AL15">
+        <v>75</v>
+      </c>
+      <c r="AM15">
+        <v>71</v>
+      </c>
+      <c r="AN15">
+        <v>4</v>
+      </c>
+      <c r="AP15">
+        <v>0</v>
+      </c>
+      <c r="AR15">
+        <v>0</v>
+      </c>
+      <c r="AS15">
+        <v>6557</v>
+      </c>
+      <c r="AT15">
+        <v>11705</v>
+      </c>
+    </row>
+    <row r="16" spans="1:46">
+      <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16">
+        <v>52</v>
+      </c>
+      <c r="E16">
+        <v>2045</v>
+      </c>
+      <c r="F16">
+        <v>1558</v>
+      </c>
+      <c r="G16">
+        <v>659</v>
+      </c>
+      <c r="H16">
+        <v>646</v>
+      </c>
+      <c r="I16">
+        <v>736</v>
+      </c>
+      <c r="J16">
+        <v>0</v>
+      </c>
+      <c r="K16">
+        <v>2041</v>
+      </c>
+      <c r="L16">
+        <v>743</v>
+      </c>
+      <c r="M16">
+        <v>0</v>
+      </c>
+      <c r="N16">
+        <v>678</v>
+      </c>
+      <c r="O16">
+        <v>0</v>
+      </c>
+      <c r="P16">
+        <v>753</v>
+      </c>
+      <c r="Q16">
+        <v>2174</v>
+      </c>
+      <c r="R16">
+        <v>1200</v>
+      </c>
+      <c r="S16">
+        <v>963</v>
+      </c>
+      <c r="T16">
+        <v>2163</v>
+      </c>
+      <c r="U16">
+        <v>55</v>
+      </c>
+      <c r="V16">
+        <v>100</v>
+      </c>
+      <c r="W16">
+        <v>155</v>
+      </c>
+      <c r="X16">
+        <v>0</v>
+      </c>
+      <c r="Y16">
+        <v>0</v>
+      </c>
+      <c r="Z16">
+        <v>0</v>
+      </c>
+      <c r="AA16">
+        <v>155</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC16">
+        <v>73</v>
+      </c>
+      <c r="AD16">
+        <v>0</v>
+      </c>
+      <c r="AE16">
+        <v>0</v>
+      </c>
+      <c r="AG16">
+        <v>45</v>
+      </c>
+      <c r="AH16">
+        <v>0</v>
+      </c>
+      <c r="AI16">
+        <v>45</v>
+      </c>
+      <c r="AJ16">
+        <v>2023</v>
+      </c>
+      <c r="AK16">
+        <v>0</v>
+      </c>
+      <c r="AL16">
+        <v>77</v>
+      </c>
+      <c r="AM16">
+        <v>0</v>
+      </c>
+      <c r="AN16">
+        <v>77</v>
+      </c>
+      <c r="AP16">
+        <v>0</v>
+      </c>
+      <c r="AR16">
+        <v>0</v>
+      </c>
+      <c r="AS16">
+        <v>0</v>
+      </c>
+      <c r="AT16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:46">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17">
+        <v>57</v>
+      </c>
+      <c r="E17">
+        <v>1947</v>
+      </c>
+      <c r="F17">
+        <v>1793</v>
+      </c>
+      <c r="G17">
+        <v>594</v>
+      </c>
+      <c r="H17">
+        <v>614</v>
+      </c>
+      <c r="I17">
+        <v>713</v>
+      </c>
+      <c r="J17">
+        <v>0</v>
+      </c>
+      <c r="K17">
+        <v>1921</v>
+      </c>
+      <c r="L17">
+        <v>784</v>
+      </c>
+      <c r="M17">
+        <v>0</v>
+      </c>
+      <c r="N17">
+        <v>592</v>
+      </c>
+      <c r="O17">
+        <v>0</v>
+      </c>
+      <c r="P17">
+        <v>707</v>
+      </c>
+      <c r="Q17">
+        <v>2083</v>
+      </c>
+      <c r="R17">
+        <v>1113</v>
+      </c>
+      <c r="S17">
+        <v>925</v>
+      </c>
+      <c r="T17">
+        <v>2038</v>
+      </c>
+      <c r="U17">
+        <v>42</v>
+      </c>
+      <c r="V17">
+        <v>90</v>
+      </c>
+      <c r="W17">
+        <v>132</v>
+      </c>
+      <c r="X17">
+        <v>0</v>
+      </c>
+      <c r="Y17">
+        <v>0</v>
+      </c>
+      <c r="Z17">
+        <v>0</v>
+      </c>
+      <c r="AA17">
+        <v>132</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC17">
+        <v>63</v>
+      </c>
+      <c r="AD17">
+        <v>1877</v>
+      </c>
+      <c r="AE17">
+        <v>1698</v>
+      </c>
+      <c r="AG17">
+        <v>35</v>
+      </c>
+      <c r="AH17">
+        <v>33</v>
+      </c>
+      <c r="AI17">
+        <v>2</v>
+      </c>
+      <c r="AJ17">
+        <v>1870</v>
+      </c>
+      <c r="AK17">
+        <v>0</v>
+      </c>
+      <c r="AL17">
+        <v>64</v>
+      </c>
+      <c r="AM17">
+        <v>72</v>
+      </c>
+      <c r="AN17">
+        <v>-8</v>
+      </c>
+      <c r="AP17">
+        <v>0</v>
+      </c>
+      <c r="AR17">
+        <v>0</v>
+      </c>
+      <c r="AS17">
+        <v>6168</v>
+      </c>
+      <c r="AT17">
+        <v>6686</v>
+      </c>
+    </row>
+    <row r="18" spans="1:46">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18">
+        <v>55</v>
+      </c>
+      <c r="E18">
+        <v>2177</v>
+      </c>
+      <c r="F18">
+        <v>1891</v>
+      </c>
+      <c r="G18">
+        <v>661</v>
+      </c>
+      <c r="H18">
+        <v>686</v>
+      </c>
+      <c r="I18">
+        <v>757</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
+      <c r="K18">
+        <v>2104</v>
+      </c>
+      <c r="L18">
+        <v>767</v>
+      </c>
+      <c r="M18">
+        <v>0</v>
+      </c>
+      <c r="N18">
+        <v>678</v>
+      </c>
+      <c r="O18">
+        <v>0</v>
+      </c>
+      <c r="P18">
+        <v>819</v>
+      </c>
+      <c r="Q18">
+        <v>2264</v>
+      </c>
+      <c r="R18">
+        <v>1136</v>
+      </c>
+      <c r="S18">
+        <v>1150</v>
+      </c>
+      <c r="T18">
+        <v>2286</v>
+      </c>
+      <c r="U18">
+        <v>55</v>
+      </c>
+      <c r="V18">
+        <v>85</v>
+      </c>
+      <c r="W18">
+        <v>140</v>
+      </c>
+      <c r="X18">
+        <v>0</v>
+      </c>
+      <c r="Y18">
+        <v>0</v>
+      </c>
+      <c r="Z18">
+        <v>0</v>
+      </c>
+      <c r="AA18">
+        <v>140</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC18">
+        <v>82</v>
+      </c>
+      <c r="AD18">
+        <v>1901</v>
+      </c>
+      <c r="AE18">
+        <v>1883</v>
+      </c>
+      <c r="AG18">
+        <v>39</v>
+      </c>
+      <c r="AH18">
+        <v>49</v>
+      </c>
+      <c r="AI18">
+        <v>-10</v>
+      </c>
+      <c r="AJ18">
+        <v>1925</v>
+      </c>
+      <c r="AK18">
+        <v>0</v>
+      </c>
+      <c r="AL18">
+        <v>53</v>
+      </c>
+      <c r="AM18">
+        <v>72</v>
+      </c>
+      <c r="AN18">
+        <v>-19</v>
+      </c>
+      <c r="AP18">
+        <v>0</v>
+      </c>
+      <c r="AR18">
+        <v>0</v>
+      </c>
+      <c r="AS18">
+        <v>5024</v>
+      </c>
+      <c r="AT18">
+        <v>6449</v>
+      </c>
+    </row>
+    <row r="19" spans="1:46">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19">
+        <v>54</v>
+      </c>
+      <c r="E19">
+        <v>2144</v>
+      </c>
+      <c r="F19">
+        <v>2031</v>
+      </c>
+      <c r="G19">
+        <v>624</v>
+      </c>
+      <c r="H19">
+        <v>708</v>
+      </c>
+      <c r="I19">
+        <v>784</v>
+      </c>
+      <c r="J19">
+        <v>0</v>
+      </c>
+      <c r="K19">
+        <v>2116</v>
+      </c>
+      <c r="L19">
+        <v>693</v>
+      </c>
+      <c r="M19">
+        <v>0</v>
+      </c>
+      <c r="N19">
+        <v>637</v>
+      </c>
+      <c r="O19">
+        <v>0</v>
+      </c>
+      <c r="P19">
+        <v>752</v>
+      </c>
+      <c r="Q19">
+        <v>2082</v>
+      </c>
+      <c r="R19">
+        <v>1210</v>
+      </c>
+      <c r="S19">
+        <v>950</v>
+      </c>
+      <c r="T19">
+        <v>2160</v>
+      </c>
+      <c r="U19">
+        <v>110</v>
+      </c>
+      <c r="V19">
+        <v>115</v>
+      </c>
+      <c r="W19">
+        <v>225</v>
+      </c>
+      <c r="X19">
+        <v>0</v>
+      </c>
+      <c r="Y19">
+        <v>0</v>
+      </c>
+      <c r="Z19">
+        <v>0</v>
+      </c>
+      <c r="AA19">
+        <v>225</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC19">
+        <v>69</v>
+      </c>
+      <c r="AD19">
+        <v>0</v>
+      </c>
+      <c r="AE19">
+        <v>2167</v>
+      </c>
+      <c r="AG19">
+        <v>33</v>
+      </c>
+      <c r="AH19">
+        <v>0</v>
+      </c>
+      <c r="AI19">
+        <v>33</v>
+      </c>
+      <c r="AJ19">
+        <v>2054</v>
+      </c>
+      <c r="AK19">
+        <v>0</v>
+      </c>
+      <c r="AL19">
+        <v>75</v>
+      </c>
+      <c r="AM19">
+        <v>0</v>
+      </c>
+      <c r="AN19">
+        <v>75</v>
+      </c>
+      <c r="AP19">
+        <v>0</v>
+      </c>
+      <c r="AR19">
+        <v>0</v>
+      </c>
+      <c r="AS19">
+        <v>0</v>
+      </c>
+      <c r="AT19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:46">
+      <c r="A20" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" t="s">
+        <v>135</v>
+      </c>
+      <c r="D20">
+        <v>48</v>
+      </c>
+      <c r="E20">
+        <v>1764</v>
+      </c>
+      <c r="F20">
+        <v>2089</v>
+      </c>
+      <c r="G20">
+        <v>665</v>
+      </c>
+      <c r="H20">
+        <v>671</v>
+      </c>
+      <c r="I20">
+        <v>443</v>
+      </c>
+      <c r="J20">
+        <v>0</v>
+      </c>
+      <c r="K20">
+        <v>1779</v>
+      </c>
+      <c r="L20">
+        <v>644</v>
+      </c>
+      <c r="M20">
+        <v>0</v>
+      </c>
+      <c r="N20">
+        <v>656</v>
+      </c>
+      <c r="O20">
+        <v>0</v>
+      </c>
+      <c r="P20">
+        <v>738</v>
+      </c>
+      <c r="Q20">
+        <v>2038</v>
+      </c>
+      <c r="R20">
+        <v>1097</v>
+      </c>
+      <c r="S20">
+        <v>920</v>
+      </c>
+      <c r="T20">
+        <v>2017</v>
+      </c>
+      <c r="U20">
+        <v>85</v>
+      </c>
+      <c r="V20">
+        <v>85</v>
+      </c>
+      <c r="W20">
+        <v>170</v>
+      </c>
+      <c r="X20">
+        <v>19</v>
+      </c>
+      <c r="Y20">
+        <v>13</v>
+      </c>
+      <c r="Z20">
+        <v>32</v>
+      </c>
+      <c r="AA20">
+        <v>138</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>136</v>
+      </c>
+      <c r="AC20">
+        <v>89</v>
+      </c>
+      <c r="AD20">
+        <v>0</v>
+      </c>
+      <c r="AE20">
+        <v>2179</v>
+      </c>
+      <c r="AG20">
+        <v>30</v>
+      </c>
+      <c r="AH20">
+        <v>41</v>
+      </c>
+      <c r="AI20">
+        <v>-11</v>
+      </c>
+      <c r="AJ20">
+        <v>2232</v>
+      </c>
+      <c r="AK20">
+        <v>0</v>
+      </c>
+      <c r="AL20">
+        <v>99</v>
+      </c>
+      <c r="AM20">
+        <v>49</v>
+      </c>
+      <c r="AN20">
+        <v>50</v>
+      </c>
+      <c r="AP20">
+        <v>0</v>
+      </c>
+      <c r="AR20">
+        <v>0</v>
+      </c>
+      <c r="AS20">
+        <v>5550</v>
+      </c>
+      <c r="AT20">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="21" spans="1:46">
+      <c r="A21" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" t="s">
+        <v>130</v>
+      </c>
+      <c r="D21">
+        <v>56</v>
+      </c>
+      <c r="E21">
+        <v>2049</v>
+      </c>
+      <c r="F21">
+        <v>1614</v>
+      </c>
+      <c r="G21">
+        <v>563</v>
+      </c>
+      <c r="H21">
+        <v>701</v>
+      </c>
+      <c r="I21">
+        <v>712</v>
+      </c>
+      <c r="J21">
+        <v>0</v>
+      </c>
+      <c r="K21">
+        <v>1976</v>
+      </c>
+      <c r="L21">
+        <v>763</v>
+      </c>
+      <c r="M21">
+        <v>0</v>
+      </c>
+      <c r="N21">
+        <v>645</v>
+      </c>
+      <c r="O21">
+        <v>0</v>
+      </c>
+      <c r="P21">
+        <v>714</v>
+      </c>
+      <c r="Q21">
+        <v>2122</v>
+      </c>
+      <c r="R21">
+        <v>990</v>
+      </c>
+      <c r="S21">
+        <v>1000</v>
+      </c>
+      <c r="T21">
+        <v>1990</v>
+      </c>
+      <c r="U21">
+        <v>84</v>
+      </c>
+      <c r="V21">
+        <v>95</v>
+      </c>
+      <c r="W21">
+        <v>179</v>
+      </c>
+      <c r="X21">
+        <v>2</v>
+      </c>
+      <c r="Y21">
+        <v>0</v>
+      </c>
+      <c r="Z21">
+        <v>2</v>
+      </c>
+      <c r="AA21">
+        <v>177</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC21">
+        <v>64</v>
+      </c>
+      <c r="AD21">
+        <v>0</v>
+      </c>
+      <c r="AE21">
+        <v>2050</v>
+      </c>
+      <c r="AG21">
+        <v>27</v>
+      </c>
+      <c r="AH21">
+        <v>28</v>
+      </c>
+      <c r="AI21">
+        <v>-1</v>
+      </c>
+      <c r="AJ21">
+        <v>2091</v>
+      </c>
+      <c r="AK21">
+        <v>0</v>
+      </c>
+      <c r="AL21">
+        <v>57</v>
+      </c>
+      <c r="AM21">
+        <v>50</v>
+      </c>
+      <c r="AN21">
+        <v>7</v>
+      </c>
+      <c r="AP21">
+        <v>0</v>
+      </c>
+      <c r="AR21">
+        <v>0</v>
+      </c>
+      <c r="AS21">
+        <v>6326</v>
+      </c>
+      <c r="AT21">
+        <v>5888</v>
+      </c>
+    </row>
+    <row r="22" spans="1:46">
+      <c r="A22" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" t="s">
+        <v>135</v>
+      </c>
+      <c r="D22">
+        <v>50</v>
+      </c>
+      <c r="E22">
+        <v>1909</v>
+      </c>
+      <c r="F22">
+        <v>1856</v>
+      </c>
+      <c r="G22">
+        <v>666</v>
+      </c>
+      <c r="H22">
+        <v>588</v>
+      </c>
+      <c r="I22">
+        <v>651</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+      <c r="K22">
+        <v>1905</v>
+      </c>
+      <c r="L22">
+        <v>778</v>
+      </c>
+      <c r="M22">
+        <v>0</v>
+      </c>
+      <c r="N22">
+        <v>528</v>
+      </c>
+      <c r="O22">
+        <v>0</v>
+      </c>
+      <c r="P22">
+        <v>574</v>
+      </c>
+      <c r="Q22">
+        <v>1880</v>
+      </c>
+      <c r="R22">
+        <v>1221</v>
+      </c>
+      <c r="S22">
+        <v>790</v>
+      </c>
+      <c r="T22">
+        <v>2011</v>
+      </c>
+      <c r="U22">
+        <v>79</v>
+      </c>
+      <c r="V22">
+        <v>75</v>
+      </c>
+      <c r="W22">
+        <v>154</v>
+      </c>
+      <c r="X22">
+        <v>22</v>
+      </c>
+      <c r="Y22">
+        <v>18</v>
+      </c>
+      <c r="Z22">
+        <v>40</v>
+      </c>
+      <c r="AA22">
+        <v>114</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC22">
+        <v>77</v>
+      </c>
+      <c r="AD22">
+        <v>0</v>
+      </c>
+      <c r="AE22">
+        <v>1765</v>
+      </c>
+      <c r="AG22">
+        <v>27</v>
+      </c>
+      <c r="AH22">
+        <v>28</v>
+      </c>
+      <c r="AI22">
+        <v>-1</v>
+      </c>
+      <c r="AJ22">
+        <v>1910</v>
+      </c>
+      <c r="AK22">
+        <v>0</v>
+      </c>
+      <c r="AL22">
+        <v>76</v>
+      </c>
+      <c r="AM22">
+        <v>98</v>
+      </c>
+      <c r="AN22">
+        <v>-22</v>
+      </c>
+      <c r="AP22">
+        <v>0</v>
+      </c>
+      <c r="AR22">
+        <v>0</v>
+      </c>
+      <c r="AS22">
+        <v>6874</v>
+      </c>
+      <c r="AT22">
+        <v>6872</v>
+      </c>
+    </row>
+    <row r="23" spans="1:46">
+      <c r="A23" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C23" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23">
+        <v>59</v>
+      </c>
+      <c r="E23">
+        <v>1520</v>
+      </c>
+      <c r="F23">
+        <v>1022</v>
+      </c>
+      <c r="G23">
+        <v>466</v>
+      </c>
+      <c r="H23">
+        <v>551</v>
+      </c>
+      <c r="I23">
+        <v>431</v>
+      </c>
+      <c r="J23">
+        <v>0</v>
+      </c>
+      <c r="K23">
+        <v>1448</v>
+      </c>
+      <c r="L23">
+        <v>530</v>
+      </c>
+      <c r="M23">
+        <v>0</v>
+      </c>
+      <c r="N23">
+        <v>287</v>
+      </c>
+      <c r="O23">
+        <v>0</v>
+      </c>
+      <c r="P23">
+        <v>453</v>
+      </c>
+      <c r="Q23">
+        <v>1270</v>
+      </c>
+      <c r="R23">
+        <v>785</v>
+      </c>
+      <c r="S23">
+        <v>675</v>
+      </c>
+      <c r="T23">
+        <v>1460</v>
+      </c>
+      <c r="U23">
+        <v>84</v>
+      </c>
+      <c r="V23">
+        <v>85</v>
+      </c>
+      <c r="W23">
+        <v>169</v>
+      </c>
+      <c r="X23">
+        <v>0</v>
+      </c>
+      <c r="Y23">
+        <v>0</v>
+      </c>
+      <c r="Z23">
+        <v>0</v>
+      </c>
+      <c r="AA23">
+        <v>169</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC23">
+        <v>65</v>
+      </c>
+      <c r="AD23">
+        <v>0</v>
+      </c>
+      <c r="AE23">
+        <v>1324</v>
+      </c>
+      <c r="AG23">
+        <v>23</v>
+      </c>
+      <c r="AH23">
+        <v>22</v>
+      </c>
+      <c r="AI23">
+        <v>1</v>
+      </c>
+      <c r="AJ23">
+        <v>1527</v>
+      </c>
+      <c r="AK23">
+        <v>0</v>
+      </c>
+      <c r="AL23">
+        <v>22</v>
+      </c>
+      <c r="AM23">
+        <v>19</v>
+      </c>
+      <c r="AN23">
+        <v>3</v>
+      </c>
+      <c r="AP23">
+        <v>1</v>
+      </c>
+      <c r="AR23">
+        <v>0</v>
+      </c>
+      <c r="AS23">
+        <v>4396</v>
+      </c>
+      <c r="AT23">
+        <v>3517</v>
+      </c>
+    </row>
+    <row r="24" spans="1:46">
+      <c r="A24" t="s">
+        <v>83</v>
+      </c>
+      <c r="B24" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" t="s">
+        <v>132</v>
+      </c>
+      <c r="D24">
+        <v>44</v>
+      </c>
+      <c r="E24">
+        <v>1786</v>
+      </c>
+      <c r="F24">
+        <v>1764</v>
+      </c>
+      <c r="G24">
+        <v>686</v>
+      </c>
+      <c r="H24">
+        <v>652</v>
+      </c>
+      <c r="I24">
+        <v>472</v>
+      </c>
+      <c r="J24">
+        <v>0</v>
+      </c>
+      <c r="K24">
+        <v>1810</v>
+      </c>
+      <c r="L24">
+        <v>586</v>
+      </c>
+      <c r="M24">
+        <v>0</v>
+      </c>
+      <c r="N24">
+        <v>530</v>
+      </c>
+      <c r="O24">
+        <v>0</v>
+      </c>
+      <c r="P24">
+        <v>693</v>
+      </c>
+      <c r="Q24">
+        <v>1809</v>
+      </c>
+      <c r="R24">
+        <v>1056</v>
+      </c>
+      <c r="S24">
+        <v>740</v>
+      </c>
+      <c r="T24">
+        <v>1796</v>
+      </c>
+      <c r="U24">
+        <v>75</v>
+      </c>
+      <c r="V24">
+        <v>102</v>
+      </c>
+      <c r="W24">
+        <v>177</v>
+      </c>
+      <c r="X24">
+        <v>16</v>
+      </c>
+      <c r="Y24">
+        <v>0</v>
+      </c>
+      <c r="Z24">
+        <v>16</v>
+      </c>
+      <c r="AA24">
+        <v>161</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC24">
+        <v>71</v>
+      </c>
+      <c r="AD24">
+        <v>0</v>
+      </c>
+      <c r="AE24">
+        <v>2224</v>
+      </c>
+      <c r="AG24">
+        <v>22</v>
+      </c>
+      <c r="AH24">
+        <v>25</v>
+      </c>
+      <c r="AI24">
+        <v>-3</v>
+      </c>
+      <c r="AJ24">
+        <v>2137</v>
+      </c>
+      <c r="AK24">
+        <v>0</v>
+      </c>
+      <c r="AL24">
+        <v>37</v>
+      </c>
+      <c r="AM24">
+        <v>70</v>
+      </c>
+      <c r="AN24">
+        <v>-33</v>
+      </c>
+      <c r="AP24">
+        <v>0</v>
+      </c>
+      <c r="AR24">
+        <v>0</v>
+      </c>
+      <c r="AS24">
+        <v>3586</v>
+      </c>
+      <c r="AT24">
+        <v>6074</v>
+      </c>
+    </row>
+    <row r="25" spans="1:46">
+      <c r="A25" t="s">
+        <v>84</v>
+      </c>
+      <c r="B25" t="s">
+        <v>47</v>
+      </c>
+      <c r="C25" t="s">
+        <v>137</v>
+      </c>
+      <c r="D25">
+        <v>58</v>
+      </c>
+      <c r="E25">
+        <v>2076</v>
+      </c>
+      <c r="F25">
+        <v>2110</v>
+      </c>
+      <c r="G25">
+        <v>629</v>
+      </c>
+      <c r="H25">
+        <v>749</v>
+      </c>
+      <c r="I25">
+        <v>606</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
+      </c>
+      <c r="K25">
+        <v>1984</v>
+      </c>
+      <c r="L25">
+        <v>745</v>
+      </c>
+      <c r="M25">
+        <v>0</v>
+      </c>
+      <c r="N25">
+        <v>584</v>
+      </c>
+      <c r="O25">
+        <v>0</v>
+      </c>
+      <c r="P25">
+        <v>649</v>
+      </c>
+      <c r="Q25">
+        <v>1978</v>
+      </c>
+      <c r="R25">
+        <v>1125</v>
+      </c>
+      <c r="S25">
+        <v>830</v>
+      </c>
+      <c r="T25">
+        <v>1955</v>
+      </c>
+      <c r="U25">
+        <v>85</v>
+      </c>
+      <c r="V25">
+        <v>115</v>
+      </c>
+      <c r="W25">
+        <v>200</v>
+      </c>
+      <c r="X25">
+        <v>0</v>
+      </c>
+      <c r="Y25">
+        <v>0</v>
+      </c>
+      <c r="Z25">
+        <v>0</v>
+      </c>
+      <c r="AA25">
+        <v>200</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC25">
+        <v>58</v>
+      </c>
+      <c r="AD25">
+        <v>0</v>
+      </c>
+      <c r="AE25">
+        <v>2098</v>
+      </c>
+      <c r="AG25">
+        <v>34</v>
+      </c>
+      <c r="AH25">
+        <v>35</v>
+      </c>
+      <c r="AI25">
+        <v>-1</v>
+      </c>
+      <c r="AJ25">
+        <v>2050</v>
+      </c>
+      <c r="AK25">
+        <v>0</v>
+      </c>
+      <c r="AL25">
+        <v>30</v>
+      </c>
+      <c r="AM25">
+        <v>32</v>
+      </c>
+      <c r="AN25">
+        <v>-2</v>
+      </c>
+      <c r="AP25">
+        <v>1</v>
+      </c>
+      <c r="AR25">
+        <v>0</v>
+      </c>
+      <c r="AS25">
+        <v>7285</v>
+      </c>
+      <c r="AT25">
+        <v>4967</v>
+      </c>
+    </row>
+    <row r="26" spans="1:46">
+      <c r="A26" t="s">
+        <v>84</v>
+      </c>
+      <c r="B26" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26">
+        <v>49</v>
+      </c>
+      <c r="E26">
+        <v>1979</v>
+      </c>
+      <c r="F26">
+        <v>2222</v>
+      </c>
+      <c r="G26">
+        <v>717</v>
+      </c>
+      <c r="H26">
+        <v>630</v>
+      </c>
+      <c r="I26">
+        <v>620</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26">
+        <v>1967</v>
+      </c>
+      <c r="L26">
+        <v>707</v>
+      </c>
+      <c r="M26">
+        <v>0</v>
+      </c>
+      <c r="N26">
+        <v>632</v>
+      </c>
+      <c r="O26">
+        <v>0</v>
+      </c>
+      <c r="P26">
+        <v>724</v>
+      </c>
+      <c r="Q26">
+        <v>2063</v>
+      </c>
+      <c r="R26">
+        <v>1190</v>
+      </c>
+      <c r="S26">
+        <v>950</v>
+      </c>
+      <c r="T26">
+        <v>2140</v>
+      </c>
+      <c r="U26">
+        <v>99</v>
+      </c>
+      <c r="V26">
+        <v>102</v>
+      </c>
+      <c r="W26">
+        <v>201</v>
+      </c>
+      <c r="X26">
+        <v>0</v>
+      </c>
+      <c r="Y26">
+        <v>0</v>
+      </c>
+      <c r="Z26">
+        <v>0</v>
+      </c>
+      <c r="AA26">
+        <v>201</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>139</v>
+      </c>
+      <c r="AC26">
+        <v>81</v>
+      </c>
+      <c r="AD26">
+        <v>0</v>
+      </c>
+      <c r="AE26">
+        <v>1201</v>
+      </c>
+      <c r="AG26">
+        <v>35</v>
+      </c>
+      <c r="AH26">
+        <v>20</v>
+      </c>
+      <c r="AI26">
+        <v>15</v>
+      </c>
+      <c r="AJ26">
+        <v>2287</v>
+      </c>
+      <c r="AK26">
+        <v>0</v>
+      </c>
+      <c r="AL26">
+        <v>97</v>
+      </c>
+      <c r="AM26">
+        <v>41</v>
+      </c>
+      <c r="AN26">
+        <v>56</v>
+      </c>
+      <c r="AP26">
+        <v>0</v>
+      </c>
+      <c r="AR26">
+        <v>0</v>
+      </c>
+      <c r="AS26">
+        <v>6887</v>
+      </c>
+      <c r="AT26">
+        <v>6720</v>
+      </c>
+    </row>
+    <row r="27" spans="1:46">
+      <c r="A27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B27" t="s">
+        <v>47</v>
+      </c>
+      <c r="C27" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27">
+        <v>63</v>
+      </c>
+      <c r="E27">
+        <v>1926</v>
+      </c>
+      <c r="F27">
+        <v>1184</v>
+      </c>
+      <c r="G27">
+        <v>526</v>
+      </c>
+      <c r="H27">
+        <v>698</v>
+      </c>
+      <c r="I27">
+        <v>632</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27">
+        <v>1856</v>
+      </c>
+      <c r="L27">
+        <v>637</v>
+      </c>
+      <c r="M27">
+        <v>0</v>
+      </c>
+      <c r="N27">
+        <v>539</v>
+      </c>
+      <c r="O27">
+        <v>0</v>
+      </c>
+      <c r="P27">
+        <v>642</v>
+      </c>
+      <c r="Q27">
+        <v>1818</v>
+      </c>
+      <c r="R27">
+        <v>1150</v>
+      </c>
+      <c r="S27">
+        <v>644</v>
+      </c>
+      <c r="T27">
+        <v>1794</v>
+      </c>
+      <c r="U27">
+        <v>144</v>
+      </c>
+      <c r="V27">
+        <v>78</v>
+      </c>
+      <c r="W27">
+        <v>222</v>
+      </c>
+      <c r="X27">
+        <v>0</v>
+      </c>
+      <c r="Y27">
+        <v>0</v>
+      </c>
+      <c r="Z27">
+        <v>0</v>
+      </c>
+      <c r="AA27">
+        <v>222</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC27">
+        <v>59</v>
+      </c>
+      <c r="AD27">
+        <v>0</v>
+      </c>
+      <c r="AE27">
+        <v>1215</v>
+      </c>
+      <c r="AG27">
+        <v>59</v>
+      </c>
+      <c r="AH27">
+        <v>47</v>
+      </c>
+      <c r="AI27">
+        <v>12</v>
+      </c>
+      <c r="AJ27">
+        <v>2123</v>
+      </c>
+      <c r="AK27">
+        <v>0</v>
+      </c>
+      <c r="AL27">
+        <v>55</v>
+      </c>
+      <c r="AM27">
+        <v>56</v>
+      </c>
+      <c r="AN27">
+        <v>-1</v>
+      </c>
+      <c r="AP27">
+        <v>1</v>
+      </c>
+      <c r="AR27">
+        <v>0</v>
+      </c>
+      <c r="AS27">
+        <v>6686</v>
+      </c>
+      <c r="AT27">
+        <v>5184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:46">
+      <c r="A28" t="s">
+        <v>87</v>
+      </c>
+      <c r="B28" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" t="s">
+        <v>141</v>
+      </c>
+      <c r="D28">
+        <v>21</v>
+      </c>
+      <c r="E28">
+        <v>870</v>
+      </c>
+      <c r="F28">
+        <v>1639</v>
+      </c>
+      <c r="G28">
+        <v>275</v>
+      </c>
+      <c r="H28">
+        <v>271</v>
+      </c>
+      <c r="I28">
+        <v>344</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28">
+        <v>890</v>
+      </c>
+      <c r="L28">
+        <v>444</v>
+      </c>
+      <c r="M28">
+        <v>0</v>
+      </c>
+      <c r="N28">
+        <v>623</v>
+      </c>
+      <c r="O28">
+        <v>0</v>
+      </c>
+      <c r="P28">
+        <v>77</v>
+      </c>
+      <c r="Q28">
+        <v>1144</v>
+      </c>
+      <c r="R28">
+        <v>607</v>
+      </c>
+      <c r="S28">
+        <v>0</v>
+      </c>
+      <c r="T28">
+        <v>607</v>
+      </c>
+      <c r="U28">
+        <v>31</v>
+      </c>
+      <c r="V28">
+        <v>0</v>
+      </c>
+      <c r="W28">
+        <v>31</v>
+      </c>
+      <c r="X28">
+        <v>0</v>
+      </c>
+      <c r="Y28">
+        <v>0</v>
+      </c>
+      <c r="Z28">
+        <v>0</v>
+      </c>
+      <c r="AA28">
+        <v>31</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>139</v>
+      </c>
+      <c r="AC28">
+        <v>49</v>
+      </c>
+      <c r="AD28">
+        <v>1482</v>
+      </c>
+      <c r="AE28">
+        <v>1454</v>
+      </c>
+      <c r="AG28">
+        <v>41</v>
+      </c>
+      <c r="AH28">
+        <v>34</v>
+      </c>
+      <c r="AI28">
+        <v>7</v>
+      </c>
+      <c r="AJ28">
+        <v>1482</v>
+      </c>
+      <c r="AK28">
+        <v>0</v>
+      </c>
+      <c r="AL28">
+        <v>50</v>
+      </c>
+      <c r="AM28">
+        <v>95</v>
+      </c>
+      <c r="AN28">
+        <v>-45</v>
+      </c>
+      <c r="AP28">
+        <v>0</v>
+      </c>
+      <c r="AR28">
+        <v>0</v>
+      </c>
+      <c r="AS28">
+        <v>6496</v>
+      </c>
+      <c r="AT28">
+        <v>6656</v>
+      </c>
+    </row>
+    <row r="29" spans="1:46">
+      <c r="A29" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" t="s">
+        <v>132</v>
+      </c>
+      <c r="D29">
+        <v>27</v>
+      </c>
+      <c r="E29">
+        <v>470</v>
+      </c>
+      <c r="F29">
+        <v>809</v>
+      </c>
+      <c r="G29">
+        <v>144</v>
+      </c>
+      <c r="H29">
+        <v>126</v>
+      </c>
+      <c r="I29">
+        <v>175</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+      <c r="K29">
+        <v>445</v>
+      </c>
+      <c r="L29">
+        <v>247</v>
+      </c>
+      <c r="M29">
+        <v>0</v>
+      </c>
+      <c r="N29">
+        <v>105</v>
+      </c>
+      <c r="O29">
+        <v>0</v>
+      </c>
+      <c r="P29">
+        <v>380</v>
+      </c>
+      <c r="Q29">
+        <v>732</v>
+      </c>
+      <c r="R29">
+        <v>0</v>
+      </c>
+      <c r="S29">
+        <v>0</v>
+      </c>
+      <c r="T29">
+        <v>0</v>
+      </c>
+      <c r="U29">
+        <v>0</v>
+      </c>
+      <c r="V29">
+        <v>0</v>
+      </c>
+      <c r="W29">
+        <v>0</v>
+      </c>
+      <c r="X29">
+        <v>0</v>
+      </c>
+      <c r="Y29">
+        <v>0</v>
+      </c>
+      <c r="Z29">
+        <v>0</v>
+      </c>
+      <c r="AA29">
+        <v>0</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>136</v>
+      </c>
+      <c r="AC29">
+        <v>34</v>
+      </c>
+      <c r="AD29">
+        <v>0</v>
+      </c>
+      <c r="AE29">
+        <v>1055</v>
+      </c>
+      <c r="AG29">
+        <v>33</v>
+      </c>
+      <c r="AH29">
+        <v>4</v>
+      </c>
+      <c r="AI29">
+        <v>29</v>
+      </c>
+      <c r="AJ29">
+        <v>1020</v>
+      </c>
+      <c r="AK29">
+        <v>0</v>
+      </c>
+      <c r="AL29">
+        <v>37</v>
+      </c>
+      <c r="AM29">
+        <v>31</v>
+      </c>
+      <c r="AN29">
+        <v>6</v>
+      </c>
+      <c r="AP29">
+        <v>0</v>
+      </c>
+      <c r="AR29">
+        <v>0</v>
+      </c>
+      <c r="AS29">
+        <v>3458</v>
+      </c>
+      <c r="AT29">
+        <v>6562</v>
+      </c>
+    </row>
+    <row r="30" spans="1:46">
+      <c r="A30" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" t="s">
+        <v>52</v>
+      </c>
+      <c r="C30" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30">
+        <v>58</v>
+      </c>
+      <c r="E30">
+        <v>1720</v>
+      </c>
+      <c r="F30">
+        <v>840</v>
+      </c>
+      <c r="G30">
+        <v>570</v>
+      </c>
+      <c r="H30">
+        <v>550</v>
+      </c>
+      <c r="I30">
+        <v>550</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
+      </c>
+      <c r="K30">
+        <v>1670</v>
+      </c>
+      <c r="L30">
+        <v>490</v>
+      </c>
+      <c r="M30">
+        <v>0</v>
+      </c>
+      <c r="N30">
+        <v>457</v>
+      </c>
+      <c r="O30">
+        <v>0</v>
+      </c>
+      <c r="P30">
+        <v>651</v>
+      </c>
+      <c r="Q30">
+        <v>1598</v>
+      </c>
+      <c r="R30">
+        <v>650</v>
+      </c>
+      <c r="S30">
+        <v>790</v>
+      </c>
+      <c r="T30">
+        <v>1440</v>
+      </c>
+      <c r="U30">
+        <v>90</v>
+      </c>
+      <c r="V30">
+        <v>120</v>
+      </c>
+      <c r="W30">
+        <v>210</v>
+      </c>
+      <c r="X30">
+        <v>0</v>
+      </c>
+      <c r="Y30">
+        <v>0</v>
+      </c>
+      <c r="Z30">
+        <v>0</v>
+      </c>
+      <c r="AA30">
+        <v>210</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC30">
+        <v>51</v>
+      </c>
+      <c r="AD30">
+        <v>1426</v>
+      </c>
+      <c r="AE30">
+        <v>1386</v>
+      </c>
+      <c r="AG30">
+        <v>33</v>
+      </c>
+      <c r="AH30">
+        <v>37</v>
+      </c>
+      <c r="AI30">
+        <v>-4</v>
+      </c>
+      <c r="AJ30">
+        <v>1512</v>
+      </c>
+      <c r="AK30">
+        <v>0</v>
+      </c>
+      <c r="AL30">
+        <v>36</v>
+      </c>
+      <c r="AM30">
+        <v>44</v>
+      </c>
+      <c r="AN30">
+        <v>-8</v>
+      </c>
+      <c r="AP30">
+        <v>0</v>
+      </c>
+      <c r="AR30">
+        <v>0</v>
+      </c>
+      <c r="AS30">
+        <v>4032</v>
+      </c>
+      <c r="AT30">
+        <v>6560</v>
+      </c>
+    </row>
+    <row r="31" spans="1:46">
+      <c r="A31" t="s">
+        <v>93</v>
+      </c>
+      <c r="B31" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31">
+        <v>50</v>
+      </c>
+      <c r="E31">
+        <v>1318</v>
+      </c>
+      <c r="F31">
+        <v>1354</v>
+      </c>
+      <c r="G31">
+        <v>496</v>
+      </c>
+      <c r="H31">
+        <v>426</v>
+      </c>
+      <c r="I31">
+        <v>333</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
+      </c>
+      <c r="K31">
+        <v>1255</v>
+      </c>
+      <c r="L31">
+        <v>588</v>
+      </c>
+      <c r="M31">
+        <v>0</v>
+      </c>
+      <c r="N31">
+        <v>469</v>
+      </c>
+      <c r="O31">
+        <v>0</v>
+      </c>
+      <c r="P31">
+        <v>622</v>
+      </c>
+      <c r="Q31">
+        <v>1679</v>
+      </c>
+      <c r="R31">
+        <v>785</v>
+      </c>
+      <c r="S31">
+        <v>650</v>
+      </c>
+      <c r="T31">
+        <v>1435</v>
+      </c>
+      <c r="U31">
+        <v>50</v>
+      </c>
+      <c r="V31">
+        <v>60</v>
+      </c>
+      <c r="W31">
+        <v>110</v>
+      </c>
+      <c r="X31">
+        <v>0</v>
+      </c>
+      <c r="Y31">
+        <v>0</v>
+      </c>
+      <c r="Z31">
+        <v>0</v>
+      </c>
+      <c r="AA31">
+        <v>110</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC31">
+        <v>75</v>
+      </c>
+      <c r="AD31">
+        <v>0</v>
+      </c>
+      <c r="AE31">
+        <v>2193</v>
+      </c>
+      <c r="AG31">
+        <v>25</v>
+      </c>
+      <c r="AH31">
+        <v>37</v>
+      </c>
+      <c r="AI31">
+        <v>-12</v>
+      </c>
+      <c r="AJ31">
+        <v>2211</v>
+      </c>
+      <c r="AK31">
+        <v>2291</v>
+      </c>
+      <c r="AL31">
+        <v>56</v>
+      </c>
+      <c r="AM31">
+        <v>96</v>
+      </c>
+      <c r="AN31">
+        <v>-40</v>
+      </c>
+      <c r="AP31">
+        <v>0</v>
+      </c>
+      <c r="AR31">
+        <v>0</v>
+      </c>
+      <c r="AS31">
+        <v>6938</v>
+      </c>
+      <c r="AT31">
+        <v>5184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:46">
+      <c r="A32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32">
+        <v>61</v>
+      </c>
+      <c r="E32">
+        <v>1945</v>
+      </c>
+      <c r="F32">
+        <v>678</v>
+      </c>
+      <c r="G32">
+        <v>629</v>
+      </c>
+      <c r="H32">
+        <v>600</v>
+      </c>
+      <c r="I32">
+        <v>671</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+      <c r="K32">
+        <v>1900</v>
+      </c>
+      <c r="L32">
+        <v>665</v>
+      </c>
+      <c r="M32">
+        <v>0</v>
+      </c>
+      <c r="N32">
+        <v>614</v>
+      </c>
+      <c r="O32">
+        <v>0</v>
+      </c>
+      <c r="P32">
+        <v>680</v>
+      </c>
+      <c r="Q32">
+        <v>1959</v>
+      </c>
+      <c r="R32">
+        <v>900</v>
+      </c>
+      <c r="S32">
+        <v>1200</v>
+      </c>
+      <c r="T32">
+        <v>2100</v>
+      </c>
+      <c r="U32">
+        <v>73</v>
+      </c>
+      <c r="V32">
+        <v>100</v>
+      </c>
+      <c r="W32">
+        <v>173</v>
+      </c>
+      <c r="X32">
+        <v>0</v>
+      </c>
+      <c r="Y32">
+        <v>0</v>
+      </c>
+      <c r="Z32">
+        <v>0</v>
+      </c>
+      <c r="AA32">
+        <v>173</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC32">
+        <v>55</v>
+      </c>
+      <c r="AD32">
+        <v>2051</v>
+      </c>
+      <c r="AE32">
+        <v>2241</v>
+      </c>
+      <c r="AG32">
+        <v>36</v>
+      </c>
+      <c r="AH32">
+        <v>32</v>
+      </c>
+      <c r="AI32">
+        <v>4</v>
+      </c>
+      <c r="AJ32">
+        <v>2047</v>
+      </c>
+      <c r="AK32">
+        <v>2022</v>
+      </c>
+      <c r="AL32">
+        <v>52</v>
+      </c>
+      <c r="AM32">
+        <v>36</v>
+      </c>
+      <c r="AN32">
+        <v>16</v>
+      </c>
+      <c r="AP32">
+        <v>1</v>
+      </c>
+      <c r="AR32">
+        <v>0</v>
+      </c>
+      <c r="AS32">
+        <v>5088</v>
+      </c>
+      <c r="AT32">
+        <v>3936</v>
+      </c>
+    </row>
+    <row r="33" spans="1:46">
+      <c r="A33" t="s">
+        <v>97</v>
+      </c>
+      <c r="B33" t="s">
+        <v>47</v>
+      </c>
+      <c r="D33">
+        <v>0</v>
+      </c>
+      <c r="E33">
+        <v>1897</v>
+      </c>
+      <c r="F33">
+        <v>1369</v>
+      </c>
+      <c r="G33">
+        <v>690</v>
+      </c>
+      <c r="H33">
+        <v>637</v>
+      </c>
+      <c r="I33">
+        <v>576</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+      <c r="K33">
+        <v>1903</v>
+      </c>
+      <c r="L33">
+        <v>618</v>
+      </c>
+      <c r="M33">
+        <v>0</v>
+      </c>
+      <c r="N33">
+        <v>579</v>
+      </c>
+      <c r="O33">
+        <v>0</v>
+      </c>
+      <c r="P33">
+        <v>706</v>
+      </c>
+      <c r="Q33">
+        <v>1903</v>
+      </c>
+      <c r="R33">
+        <v>1000</v>
+      </c>
+      <c r="S33">
+        <v>951</v>
+      </c>
+      <c r="T33">
+        <v>1951</v>
+      </c>
+      <c r="U33">
+        <v>52</v>
+      </c>
+      <c r="V33">
+        <v>100</v>
+      </c>
+      <c r="W33">
+        <v>152</v>
+      </c>
+      <c r="X33">
+        <v>0</v>
+      </c>
+      <c r="Y33">
+        <v>1</v>
+      </c>
+      <c r="Z33">
+        <v>1</v>
+      </c>
+      <c r="AA33">
+        <v>151</v>
+      </c>
+      <c r="AC33">
+        <v>0</v>
+      </c>
+      <c r="AD33">
+        <v>1765</v>
+      </c>
+      <c r="AE33">
+        <v>2392</v>
+      </c>
+      <c r="AG33">
+        <v>47</v>
+      </c>
+      <c r="AH33">
+        <v>42</v>
+      </c>
+      <c r="AI33">
+        <v>5</v>
+      </c>
+      <c r="AJ33">
+        <v>1925</v>
+      </c>
+      <c r="AK33">
+        <v>2394</v>
+      </c>
+      <c r="AL33">
+        <v>89</v>
+      </c>
+      <c r="AM33">
+        <v>89</v>
+      </c>
+      <c r="AN33">
+        <v>0</v>
+      </c>
+      <c r="AP33">
+        <v>0</v>
+      </c>
+      <c r="AR33">
+        <v>0</v>
+      </c>
+      <c r="AS33">
+        <v>6922</v>
+      </c>
+      <c r="AT33">
+        <v>6149</v>
+      </c>
+    </row>
+    <row r="34" spans="1:46">
+      <c r="A34" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34" t="s">
+        <v>52</v>
+      </c>
+      <c r="C34" t="s">
+        <v>137</v>
+      </c>
+      <c r="D34">
+        <v>60</v>
+      </c>
+      <c r="E34">
+        <v>1993</v>
+      </c>
+      <c r="F34">
+        <v>1161</v>
+      </c>
+      <c r="G34">
+        <v>595</v>
+      </c>
+      <c r="H34">
+        <v>709</v>
+      </c>
+      <c r="I34">
+        <v>669</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+      <c r="K34">
+        <v>1973</v>
+      </c>
+      <c r="L34">
+        <v>616</v>
+      </c>
+      <c r="M34">
+        <v>0</v>
+      </c>
+      <c r="N34">
+        <v>599</v>
+      </c>
+      <c r="O34">
+        <v>0</v>
+      </c>
+      <c r="P34">
+        <v>685</v>
+      </c>
+      <c r="Q34">
+        <v>1900</v>
+      </c>
+      <c r="R34">
+        <v>780</v>
+      </c>
+      <c r="S34">
+        <v>1000</v>
+      </c>
+      <c r="T34">
+        <v>1780</v>
+      </c>
+      <c r="U34">
+        <v>130</v>
+      </c>
+      <c r="V34">
+        <v>140</v>
+      </c>
+      <c r="W34">
+        <v>270</v>
+      </c>
+      <c r="X34">
+        <v>0</v>
+      </c>
+      <c r="Y34">
+        <v>0</v>
+      </c>
+      <c r="Z34">
+        <v>0</v>
+      </c>
+      <c r="AA34">
+        <v>270</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC34">
+        <v>50</v>
+      </c>
+      <c r="AD34">
+        <v>1679</v>
+      </c>
+      <c r="AE34">
+        <v>1714</v>
+      </c>
+      <c r="AG34">
+        <v>25</v>
+      </c>
+      <c r="AH34">
+        <v>33</v>
+      </c>
+      <c r="AI34">
+        <v>-8</v>
+      </c>
+      <c r="AJ34">
+        <v>1687</v>
+      </c>
+      <c r="AK34">
+        <v>1814</v>
+      </c>
+      <c r="AL34">
+        <v>64</v>
+      </c>
+      <c r="AM34">
+        <v>59</v>
+      </c>
+      <c r="AN34">
+        <v>5</v>
+      </c>
+      <c r="AP34">
+        <v>0</v>
+      </c>
+      <c r="AR34">
+        <v>0</v>
+      </c>
+      <c r="AS34">
+        <v>7014</v>
+      </c>
+      <c r="AT34">
+        <v>7568</v>
+      </c>
+    </row>
+    <row r="35" spans="1:46">
+      <c r="A35" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" t="s">
+        <v>47</v>
+      </c>
+      <c r="C35" t="s">
+        <v>132</v>
+      </c>
+      <c r="D35">
+        <v>49</v>
+      </c>
+      <c r="E35">
+        <v>1859</v>
+      </c>
+      <c r="F35">
+        <v>1698</v>
+      </c>
+      <c r="G35">
+        <v>582</v>
+      </c>
+      <c r="H35">
+        <v>623</v>
+      </c>
+      <c r="I35">
+        <v>651</v>
+      </c>
+      <c r="J35">
+        <v>0</v>
+      </c>
+      <c r="K35">
+        <v>1856</v>
+      </c>
+      <c r="L35">
+        <v>646</v>
+      </c>
+      <c r="M35">
+        <v>0</v>
+      </c>
+      <c r="N35">
+        <v>610</v>
+      </c>
+      <c r="O35">
+        <v>0</v>
+      </c>
+      <c r="P35">
+        <v>710</v>
+      </c>
+      <c r="Q35">
+        <v>1966</v>
+      </c>
+      <c r="R35">
+        <v>950</v>
+      </c>
+      <c r="S35">
+        <v>1060</v>
+      </c>
+      <c r="T35">
+        <v>2010</v>
+      </c>
+      <c r="U35">
+        <v>60</v>
+      </c>
+      <c r="V35">
+        <v>79</v>
+      </c>
+      <c r="W35">
+        <v>139</v>
+      </c>
+      <c r="X35">
+        <v>0</v>
+      </c>
+      <c r="Y35">
+        <v>5</v>
+      </c>
+      <c r="Z35">
+        <v>5</v>
+      </c>
+      <c r="AA35">
+        <v>134</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC35">
+        <v>85</v>
+      </c>
+      <c r="AD35">
+        <v>2254</v>
+      </c>
+      <c r="AE35">
+        <v>1282</v>
+      </c>
+      <c r="AG35">
+        <v>34</v>
+      </c>
+      <c r="AH35">
+        <v>31</v>
+      </c>
+      <c r="AI35">
+        <v>3</v>
+      </c>
+      <c r="AJ35">
+        <v>2246</v>
+      </c>
+      <c r="AK35">
+        <v>2361</v>
+      </c>
+      <c r="AL35">
+        <v>95</v>
+      </c>
+      <c r="AM35">
+        <v>89</v>
+      </c>
+      <c r="AN35">
+        <v>6</v>
+      </c>
+      <c r="AP35">
+        <v>0</v>
+      </c>
+      <c r="AR35">
+        <v>0</v>
+      </c>
+      <c r="AS35">
+        <v>6135</v>
+      </c>
+      <c r="AT35">
+        <v>4432</v>
+      </c>
+    </row>
+    <row r="36" spans="1:46">
+      <c r="A36" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" t="s">
+        <v>137</v>
+      </c>
+      <c r="D36">
+        <v>62</v>
+      </c>
+      <c r="E36">
+        <v>2149</v>
+      </c>
+      <c r="F36">
+        <v>1357</v>
+      </c>
+      <c r="G36">
+        <v>784</v>
+      </c>
+      <c r="H36">
+        <v>733</v>
+      </c>
+      <c r="I36">
+        <v>613</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
+      </c>
+      <c r="K36">
+        <v>2130</v>
+      </c>
+      <c r="L36">
+        <v>789</v>
+      </c>
+      <c r="M36">
+        <v>0</v>
+      </c>
+      <c r="N36">
+        <v>766</v>
+      </c>
+      <c r="O36">
+        <v>0</v>
+      </c>
+      <c r="P36">
+        <v>740</v>
+      </c>
+      <c r="Q36">
+        <v>2295</v>
+      </c>
+      <c r="R36">
+        <v>1020</v>
+      </c>
+      <c r="S36">
+        <v>1190</v>
+      </c>
+      <c r="T36">
+        <v>2210</v>
+      </c>
+      <c r="U36">
+        <v>90</v>
+      </c>
+      <c r="V36">
+        <v>110</v>
+      </c>
+      <c r="W36">
+        <v>200</v>
+      </c>
+      <c r="X36">
+        <v>0</v>
+      </c>
+      <c r="Y36">
+        <v>0</v>
+      </c>
+      <c r="Z36">
+        <v>0</v>
+      </c>
+      <c r="AA36">
+        <v>200</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC36">
+        <v>59</v>
+      </c>
+      <c r="AD36">
+        <v>0</v>
+      </c>
+      <c r="AE36">
+        <v>1901</v>
+      </c>
+      <c r="AG36">
+        <v>32</v>
+      </c>
+      <c r="AH36">
+        <v>34</v>
+      </c>
+      <c r="AI36">
+        <v>-2</v>
+      </c>
+      <c r="AJ36">
+        <v>1873</v>
+      </c>
+      <c r="AK36">
+        <v>1901</v>
+      </c>
+      <c r="AL36">
+        <v>56</v>
+      </c>
+      <c r="AM36">
+        <v>57</v>
+      </c>
+      <c r="AN36">
+        <v>-1</v>
+      </c>
+      <c r="AP36">
+        <v>1</v>
+      </c>
+      <c r="AR36">
+        <v>0</v>
+      </c>
+      <c r="AS36">
+        <v>5238</v>
+      </c>
+      <c r="AT36">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="37" spans="1:46">
+      <c r="A37" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37">
+        <v>57</v>
+      </c>
+      <c r="E37">
+        <v>2097</v>
+      </c>
+      <c r="F37">
+        <v>1692</v>
+      </c>
+      <c r="G37">
+        <v>660</v>
+      </c>
+      <c r="H37">
+        <v>706</v>
+      </c>
+      <c r="I37">
+        <v>781</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
+      </c>
+      <c r="K37">
+        <v>2147</v>
+      </c>
+      <c r="L37">
+        <v>775</v>
+      </c>
+      <c r="M37">
+        <v>0</v>
+      </c>
+      <c r="N37">
+        <v>724</v>
+      </c>
+      <c r="O37">
+        <v>0</v>
+      </c>
+      <c r="P37">
+        <v>791</v>
+      </c>
+      <c r="Q37">
+        <v>2290</v>
+      </c>
+      <c r="R37">
+        <v>1139</v>
+      </c>
+      <c r="S37">
+        <v>1143</v>
+      </c>
+      <c r="T37">
+        <v>2282</v>
+      </c>
+      <c r="U37">
+        <v>65</v>
+      </c>
+      <c r="V37">
+        <v>100</v>
+      </c>
+      <c r="W37">
+        <v>165</v>
+      </c>
+      <c r="X37">
+        <v>0</v>
+      </c>
+      <c r="Y37">
+        <v>0</v>
+      </c>
+      <c r="Z37">
+        <v>0</v>
+      </c>
+      <c r="AA37">
+        <v>165</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC37">
+        <v>84</v>
+      </c>
+      <c r="AD37">
+        <v>1881</v>
+      </c>
+      <c r="AE37">
+        <v>1444</v>
+      </c>
+      <c r="AG37">
+        <v>29</v>
+      </c>
+      <c r="AH37">
+        <v>8</v>
+      </c>
+      <c r="AI37">
+        <v>21</v>
+      </c>
+      <c r="AJ37">
+        <v>1879</v>
+      </c>
+      <c r="AK37">
+        <v>1952</v>
+      </c>
+      <c r="AL37">
+        <v>64</v>
+      </c>
+      <c r="AM37">
+        <v>64</v>
+      </c>
+      <c r="AN37">
+        <v>0</v>
+      </c>
+      <c r="AP37">
+        <v>0</v>
+      </c>
+      <c r="AR37">
+        <v>0</v>
+      </c>
+      <c r="AS37">
+        <v>6242</v>
+      </c>
+      <c r="AT37">
+        <v>4366</v>
+      </c>
+    </row>
+    <row r="38" spans="1:46">
+      <c r="A38" t="s">
+        <v>99</v>
+      </c>
+      <c r="B38" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38" t="s">
+        <v>137</v>
+      </c>
+      <c r="D38">
+        <v>62</v>
+      </c>
+      <c r="E38">
+        <v>2394</v>
+      </c>
+      <c r="F38">
+        <v>1706</v>
+      </c>
+      <c r="G38">
+        <v>789</v>
+      </c>
+      <c r="H38">
+        <v>813</v>
+      </c>
+      <c r="I38">
+        <v>776</v>
+      </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
+      <c r="K38">
+        <v>2378</v>
+      </c>
+      <c r="L38">
+        <v>846</v>
+      </c>
+      <c r="M38">
+        <v>0</v>
+      </c>
+      <c r="N38">
+        <v>811</v>
+      </c>
+      <c r="O38">
+        <v>0</v>
+      </c>
+      <c r="P38">
+        <v>811</v>
+      </c>
+      <c r="Q38">
+        <v>2468</v>
+      </c>
+      <c r="R38">
+        <v>1350</v>
+      </c>
+      <c r="S38">
+        <v>1160</v>
+      </c>
+      <c r="T38">
+        <v>2510</v>
+      </c>
+      <c r="U38">
+        <v>90</v>
+      </c>
+      <c r="V38">
+        <v>100</v>
+      </c>
+      <c r="W38">
+        <v>190</v>
+      </c>
+      <c r="X38">
+        <v>0</v>
+      </c>
+      <c r="Y38">
+        <v>0</v>
+      </c>
+      <c r="Z38">
+        <v>0</v>
+      </c>
+      <c r="AA38">
+        <v>190</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC38">
+        <v>53</v>
+      </c>
+      <c r="AD38">
+        <v>2092</v>
+      </c>
+      <c r="AE38">
+        <v>2224</v>
+      </c>
+      <c r="AG38">
+        <v>30</v>
+      </c>
+      <c r="AH38">
+        <v>32</v>
+      </c>
+      <c r="AI38">
+        <v>-2</v>
+      </c>
+      <c r="AJ38">
+        <v>2086</v>
+      </c>
+      <c r="AK38">
+        <v>2224</v>
+      </c>
+      <c r="AL38">
+        <v>37</v>
+      </c>
+      <c r="AM38">
+        <v>58</v>
+      </c>
+      <c r="AN38">
+        <v>-21</v>
+      </c>
+      <c r="AP38">
+        <v>1</v>
+      </c>
+      <c r="AR38">
+        <v>0</v>
+      </c>
+      <c r="AS38">
+        <v>7055</v>
+      </c>
+      <c r="AT38">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="39" spans="1:46">
+      <c r="A39" t="s">
+        <v>101</v>
+      </c>
+      <c r="B39" t="s">
+        <v>47</v>
+      </c>
+      <c r="C39" t="s">
+        <v>128</v>
+      </c>
+      <c r="D39">
+        <v>64</v>
+      </c>
+      <c r="E39">
+        <v>2056</v>
+      </c>
+      <c r="F39">
+        <v>2279</v>
+      </c>
+      <c r="G39">
+        <v>702</v>
+      </c>
+      <c r="H39">
+        <v>683</v>
+      </c>
+      <c r="I39">
+        <v>662</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
+      </c>
+      <c r="K39">
+        <v>2047</v>
+      </c>
+      <c r="L39">
+        <v>698</v>
+      </c>
+      <c r="M39">
+        <v>0</v>
+      </c>
+      <c r="N39">
+        <v>671</v>
+      </c>
+      <c r="O39">
+        <v>0</v>
+      </c>
+      <c r="P39">
+        <v>704</v>
+      </c>
+      <c r="Q39">
+        <v>2073</v>
+      </c>
+      <c r="R39">
+        <v>953</v>
+      </c>
+      <c r="S39">
+        <v>1020</v>
+      </c>
+      <c r="T39">
+        <v>1973</v>
+      </c>
+      <c r="U39">
+        <v>96</v>
+      </c>
+      <c r="V39">
+        <v>135</v>
+      </c>
+      <c r="W39">
+        <v>231</v>
+      </c>
+      <c r="X39">
+        <v>1</v>
+      </c>
+      <c r="Y39">
+        <v>0</v>
+      </c>
+      <c r="Z39">
+        <v>1</v>
+      </c>
+      <c r="AA39">
+        <v>230</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>143</v>
+      </c>
+      <c r="AC39">
+        <v>83</v>
+      </c>
+      <c r="AD39">
+        <v>2299</v>
+      </c>
+      <c r="AE39">
+        <v>2365</v>
+      </c>
+      <c r="AG39">
+        <v>29</v>
+      </c>
+      <c r="AH39">
+        <v>30</v>
+      </c>
+      <c r="AI39">
+        <v>-1</v>
+      </c>
+      <c r="AJ39">
+        <v>2308</v>
+      </c>
+      <c r="AK39">
+        <v>2465</v>
+      </c>
+      <c r="AL39">
+        <v>48</v>
+      </c>
+      <c r="AM39">
+        <v>45</v>
+      </c>
+      <c r="AN39">
+        <v>3</v>
+      </c>
+      <c r="AP39">
+        <v>0</v>
+      </c>
+      <c r="AR39">
+        <v>0</v>
+      </c>
+      <c r="AS39">
+        <v>6533</v>
+      </c>
+      <c r="AT39">
+        <v>9023</v>
+      </c>
+    </row>
+    <row r="40" spans="1:46">
+      <c r="A40" t="s">
+        <v>101</v>
+      </c>
+      <c r="B40" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" t="s">
+        <v>137</v>
+      </c>
+      <c r="D40">
+        <v>57</v>
+      </c>
+      <c r="E40">
+        <v>2361</v>
+      </c>
+      <c r="F40">
+        <v>1873</v>
+      </c>
+      <c r="G40">
+        <v>843</v>
+      </c>
+      <c r="H40">
+        <v>780</v>
+      </c>
+      <c r="I40">
+        <v>738</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
+      </c>
+      <c r="K40">
+        <v>2361</v>
+      </c>
+      <c r="L40">
+        <v>792</v>
+      </c>
+      <c r="M40">
+        <v>0</v>
+      </c>
+      <c r="N40">
+        <v>844</v>
+      </c>
+      <c r="O40">
+        <v>0</v>
+      </c>
+      <c r="P40">
+        <v>836</v>
+      </c>
+      <c r="Q40">
+        <v>2472</v>
+      </c>
+      <c r="R40">
+        <v>1050</v>
+      </c>
+      <c r="S40">
+        <v>1312</v>
+      </c>
+      <c r="T40">
+        <v>2362</v>
+      </c>
+      <c r="U40">
+        <v>140</v>
+      </c>
+      <c r="V40">
+        <v>109</v>
+      </c>
+      <c r="W40">
+        <v>249</v>
+      </c>
+      <c r="X40">
+        <v>0</v>
+      </c>
+      <c r="Y40">
+        <v>0</v>
+      </c>
+      <c r="Z40">
+        <v>0</v>
+      </c>
+      <c r="AA40">
+        <v>249</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC40">
+        <v>56</v>
+      </c>
+      <c r="AD40">
+        <v>2192</v>
+      </c>
+      <c r="AE40">
+        <v>2359</v>
+      </c>
+      <c r="AG40">
+        <v>21</v>
+      </c>
+      <c r="AH40">
+        <v>32</v>
+      </c>
+      <c r="AI40">
+        <v>-11</v>
+      </c>
+      <c r="AJ40">
+        <v>2173</v>
+      </c>
+      <c r="AK40">
+        <v>2359</v>
+      </c>
+      <c r="AL40">
+        <v>51</v>
+      </c>
+      <c r="AM40">
+        <v>32</v>
+      </c>
+      <c r="AN40">
+        <v>19</v>
+      </c>
+      <c r="AP40">
+        <v>0</v>
+      </c>
+      <c r="AR40">
+        <v>0</v>
+      </c>
+      <c r="AS40">
+        <v>6530</v>
+      </c>
+      <c r="AT40">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="41" spans="1:46">
+      <c r="A41" t="s">
+        <v>102</v>
+      </c>
+      <c r="B41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" t="s">
+        <v>135</v>
+      </c>
+      <c r="D41">
+        <v>62</v>
+      </c>
+      <c r="E41">
+        <v>1785</v>
+      </c>
+      <c r="F41">
+        <v>2053</v>
+      </c>
+      <c r="G41">
+        <v>602</v>
+      </c>
+      <c r="H41">
+        <v>631</v>
+      </c>
+      <c r="I41">
+        <v>581</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+      <c r="K41">
+        <v>1814</v>
+      </c>
+      <c r="L41">
+        <v>667</v>
+      </c>
+      <c r="M41">
+        <v>0</v>
+      </c>
+      <c r="N41">
+        <v>589</v>
+      </c>
+      <c r="O41">
+        <v>0</v>
+      </c>
+      <c r="P41">
+        <v>661</v>
+      </c>
+      <c r="Q41">
+        <v>1917</v>
+      </c>
+      <c r="R41">
+        <v>892</v>
+      </c>
+      <c r="S41">
+        <v>1110</v>
+      </c>
+      <c r="T41">
+        <v>2002</v>
+      </c>
+      <c r="U41">
+        <v>50</v>
+      </c>
+      <c r="V41">
+        <v>60</v>
+      </c>
+      <c r="W41">
+        <v>110</v>
+      </c>
+      <c r="X41">
+        <v>0</v>
+      </c>
+      <c r="Y41">
+        <v>0</v>
+      </c>
+      <c r="Z41">
+        <v>0</v>
+      </c>
+      <c r="AA41">
+        <v>110</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC41">
+        <v>86</v>
+      </c>
+      <c r="AD41">
+        <v>2056</v>
+      </c>
+      <c r="AE41">
+        <v>2280</v>
+      </c>
+      <c r="AG41">
+        <v>40</v>
+      </c>
+      <c r="AH41">
+        <v>34</v>
+      </c>
+      <c r="AI41">
+        <v>6</v>
+      </c>
+      <c r="AJ41">
+        <v>2050</v>
+      </c>
+      <c r="AK41">
+        <v>2401</v>
+      </c>
+      <c r="AL41">
+        <v>42</v>
+      </c>
+      <c r="AM41">
+        <v>41</v>
+      </c>
+      <c r="AN41">
+        <v>1</v>
+      </c>
+      <c r="AP41">
+        <v>0</v>
+      </c>
+      <c r="AR41">
+        <v>0</v>
+      </c>
+      <c r="AS41">
+        <v>7120</v>
+      </c>
+      <c r="AT41">
+        <v>5224</v>
+      </c>
+    </row>
+    <row r="42" spans="1:46">
+      <c r="A42" t="s">
+        <v>102</v>
+      </c>
+      <c r="B42" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" t="s">
+        <v>137</v>
+      </c>
+      <c r="D42">
+        <v>61</v>
+      </c>
+      <c r="E42">
+        <v>1167</v>
+      </c>
+      <c r="F42">
+        <v>1790</v>
+      </c>
+      <c r="G42">
+        <v>560</v>
+      </c>
+      <c r="H42">
+        <v>250</v>
+      </c>
+      <c r="I42">
+        <v>330</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+      <c r="K42">
+        <v>1140</v>
+      </c>
+      <c r="L42">
+        <v>449</v>
+      </c>
+      <c r="M42">
+        <v>0</v>
+      </c>
+      <c r="N42">
+        <v>273</v>
+      </c>
+      <c r="O42">
+        <v>0</v>
+      </c>
+      <c r="P42">
+        <v>322</v>
+      </c>
+      <c r="Q42">
+        <v>1044</v>
+      </c>
+      <c r="R42">
+        <v>450</v>
+      </c>
+      <c r="S42">
+        <v>460</v>
+      </c>
+      <c r="T42">
+        <v>910</v>
+      </c>
+      <c r="U42">
+        <v>55</v>
+      </c>
+      <c r="V42">
+        <v>75</v>
+      </c>
+      <c r="W42">
+        <v>130</v>
+      </c>
+      <c r="X42">
+        <v>0</v>
+      </c>
+      <c r="Y42">
+        <v>0</v>
+      </c>
+      <c r="Z42">
+        <v>0</v>
+      </c>
+      <c r="AA42">
+        <v>130</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC42">
+        <v>58</v>
+      </c>
+      <c r="AD42">
+        <v>1650</v>
+      </c>
+      <c r="AE42">
+        <v>1792</v>
+      </c>
+      <c r="AG42">
+        <v>16</v>
+      </c>
+      <c r="AH42">
+        <v>19</v>
+      </c>
+      <c r="AI42">
+        <v>-3</v>
+      </c>
+      <c r="AJ42">
+        <v>1765</v>
+      </c>
+      <c r="AK42">
+        <v>2184</v>
+      </c>
+      <c r="AL42">
+        <v>65</v>
+      </c>
+      <c r="AM42">
+        <v>53</v>
+      </c>
+      <c r="AN42">
+        <v>12</v>
+      </c>
+      <c r="AP42">
+        <v>0</v>
+      </c>
+      <c r="AR42">
+        <v>0</v>
+      </c>
+      <c r="AS42">
+        <v>7202</v>
+      </c>
+      <c r="AT42">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="43" spans="1:46">
+      <c r="A43" t="s">
+        <v>103</v>
+      </c>
+      <c r="B43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" t="s">
+        <v>135</v>
+      </c>
+      <c r="D43">
+        <v>73</v>
+      </c>
+      <c r="E43">
+        <v>2226</v>
+      </c>
+      <c r="F43">
+        <v>1982</v>
+      </c>
+      <c r="G43">
+        <v>835</v>
+      </c>
+      <c r="H43">
+        <v>710</v>
+      </c>
+      <c r="I43">
+        <v>669</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
+      </c>
+      <c r="K43">
+        <v>2214</v>
+      </c>
+      <c r="L43">
+        <v>831</v>
+      </c>
+      <c r="M43">
+        <v>0</v>
+      </c>
+      <c r="N43">
+        <v>754</v>
+      </c>
+      <c r="O43">
+        <v>0</v>
+      </c>
+      <c r="P43">
+        <v>858</v>
+      </c>
+      <c r="Q43">
+        <v>2443</v>
+      </c>
+      <c r="R43">
+        <v>1110</v>
+      </c>
+      <c r="S43">
+        <v>1115</v>
+      </c>
+      <c r="T43">
+        <v>2225</v>
+      </c>
+      <c r="U43">
+        <v>67</v>
+      </c>
+      <c r="V43">
+        <v>130</v>
+      </c>
+      <c r="W43">
+        <v>197</v>
+      </c>
+      <c r="X43">
+        <v>0</v>
+      </c>
+      <c r="Y43">
+        <v>4</v>
+      </c>
+      <c r="Z43">
+        <v>4</v>
+      </c>
+      <c r="AA43">
+        <v>193</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>136</v>
+      </c>
+      <c r="AC43">
+        <v>95</v>
+      </c>
+      <c r="AD43">
+        <v>2167</v>
+      </c>
+      <c r="AE43">
+        <v>2298</v>
+      </c>
+      <c r="AG43">
+        <v>38</v>
+      </c>
+      <c r="AH43">
+        <v>46</v>
+      </c>
+      <c r="AI43">
+        <v>-8</v>
+      </c>
+      <c r="AJ43">
+        <v>2136</v>
+      </c>
+      <c r="AK43">
+        <v>2327</v>
+      </c>
+      <c r="AL43">
+        <v>100</v>
+      </c>
+      <c r="AM43">
+        <v>107</v>
+      </c>
+      <c r="AN43">
+        <v>-7</v>
+      </c>
+      <c r="AP43">
+        <v>0</v>
+      </c>
+      <c r="AR43">
+        <v>0</v>
+      </c>
+      <c r="AS43">
+        <v>5806</v>
+      </c>
+      <c r="AT43">
+        <v>6308</v>
+      </c>
+    </row>
+    <row r="44" spans="1:46">
+      <c r="A44" t="s">
+        <v>103</v>
+      </c>
+      <c r="B44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" t="s">
+        <v>137</v>
+      </c>
+      <c r="D44">
+        <v>61</v>
+      </c>
+      <c r="E44">
+        <v>2422</v>
+      </c>
+      <c r="F44">
+        <v>1503</v>
+      </c>
+      <c r="G44">
+        <v>881</v>
+      </c>
+      <c r="H44">
+        <v>790</v>
+      </c>
+      <c r="I44">
+        <v>751</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
+      </c>
+      <c r="K44">
+        <v>2422</v>
+      </c>
+      <c r="L44">
+        <v>905</v>
+      </c>
+      <c r="M44">
+        <v>0</v>
+      </c>
+      <c r="N44">
+        <v>899</v>
+      </c>
+      <c r="O44">
+        <v>0</v>
+      </c>
+      <c r="P44">
+        <v>886</v>
+      </c>
+      <c r="Q44">
+        <v>2690</v>
+      </c>
+      <c r="R44">
+        <v>1240</v>
+      </c>
+      <c r="S44">
+        <v>1440</v>
+      </c>
+      <c r="T44">
+        <v>2680</v>
+      </c>
+      <c r="U44">
+        <v>50</v>
+      </c>
+      <c r="V44">
+        <v>80</v>
+      </c>
+      <c r="W44">
+        <v>130</v>
+      </c>
+      <c r="X44">
+        <v>0</v>
+      </c>
+      <c r="Y44">
+        <v>0</v>
+      </c>
+      <c r="Z44">
+        <v>0</v>
+      </c>
+      <c r="AA44">
+        <v>130</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC44">
+        <v>62</v>
+      </c>
+      <c r="AD44">
+        <v>2036</v>
+      </c>
+      <c r="AE44">
+        <v>1043</v>
+      </c>
+      <c r="AG44">
+        <v>22</v>
+      </c>
+      <c r="AH44">
+        <v>18</v>
+      </c>
+      <c r="AI44">
+        <v>4</v>
+      </c>
+      <c r="AJ44">
+        <v>2147</v>
+      </c>
+      <c r="AK44">
+        <v>2150</v>
+      </c>
+      <c r="AL44">
+        <v>68</v>
+      </c>
+      <c r="AM44">
+        <v>56</v>
+      </c>
+      <c r="AN44">
+        <v>12</v>
+      </c>
+      <c r="AP44">
+        <v>1</v>
+      </c>
+      <c r="AR44">
+        <v>0</v>
+      </c>
+      <c r="AS44">
+        <v>4907</v>
+      </c>
+      <c r="AT44">
+        <v>4307</v>
+      </c>
+    </row>
+    <row r="45" spans="1:46">
+      <c r="A45" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" t="s">
+        <v>47</v>
+      </c>
+      <c r="C45" t="s">
+        <v>132</v>
+      </c>
+      <c r="D45">
+        <v>64</v>
+      </c>
+      <c r="E45">
+        <v>2233</v>
+      </c>
+      <c r="F45">
+        <v>2089</v>
+      </c>
+      <c r="G45">
+        <v>799</v>
+      </c>
+      <c r="H45">
+        <v>683</v>
+      </c>
+      <c r="I45">
+        <v>744</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
+      </c>
+      <c r="K45">
+        <v>2226</v>
+      </c>
+      <c r="L45">
+        <v>770</v>
+      </c>
+      <c r="M45">
+        <v>0</v>
+      </c>
+      <c r="N45">
+        <v>705</v>
+      </c>
+      <c r="O45">
+        <v>0</v>
+      </c>
+      <c r="P45">
+        <v>777</v>
+      </c>
+      <c r="Q45">
+        <v>2252</v>
+      </c>
+      <c r="R45">
+        <v>1035</v>
+      </c>
+      <c r="S45">
+        <v>1060</v>
+      </c>
+      <c r="T45">
+        <v>2095</v>
+      </c>
+      <c r="U45">
+        <v>43</v>
+      </c>
+      <c r="V45">
+        <v>84</v>
+      </c>
+      <c r="W45">
+        <v>127</v>
+      </c>
+      <c r="X45">
+        <v>1</v>
+      </c>
+      <c r="Y45">
+        <v>0</v>
+      </c>
+      <c r="Z45">
+        <v>1</v>
+      </c>
+      <c r="AA45">
+        <v>126</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC45">
+        <v>89</v>
+      </c>
+      <c r="AD45">
+        <v>2357</v>
+      </c>
+      <c r="AE45">
+        <v>2682</v>
+      </c>
+      <c r="AG45">
+        <v>42</v>
+      </c>
+      <c r="AH45">
+        <v>44</v>
+      </c>
+      <c r="AI45">
+        <v>-2</v>
+      </c>
+      <c r="AJ45">
+        <v>2363</v>
+      </c>
+      <c r="AK45">
+        <v>2731</v>
+      </c>
+      <c r="AL45">
+        <v>111</v>
+      </c>
+      <c r="AM45">
+        <v>111</v>
+      </c>
+      <c r="AN45">
+        <v>0</v>
+      </c>
+      <c r="AP45">
+        <v>0</v>
+      </c>
+      <c r="AR45">
+        <v>0</v>
+      </c>
+      <c r="AS45">
+        <v>7619</v>
+      </c>
+      <c r="AT45">
+        <v>7848</v>
+      </c>
+    </row>
+    <row r="46" spans="1:46">
+      <c r="A46" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" t="s">
+        <v>137</v>
+      </c>
+      <c r="D46">
+        <v>64</v>
+      </c>
+      <c r="E46">
+        <v>2025</v>
+      </c>
+      <c r="F46">
+        <v>1953</v>
+      </c>
+      <c r="G46">
+        <v>748</v>
+      </c>
+      <c r="H46">
+        <v>614</v>
+      </c>
+      <c r="I46">
+        <v>656</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
+      </c>
+      <c r="K46">
+        <v>2018</v>
+      </c>
+      <c r="L46">
+        <v>763</v>
+      </c>
+      <c r="M46">
+        <v>0</v>
+      </c>
+      <c r="N46">
+        <v>659</v>
+      </c>
+      <c r="O46">
+        <v>0</v>
+      </c>
+      <c r="P46">
+        <v>690</v>
+      </c>
+      <c r="Q46">
+        <v>2112</v>
+      </c>
+      <c r="R46">
+        <v>1100</v>
+      </c>
+      <c r="S46">
+        <v>950</v>
+      </c>
+      <c r="T46">
+        <v>2050</v>
+      </c>
+      <c r="U46">
+        <v>70</v>
+      </c>
+      <c r="V46">
+        <v>60</v>
+      </c>
+      <c r="W46">
+        <v>130</v>
+      </c>
+      <c r="X46">
+        <v>0</v>
+      </c>
+      <c r="Y46">
+        <v>0</v>
+      </c>
+      <c r="Z46">
+        <v>0</v>
+      </c>
+      <c r="AA46">
+        <v>130</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC46">
+        <v>64</v>
+      </c>
+      <c r="AD46">
+        <v>2171</v>
+      </c>
+      <c r="AE46">
+        <v>2201</v>
+      </c>
+      <c r="AG46">
+        <v>0</v>
+      </c>
+      <c r="AH46">
+        <v>23</v>
+      </c>
+      <c r="AI46">
+        <v>-23</v>
+      </c>
+      <c r="AJ46">
+        <v>2237</v>
+      </c>
+      <c r="AK46">
+        <v>2201</v>
+      </c>
+      <c r="AL46">
+        <v>66</v>
+      </c>
+      <c r="AM46">
+        <v>67</v>
+      </c>
+      <c r="AN46">
+        <v>-1</v>
+      </c>
+      <c r="AP46">
+        <v>1</v>
+      </c>
+      <c r="AR46">
+        <v>0</v>
+      </c>
+      <c r="AS46">
+        <v>6849</v>
+      </c>
+      <c r="AT46">
+        <v>6402</v>
+      </c>
+    </row>
+    <row r="47" spans="1:46">
+      <c r="A47" t="s">
+        <v>106</v>
+      </c>
+      <c r="B47" t="s">
+        <v>47</v>
+      </c>
+      <c r="C47" t="s">
+        <v>135</v>
+      </c>
+      <c r="D47">
+        <v>66</v>
+      </c>
+      <c r="E47">
+        <v>2247</v>
+      </c>
+      <c r="F47">
+        <v>2429</v>
+      </c>
+      <c r="G47">
+        <v>848</v>
+      </c>
+      <c r="H47">
+        <v>573</v>
+      </c>
+      <c r="I47">
+        <v>834</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+      <c r="K47">
+        <v>2255</v>
+      </c>
+      <c r="L47">
+        <v>834</v>
+      </c>
+      <c r="M47">
+        <v>0</v>
+      </c>
+      <c r="N47">
+        <v>724</v>
+      </c>
+      <c r="O47">
+        <v>0</v>
+      </c>
+      <c r="P47">
+        <v>840</v>
+      </c>
+      <c r="Q47">
+        <v>2398</v>
+      </c>
+      <c r="R47">
+        <v>1131</v>
+      </c>
+      <c r="S47">
+        <v>1150</v>
+      </c>
+      <c r="T47">
+        <v>2281</v>
+      </c>
+      <c r="U47">
+        <v>58</v>
+      </c>
+      <c r="V47">
+        <v>100</v>
+      </c>
+      <c r="W47">
+        <v>158</v>
+      </c>
+      <c r="X47">
+        <v>0</v>
+      </c>
+      <c r="Y47">
+        <v>0</v>
+      </c>
+      <c r="Z47">
+        <v>0</v>
+      </c>
+      <c r="AA47">
+        <v>158</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>143</v>
+      </c>
+      <c r="AC47">
+        <v>96</v>
+      </c>
+      <c r="AD47">
+        <v>2329</v>
+      </c>
+      <c r="AE47">
+        <v>2660</v>
+      </c>
+      <c r="AG47">
+        <v>52</v>
+      </c>
+      <c r="AH47">
+        <v>57</v>
+      </c>
+      <c r="AI47">
+        <v>-5</v>
+      </c>
+      <c r="AJ47">
+        <v>2455</v>
+      </c>
+      <c r="AK47">
+        <v>2770</v>
+      </c>
+      <c r="AL47">
+        <v>66</v>
+      </c>
+      <c r="AM47">
+        <v>72</v>
+      </c>
+      <c r="AN47">
+        <v>-6</v>
+      </c>
+      <c r="AP47">
+        <v>0</v>
+      </c>
+      <c r="AR47">
+        <v>0</v>
+      </c>
+      <c r="AS47">
+        <v>7166</v>
+      </c>
+      <c r="AT47">
+        <v>8176</v>
+      </c>
+    </row>
+    <row r="48" spans="1:46">
+      <c r="A48" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" t="s">
+        <v>137</v>
+      </c>
+      <c r="D48">
+        <v>62</v>
+      </c>
+      <c r="E48">
+        <v>2406</v>
+      </c>
+      <c r="F48">
+        <v>2246</v>
+      </c>
+      <c r="G48">
+        <v>773</v>
+      </c>
+      <c r="H48">
+        <v>805</v>
+      </c>
+      <c r="I48">
+        <v>828</v>
+      </c>
+      <c r="J48">
+        <v>0</v>
+      </c>
+      <c r="K48">
+        <v>2406</v>
+      </c>
+      <c r="L48">
+        <v>917</v>
+      </c>
+      <c r="M48">
+        <v>0</v>
+      </c>
+      <c r="N48">
+        <v>875</v>
+      </c>
+      <c r="O48">
+        <v>0</v>
+      </c>
+      <c r="P48">
+        <v>879</v>
+      </c>
+      <c r="Q48">
+        <v>2671</v>
+      </c>
+      <c r="R48">
+        <v>1210</v>
+      </c>
+      <c r="S48">
+        <v>1410</v>
+      </c>
+      <c r="T48">
+        <v>2620</v>
+      </c>
+      <c r="U48">
+        <v>50</v>
+      </c>
+      <c r="V48">
+        <v>70</v>
+      </c>
+      <c r="W48">
+        <v>120</v>
+      </c>
+      <c r="X48">
+        <v>0</v>
+      </c>
+      <c r="Y48">
+        <v>0</v>
+      </c>
+      <c r="Z48">
+        <v>0</v>
+      </c>
+      <c r="AA48">
+        <v>120</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC48">
+        <v>63</v>
+      </c>
+      <c r="AD48">
+        <v>2201</v>
+      </c>
+      <c r="AE48">
+        <v>1259</v>
+      </c>
+      <c r="AG48">
+        <v>31</v>
+      </c>
+      <c r="AH48">
+        <v>31</v>
+      </c>
+      <c r="AI48">
+        <v>0</v>
+      </c>
+      <c r="AJ48">
+        <v>2314</v>
+      </c>
+      <c r="AK48">
+        <v>2507</v>
+      </c>
+      <c r="AL48">
+        <v>60</v>
+      </c>
+      <c r="AM48">
+        <v>61</v>
+      </c>
+      <c r="AN48">
+        <v>-1</v>
+      </c>
+      <c r="AP48">
+        <v>0</v>
+      </c>
+      <c r="AR48">
+        <v>0</v>
+      </c>
+      <c r="AS48">
+        <v>6786</v>
+      </c>
+      <c r="AT48">
+        <v>6277</v>
+      </c>
+    </row>
+    <row r="49" spans="1:46">
+      <c r="A49" t="s">
+        <v>107</v>
+      </c>
+      <c r="B49" t="s">
+        <v>47</v>
+      </c>
+      <c r="C49" t="s">
+        <v>132</v>
+      </c>
+      <c r="D49">
+        <v>61</v>
+      </c>
+      <c r="E49">
+        <v>2377</v>
+      </c>
+      <c r="F49">
+        <v>2548</v>
+      </c>
+      <c r="G49">
+        <v>797</v>
+      </c>
+      <c r="H49">
+        <v>771</v>
+      </c>
+      <c r="I49">
+        <v>803</v>
+      </c>
+      <c r="J49">
+        <v>0</v>
+      </c>
+      <c r="K49">
+        <v>2371</v>
+      </c>
+      <c r="L49">
+        <v>870</v>
+      </c>
+      <c r="M49">
+        <v>0</v>
+      </c>
+      <c r="N49">
+        <v>863</v>
+      </c>
+      <c r="O49">
+        <v>0</v>
+      </c>
+      <c r="P49">
+        <v>888</v>
+      </c>
+      <c r="Q49">
+        <v>2621</v>
+      </c>
+      <c r="R49">
+        <v>1150</v>
+      </c>
+      <c r="S49">
+        <v>1300</v>
+      </c>
+      <c r="T49">
+        <v>2450</v>
+      </c>
+      <c r="U49">
+        <v>56</v>
+      </c>
+      <c r="V49">
+        <v>100</v>
+      </c>
+      <c r="W49">
+        <v>156</v>
+      </c>
+      <c r="X49">
+        <v>0</v>
+      </c>
+      <c r="Y49">
+        <v>0</v>
+      </c>
+      <c r="Z49">
+        <v>0</v>
+      </c>
+      <c r="AA49">
+        <v>156</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC49">
+        <v>87</v>
+      </c>
+      <c r="AD49">
+        <v>2435</v>
+      </c>
+      <c r="AE49">
+        <v>2435</v>
+      </c>
+      <c r="AG49">
+        <v>23</v>
+      </c>
+      <c r="AH49">
+        <v>29</v>
+      </c>
+      <c r="AI49">
+        <v>-6</v>
+      </c>
+      <c r="AJ49">
+        <v>2587</v>
+      </c>
+      <c r="AK49">
+        <v>2785</v>
+      </c>
+      <c r="AL49">
+        <v>26</v>
+      </c>
+      <c r="AM49">
+        <v>27</v>
+      </c>
+      <c r="AN49">
+        <v>-1</v>
+      </c>
+      <c r="AP49">
+        <v>0</v>
+      </c>
+      <c r="AR49">
+        <v>0</v>
+      </c>
+      <c r="AS49">
+        <v>6176</v>
+      </c>
+      <c r="AT49">
+        <v>8960</v>
+      </c>
+    </row>
+    <row r="50" spans="1:46">
+      <c r="A50" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" t="s">
+        <v>52</v>
+      </c>
+      <c r="C50" t="s">
+        <v>137</v>
+      </c>
+      <c r="D50">
+        <v>67</v>
+      </c>
+      <c r="E50">
+        <v>2347</v>
+      </c>
+      <c r="F50">
+        <v>2130</v>
+      </c>
+      <c r="G50">
+        <v>759</v>
+      </c>
+      <c r="H50">
+        <v>791</v>
+      </c>
+      <c r="I50">
+        <v>789</v>
+      </c>
+      <c r="J50">
+        <v>0</v>
+      </c>
+      <c r="K50">
+        <v>2339</v>
+      </c>
+      <c r="L50">
+        <v>896</v>
+      </c>
+      <c r="M50">
+        <v>0</v>
+      </c>
+      <c r="N50">
+        <v>773</v>
+      </c>
+      <c r="O50">
+        <v>0</v>
+      </c>
+      <c r="P50">
+        <v>776</v>
+      </c>
+      <c r="Q50">
+        <v>2445</v>
+      </c>
+      <c r="R50">
+        <v>1210</v>
+      </c>
+      <c r="S50">
+        <v>1170</v>
+      </c>
+      <c r="T50">
+        <v>2380</v>
+      </c>
+      <c r="U50">
+        <v>45</v>
+      </c>
+      <c r="V50">
+        <v>51</v>
+      </c>
+      <c r="W50">
+        <v>96</v>
+      </c>
+      <c r="X50">
+        <v>0</v>
+      </c>
+      <c r="Y50">
+        <v>0</v>
+      </c>
+      <c r="Z50">
+        <v>0</v>
+      </c>
+      <c r="AA50">
+        <v>96</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC50">
+        <v>63</v>
+      </c>
+      <c r="AD50">
+        <v>2154</v>
+      </c>
+      <c r="AE50">
+        <v>2624</v>
+      </c>
+      <c r="AG50">
+        <v>12</v>
+      </c>
+      <c r="AH50">
+        <v>29</v>
+      </c>
+      <c r="AI50">
+        <v>-17</v>
+      </c>
+      <c r="AJ50">
+        <v>2311</v>
+      </c>
+      <c r="AK50">
+        <v>2492</v>
+      </c>
+      <c r="AL50">
+        <v>45</v>
+      </c>
+      <c r="AM50">
+        <v>52</v>
+      </c>
+      <c r="AN50">
+        <v>-7</v>
+      </c>
+      <c r="AP50">
+        <v>1</v>
+      </c>
+      <c r="AR50">
+        <v>0</v>
+      </c>
+      <c r="AS50">
+        <v>7456</v>
+      </c>
+      <c r="AT50">
+        <v>5888</v>
+      </c>
+    </row>
+    <row r="51" spans="1:46">
+      <c r="A51" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" t="s">
+        <v>47</v>
+      </c>
+      <c r="C51" t="s">
+        <v>135</v>
+      </c>
+      <c r="D51">
+        <v>69</v>
+      </c>
+      <c r="E51">
+        <v>2390</v>
+      </c>
+      <c r="F51">
+        <v>2490</v>
+      </c>
+      <c r="G51">
+        <v>794</v>
+      </c>
+      <c r="H51">
+        <v>795</v>
+      </c>
+      <c r="I51">
+        <v>795</v>
+      </c>
+      <c r="J51">
+        <v>0</v>
+      </c>
+      <c r="K51">
+        <v>2384</v>
+      </c>
+      <c r="L51">
+        <v>898</v>
+      </c>
+      <c r="M51">
+        <v>0</v>
+      </c>
+      <c r="N51">
+        <v>873</v>
+      </c>
+      <c r="O51">
+        <v>0</v>
+      </c>
+      <c r="P51">
+        <v>906</v>
+      </c>
+      <c r="Q51">
+        <v>2677</v>
+      </c>
+      <c r="R51">
+        <v>1300</v>
+      </c>
+      <c r="S51">
+        <v>1165</v>
+      </c>
+      <c r="T51">
+        <v>2465</v>
+      </c>
+      <c r="U51">
+        <v>80</v>
+      </c>
+      <c r="V51">
+        <v>90</v>
+      </c>
+      <c r="W51">
+        <v>170</v>
+      </c>
+      <c r="X51">
+        <v>0</v>
+      </c>
+      <c r="Y51">
+        <v>0</v>
+      </c>
+      <c r="Z51">
+        <v>0</v>
+      </c>
+      <c r="AA51">
+        <v>170</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC51">
+        <v>94</v>
+      </c>
+      <c r="AD51">
+        <v>2524</v>
+      </c>
+      <c r="AE51">
+        <v>2468</v>
+      </c>
+      <c r="AG51">
+        <v>37</v>
+      </c>
+      <c r="AH51">
+        <v>42</v>
+      </c>
+      <c r="AI51">
+        <v>-5</v>
+      </c>
+      <c r="AJ51">
+        <v>2600</v>
+      </c>
+      <c r="AK51">
+        <v>2546</v>
+      </c>
+      <c r="AL51">
+        <v>17</v>
+      </c>
+      <c r="AM51">
+        <v>15</v>
+      </c>
+      <c r="AN51">
+        <v>2</v>
+      </c>
+      <c r="AP51">
+        <v>0</v>
+      </c>
+      <c r="AR51">
+        <v>0</v>
+      </c>
+      <c r="AS51">
+        <v>6994</v>
+      </c>
+      <c r="AT51">
+        <v>10982</v>
+      </c>
+    </row>
+    <row r="52" spans="1:46">
+      <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
+        <v>52</v>
+      </c>
+      <c r="C52" t="s">
+        <v>137</v>
+      </c>
+      <c r="D52">
+        <v>67</v>
+      </c>
+      <c r="E52">
+        <v>2388</v>
+      </c>
+      <c r="F52">
+        <v>2215</v>
+      </c>
+      <c r="G52">
+        <v>837</v>
+      </c>
+      <c r="H52">
+        <v>790</v>
+      </c>
+      <c r="I52">
+        <v>757</v>
+      </c>
+      <c r="J52">
+        <v>0</v>
+      </c>
+      <c r="K52">
+        <v>2384</v>
+      </c>
+      <c r="L52">
+        <v>903</v>
+      </c>
+      <c r="M52">
+        <v>0</v>
+      </c>
+      <c r="N52">
+        <v>823</v>
+      </c>
+      <c r="O52">
+        <v>0</v>
+      </c>
+      <c r="P52">
+        <v>803</v>
+      </c>
+      <c r="Q52">
+        <v>2529</v>
+      </c>
+      <c r="R52">
+        <v>1070</v>
+      </c>
+      <c r="S52">
+        <v>1150</v>
+      </c>
+      <c r="T52">
+        <v>2220</v>
+      </c>
+      <c r="U52">
+        <v>75</v>
+      </c>
+      <c r="V52">
+        <v>80</v>
+      </c>
+      <c r="W52">
+        <v>155</v>
+      </c>
+      <c r="X52">
+        <v>0</v>
+      </c>
+      <c r="Y52">
+        <v>0</v>
+      </c>
+      <c r="Z52">
+        <v>0</v>
+      </c>
+      <c r="AA52">
+        <v>155</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC52">
+        <v>58</v>
+      </c>
+      <c r="AD52">
+        <v>2270</v>
+      </c>
+      <c r="AE52">
+        <v>2561</v>
+      </c>
+      <c r="AG52">
+        <v>22</v>
+      </c>
+      <c r="AH52">
+        <v>10</v>
+      </c>
+      <c r="AI52">
+        <v>12</v>
+      </c>
+      <c r="AJ52">
+        <v>2385</v>
+      </c>
+      <c r="AK52">
+        <v>2493</v>
+      </c>
+      <c r="AL52">
+        <v>63</v>
+      </c>
+      <c r="AM52">
+        <v>39</v>
+      </c>
+      <c r="AN52">
+        <v>24</v>
+      </c>
+      <c r="AP52">
+        <v>0</v>
+      </c>
+      <c r="AR52">
+        <v>0</v>
+      </c>
+      <c r="AS52">
+        <v>7538</v>
+      </c>
+      <c r="AT52">
+        <v>7624</v>
+      </c>
+    </row>
+    <row r="53" spans="1:46">
+      <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
+        <v>47</v>
+      </c>
+      <c r="C53" t="s">
+        <v>135</v>
+      </c>
+      <c r="D53">
+        <v>70</v>
+      </c>
+      <c r="E53">
+        <v>2258</v>
+      </c>
+      <c r="F53">
+        <v>2337</v>
+      </c>
+      <c r="G53">
+        <v>771</v>
+      </c>
+      <c r="H53">
+        <v>768</v>
+      </c>
+      <c r="I53">
+        <v>710</v>
+      </c>
+      <c r="J53">
+        <v>0</v>
+      </c>
+      <c r="K53">
+        <v>2249</v>
+      </c>
+      <c r="L53">
+        <v>840</v>
+      </c>
+      <c r="M53">
+        <v>0</v>
+      </c>
+      <c r="N53">
+        <v>725</v>
+      </c>
+      <c r="O53">
+        <v>0</v>
+      </c>
+      <c r="P53">
+        <v>791</v>
+      </c>
+      <c r="Q53">
+        <v>2356</v>
+      </c>
+      <c r="R53">
+        <v>1100</v>
+      </c>
+      <c r="S53">
+        <v>1300</v>
+      </c>
+      <c r="T53">
+        <v>2400</v>
+      </c>
+      <c r="U53">
+        <v>90</v>
+      </c>
+      <c r="V53">
+        <v>100</v>
+      </c>
+      <c r="W53">
+        <v>190</v>
+      </c>
+      <c r="X53">
+        <v>0</v>
+      </c>
+      <c r="Y53">
+        <v>0</v>
+      </c>
+      <c r="Z53">
+        <v>0</v>
+      </c>
+      <c r="AA53">
+        <v>190</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>143</v>
+      </c>
+      <c r="AC53">
+        <v>84</v>
+      </c>
+      <c r="AD53">
+        <v>2335</v>
+      </c>
+      <c r="AE53">
+        <v>2575</v>
+      </c>
+      <c r="AG53">
+        <v>25</v>
+      </c>
+      <c r="AH53">
+        <v>29</v>
+      </c>
+      <c r="AI53">
+        <v>-4</v>
+      </c>
+      <c r="AJ53">
+        <v>2585</v>
+      </c>
+      <c r="AK53">
+        <v>2933</v>
+      </c>
+      <c r="AL53">
+        <v>44</v>
+      </c>
+      <c r="AM53">
+        <v>43</v>
+      </c>
+      <c r="AN53">
+        <v>1</v>
+      </c>
+      <c r="AP53">
+        <v>0</v>
+      </c>
+      <c r="AR53">
+        <v>0</v>
+      </c>
+      <c r="AS53">
+        <v>7527</v>
+      </c>
+      <c r="AT53">
+        <v>10247</v>
+      </c>
+    </row>
+    <row r="54" spans="1:46">
+      <c r="A54" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" t="s">
+        <v>52</v>
+      </c>
+      <c r="C54" t="s">
+        <v>137</v>
+      </c>
+      <c r="D54">
+        <v>66</v>
+      </c>
+      <c r="E54">
+        <v>2268</v>
+      </c>
+      <c r="F54">
+        <v>2380</v>
+      </c>
+      <c r="G54">
+        <v>748</v>
+      </c>
+      <c r="H54">
+        <v>825</v>
+      </c>
+      <c r="I54">
+        <v>637</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>2210</v>
+      </c>
+      <c r="L54">
+        <v>787</v>
+      </c>
+      <c r="M54">
+        <v>0</v>
+      </c>
+      <c r="N54">
+        <v>733</v>
+      </c>
+      <c r="O54">
+        <v>0</v>
+      </c>
+      <c r="P54">
+        <v>753</v>
+      </c>
+      <c r="Q54">
+        <v>2273</v>
+      </c>
+      <c r="R54">
+        <v>1050</v>
+      </c>
+      <c r="S54">
+        <v>1180</v>
+      </c>
+      <c r="T54">
+        <v>2230</v>
+      </c>
+      <c r="U54">
+        <v>88</v>
+      </c>
+      <c r="V54">
+        <v>100</v>
+      </c>
+      <c r="W54">
+        <v>188</v>
+      </c>
+      <c r="X54">
+        <v>0</v>
+      </c>
+      <c r="Y54">
+        <v>0</v>
+      </c>
+      <c r="Z54">
+        <v>0</v>
+      </c>
+      <c r="AA54">
+        <v>188</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC54">
+        <v>54</v>
+      </c>
+      <c r="AD54">
+        <v>2271</v>
+      </c>
+      <c r="AE54">
+        <v>2191</v>
+      </c>
+      <c r="AG54">
+        <v>19</v>
+      </c>
+      <c r="AH54">
+        <v>21</v>
+      </c>
+      <c r="AI54">
+        <v>-2</v>
+      </c>
+      <c r="AJ54">
+        <v>2305</v>
+      </c>
+      <c r="AK54">
+        <v>2230</v>
+      </c>
+      <c r="AL54">
+        <v>38</v>
+      </c>
+      <c r="AM54">
+        <v>65</v>
+      </c>
+      <c r="AN54">
+        <v>-27</v>
+      </c>
+      <c r="AP54">
+        <v>1</v>
+      </c>
+      <c r="AR54">
+        <v>0</v>
+      </c>
+      <c r="AS54">
+        <v>7747</v>
+      </c>
+      <c r="AT54">
+        <v>8478</v>
+      </c>
+    </row>
+    <row r="55" spans="1:46">
+      <c r="A55" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55">
+        <v>72</v>
+      </c>
+      <c r="E55">
+        <v>2305</v>
+      </c>
+      <c r="F55">
+        <v>2326</v>
+      </c>
+      <c r="G55">
+        <v>795</v>
+      </c>
+      <c r="H55">
+        <v>718</v>
+      </c>
+      <c r="I55">
+        <v>760</v>
+      </c>
+      <c r="J55">
+        <v>0</v>
+      </c>
+      <c r="K55">
+        <v>2273</v>
+      </c>
+      <c r="L55">
+        <v>810</v>
+      </c>
+      <c r="M55">
+        <v>0</v>
+      </c>
+      <c r="N55">
+        <v>785</v>
+      </c>
+      <c r="O55">
+        <v>0</v>
+      </c>
+      <c r="P55">
+        <v>797</v>
+      </c>
+      <c r="Q55">
+        <v>2392</v>
+      </c>
+      <c r="R55">
+        <v>938</v>
+      </c>
+      <c r="S55">
+        <v>1264</v>
+      </c>
+      <c r="T55">
+        <v>2202</v>
+      </c>
+      <c r="U55">
+        <v>91</v>
+      </c>
+      <c r="V55">
+        <v>102</v>
+      </c>
+      <c r="W55">
+        <v>193</v>
+      </c>
+      <c r="X55">
+        <v>52</v>
+      </c>
+      <c r="Y55">
+        <v>0</v>
+      </c>
+      <c r="Z55">
+        <v>52</v>
+      </c>
+      <c r="AA55">
+        <v>141</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC55">
+        <v>101</v>
+      </c>
+      <c r="AD55">
+        <v>2254</v>
+      </c>
+      <c r="AE55">
+        <v>2674</v>
+      </c>
+      <c r="AG55">
+        <v>30</v>
+      </c>
+      <c r="AH55">
+        <v>30</v>
+      </c>
+      <c r="AI55">
+        <v>0</v>
+      </c>
+      <c r="AJ55">
+        <v>2231</v>
+      </c>
+      <c r="AK55">
+        <v>2827</v>
+      </c>
+      <c r="AL55">
+        <v>35</v>
+      </c>
+      <c r="AM55">
+        <v>42</v>
+      </c>
+      <c r="AN55">
+        <v>-7</v>
+      </c>
+      <c r="AP55">
+        <v>1</v>
+      </c>
+      <c r="AR55">
+        <v>0</v>
+      </c>
+      <c r="AS55">
+        <v>7406</v>
+      </c>
+      <c r="AT55">
+        <v>10365</v>
+      </c>
+    </row>
+    <row r="56" spans="1:46">
+      <c r="A56" t="s">
+        <v>110</v>
+      </c>
+      <c r="B56" t="s">
+        <v>52</v>
+      </c>
+      <c r="C56" t="s">
+        <v>137</v>
+      </c>
+      <c r="D56">
+        <v>65</v>
+      </c>
+      <c r="E56">
+        <v>2423</v>
+      </c>
+      <c r="F56">
+        <v>1829</v>
+      </c>
+      <c r="G56">
+        <v>842</v>
+      </c>
+      <c r="H56">
+        <v>814</v>
+      </c>
+      <c r="I56">
+        <v>761</v>
+      </c>
+      <c r="J56">
+        <v>0</v>
+      </c>
+      <c r="K56">
+        <v>2417</v>
+      </c>
+      <c r="L56">
+        <v>859</v>
+      </c>
+      <c r="M56">
+        <v>0</v>
+      </c>
+      <c r="N56">
+        <v>864</v>
+      </c>
+      <c r="O56">
+        <v>0</v>
+      </c>
+      <c r="P56">
+        <v>875</v>
+      </c>
+      <c r="Q56">
+        <v>2598</v>
+      </c>
+      <c r="R56">
+        <v>1200</v>
+      </c>
+      <c r="S56">
+        <v>1213</v>
+      </c>
+      <c r="T56">
+        <v>2413</v>
+      </c>
+      <c r="U56">
+        <v>56</v>
+      </c>
+      <c r="V56">
+        <v>57</v>
+      </c>
+      <c r="W56">
+        <v>113</v>
+      </c>
+      <c r="X56">
+        <v>0</v>
+      </c>
+      <c r="Y56">
+        <v>0</v>
+      </c>
+      <c r="Z56">
+        <v>0</v>
+      </c>
+      <c r="AA56">
+        <v>113</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC56">
+        <v>58</v>
+      </c>
+      <c r="AD56">
+        <v>2169</v>
+      </c>
+      <c r="AE56">
+        <v>2203</v>
+      </c>
+      <c r="AG56">
+        <v>37</v>
+      </c>
+      <c r="AH56">
+        <v>19</v>
+      </c>
+      <c r="AI56">
+        <v>18</v>
+      </c>
+      <c r="AJ56">
+        <v>2211</v>
+      </c>
+      <c r="AK56">
+        <v>2228</v>
+      </c>
+      <c r="AL56">
+        <v>56</v>
+      </c>
+      <c r="AM56">
+        <v>32</v>
+      </c>
+      <c r="AN56">
+        <v>24</v>
+      </c>
+      <c r="AP56">
+        <v>1</v>
+      </c>
+      <c r="AR56">
+        <v>0</v>
+      </c>
+      <c r="AS56">
+        <v>6725</v>
+      </c>
+      <c r="AT56">
+        <v>7328</v>
+      </c>
+    </row>
+    <row r="57" spans="1:46">
+      <c r="A57" t="s">
+        <v>111</v>
+      </c>
+      <c r="B57" t="s">
+        <v>47</v>
+      </c>
+      <c r="C57" t="s">
+        <v>135</v>
+      </c>
+      <c r="D57">
+        <v>82</v>
+      </c>
+      <c r="E57">
+        <v>2551</v>
+      </c>
+      <c r="F57">
+        <v>2609</v>
+      </c>
+      <c r="G57">
+        <v>868</v>
+      </c>
+      <c r="H57">
+        <v>841</v>
+      </c>
+      <c r="I57">
+        <v>824</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+      <c r="K57">
+        <v>2533</v>
+      </c>
+      <c r="L57">
+        <v>963</v>
+      </c>
+      <c r="M57">
+        <v>0</v>
+      </c>
+      <c r="N57">
+        <v>902</v>
+      </c>
+      <c r="O57">
+        <v>0</v>
+      </c>
+      <c r="P57">
+        <v>923</v>
+      </c>
+      <c r="Q57">
+        <v>2788</v>
+      </c>
+      <c r="R57">
+        <v>1350</v>
+      </c>
+      <c r="S57">
+        <v>1200</v>
+      </c>
+      <c r="T57">
+        <v>2550</v>
+      </c>
+      <c r="U57">
+        <v>60</v>
+      </c>
+      <c r="V57">
+        <v>90</v>
+      </c>
+      <c r="W57">
+        <v>150</v>
+      </c>
+      <c r="X57">
+        <v>0</v>
+      </c>
+      <c r="Y57">
+        <v>0</v>
+      </c>
+      <c r="Z57">
+        <v>0</v>
+      </c>
+      <c r="AA57">
+        <v>150</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC57">
+        <v>99</v>
+      </c>
+      <c r="AD57">
+        <v>2425</v>
+      </c>
+      <c r="AE57">
+        <v>1097</v>
+      </c>
+      <c r="AG57">
+        <v>30</v>
+      </c>
+      <c r="AH57">
+        <v>39</v>
+      </c>
+      <c r="AI57">
+        <v>-9</v>
+      </c>
+      <c r="AJ57">
+        <v>2542</v>
+      </c>
+      <c r="AK57">
+        <v>2651</v>
+      </c>
+      <c r="AL57">
+        <v>49</v>
+      </c>
+      <c r="AM57">
+        <v>45</v>
+      </c>
+      <c r="AN57">
+        <v>4</v>
+      </c>
+      <c r="AP57">
+        <v>1</v>
+      </c>
+      <c r="AR57">
+        <v>0</v>
+      </c>
+      <c r="AS57">
+        <v>7252</v>
+      </c>
+      <c r="AT57">
+        <v>5332</v>
+      </c>
+    </row>
+    <row r="58" spans="1:46">
+      <c r="A58" t="s">
+        <v>111</v>
+      </c>
+      <c r="B58" t="s">
+        <v>52</v>
+      </c>
+      <c r="C58" t="s">
+        <v>137</v>
+      </c>
+      <c r="D58">
+        <v>67</v>
+      </c>
+      <c r="E58">
+        <v>2338</v>
+      </c>
+      <c r="F58">
+        <v>2073</v>
+      </c>
+      <c r="G58">
+        <v>757</v>
+      </c>
+      <c r="H58">
+        <v>797</v>
+      </c>
+      <c r="I58">
+        <v>766</v>
+      </c>
+      <c r="J58">
+        <v>0</v>
+      </c>
+      <c r="K58">
+        <v>2320</v>
+      </c>
+      <c r="L58">
+        <v>904</v>
+      </c>
+      <c r="M58">
+        <v>0</v>
+      </c>
+      <c r="N58">
+        <v>791</v>
+      </c>
+      <c r="O58">
+        <v>0</v>
+      </c>
+      <c r="P58">
+        <v>806</v>
+      </c>
+      <c r="Q58">
+        <v>2501</v>
+      </c>
+      <c r="R58">
+        <v>1210</v>
+      </c>
+      <c r="S58">
+        <v>1250</v>
+      </c>
+      <c r="T58">
+        <v>2460</v>
+      </c>
+      <c r="U58">
+        <v>45</v>
+      </c>
+      <c r="V58">
+        <v>60</v>
+      </c>
+      <c r="W58">
+        <v>105</v>
+      </c>
+      <c r="X58">
+        <v>0</v>
+      </c>
+      <c r="Y58">
+        <v>1</v>
+      </c>
+      <c r="Z58">
+        <v>1</v>
+      </c>
+      <c r="AA58">
+        <v>104</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC58">
+        <v>58</v>
+      </c>
+      <c r="AD58">
+        <v>2278</v>
+      </c>
+      <c r="AE58">
+        <v>2665</v>
+      </c>
+      <c r="AG58">
+        <v>29</v>
+      </c>
+      <c r="AH58">
+        <v>34</v>
+      </c>
+      <c r="AI58">
+        <v>-5</v>
+      </c>
+      <c r="AJ58">
+        <v>2438</v>
+      </c>
+      <c r="AK58">
+        <v>2584</v>
+      </c>
+      <c r="AL58">
+        <v>42</v>
+      </c>
+      <c r="AM58">
+        <v>58</v>
+      </c>
+      <c r="AN58">
+        <v>-16</v>
+      </c>
+      <c r="AP58">
+        <v>0</v>
+      </c>
+      <c r="AR58">
+        <v>0</v>
+      </c>
+      <c r="AS58">
+        <v>6634</v>
+      </c>
+      <c r="AT58">
+        <v>6620</v>
+      </c>
+    </row>
+    <row r="59" spans="1:46">
+      <c r="A59" t="s">
+        <v>114</v>
+      </c>
+      <c r="B59" t="s">
+        <v>47</v>
+      </c>
+      <c r="C59" t="s">
+        <v>135</v>
+      </c>
+      <c r="D59">
+        <v>81</v>
+      </c>
+      <c r="E59">
+        <v>2324</v>
+      </c>
+      <c r="F59">
+        <v>2387</v>
+      </c>
+      <c r="G59">
+        <v>708</v>
+      </c>
+      <c r="H59">
+        <v>768</v>
+      </c>
+      <c r="I59">
+        <v>816</v>
+      </c>
+      <c r="J59">
+        <v>0</v>
+      </c>
+      <c r="K59">
+        <v>2292</v>
+      </c>
+      <c r="L59">
+        <v>879</v>
+      </c>
+      <c r="M59">
+        <v>0</v>
+      </c>
+      <c r="N59">
+        <v>854</v>
+      </c>
+      <c r="O59">
+        <v>0</v>
+      </c>
+      <c r="P59">
+        <v>868</v>
+      </c>
+      <c r="Q59">
+        <v>2601</v>
+      </c>
+      <c r="R59">
+        <v>1158</v>
+      </c>
+      <c r="S59">
+        <v>1260</v>
+      </c>
+      <c r="T59">
+        <v>2418</v>
+      </c>
+      <c r="U59">
+        <v>70</v>
+      </c>
+      <c r="V59">
+        <v>112</v>
+      </c>
+      <c r="W59">
+        <v>182</v>
+      </c>
+      <c r="X59">
+        <v>17</v>
+      </c>
+      <c r="Y59">
+        <v>31</v>
+      </c>
+      <c r="Z59">
+        <v>48</v>
+      </c>
+      <c r="AA59">
+        <v>134</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC59">
+        <v>104</v>
+      </c>
+      <c r="AD59">
+        <v>2456</v>
+      </c>
+      <c r="AE59">
+        <v>2754</v>
+      </c>
+      <c r="AG59">
+        <v>21</v>
+      </c>
+      <c r="AH59">
+        <v>25</v>
+      </c>
+      <c r="AI59">
+        <v>-4</v>
+      </c>
+      <c r="AJ59">
+        <v>2754</v>
+      </c>
+      <c r="AK59">
+        <v>2869</v>
+      </c>
+      <c r="AL59">
+        <v>57</v>
+      </c>
+      <c r="AM59">
+        <v>47</v>
+      </c>
+      <c r="AN59">
+        <v>10</v>
+      </c>
+      <c r="AP59">
+        <v>0</v>
+      </c>
+      <c r="AR59">
+        <v>0</v>
+      </c>
+      <c r="AS59">
+        <v>7346</v>
+      </c>
+      <c r="AT59">
+        <v>7776</v>
+      </c>
+    </row>
+    <row r="60" spans="1:46">
+      <c r="A60" t="s">
+        <v>114</v>
+      </c>
+      <c r="B60" t="s">
+        <v>52</v>
+      </c>
+      <c r="C60" t="s">
+        <v>137</v>
+      </c>
+      <c r="D60">
+        <v>66</v>
+      </c>
+      <c r="E60">
+        <v>2348</v>
+      </c>
+      <c r="F60">
+        <v>1799</v>
+      </c>
+      <c r="G60">
+        <v>802</v>
+      </c>
+      <c r="H60">
+        <v>782</v>
+      </c>
+      <c r="I60">
+        <v>747</v>
+      </c>
+      <c r="J60">
+        <v>0</v>
+      </c>
+      <c r="K60">
+        <v>2331</v>
+      </c>
+      <c r="L60">
+        <v>896</v>
+      </c>
+      <c r="M60">
+        <v>0</v>
+      </c>
+      <c r="N60">
+        <v>811</v>
+      </c>
+      <c r="O60">
+        <v>0</v>
+      </c>
+      <c r="P60">
+        <v>804</v>
+      </c>
+      <c r="Q60">
+        <v>2511</v>
+      </c>
+      <c r="R60">
+        <v>1100</v>
+      </c>
+      <c r="S60">
+        <v>1150</v>
+      </c>
+      <c r="T60">
+        <v>2250</v>
+      </c>
+      <c r="U60">
+        <v>72</v>
+      </c>
+      <c r="V60">
+        <v>90</v>
+      </c>
+      <c r="W60">
+        <v>162</v>
+      </c>
+      <c r="X60">
+        <v>0</v>
+      </c>
+      <c r="Y60">
+        <v>0</v>
+      </c>
+      <c r="Z60">
+        <v>0</v>
+      </c>
+      <c r="AA60">
+        <v>162</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC60">
+        <v>57</v>
+      </c>
+      <c r="AD60">
+        <v>2282</v>
+      </c>
+      <c r="AE60">
+        <v>2580</v>
+      </c>
+      <c r="AG60">
+        <v>33</v>
+      </c>
+      <c r="AH60">
+        <v>29</v>
+      </c>
+      <c r="AI60">
+        <v>4</v>
+      </c>
+      <c r="AJ60">
+        <v>2520</v>
+      </c>
+      <c r="AK60">
+        <v>2593</v>
+      </c>
+      <c r="AL60">
+        <v>60</v>
+      </c>
+      <c r="AM60">
+        <v>49</v>
+      </c>
+      <c r="AN60">
+        <v>11</v>
+      </c>
+      <c r="AP60">
+        <v>1</v>
+      </c>
+      <c r="AR60">
+        <v>0</v>
+      </c>
+      <c r="AS60">
+        <v>7798</v>
+      </c>
+      <c r="AT60">
+        <v>5664</v>
+      </c>
+    </row>
+    <row r="61" spans="1:46">
+      <c r="A61" t="s">
+        <v>115</v>
+      </c>
+      <c r="B61" t="s">
+        <v>47</v>
+      </c>
+      <c r="C61" t="s">
+        <v>145</v>
+      </c>
+      <c r="D61">
+        <v>79</v>
+      </c>
+      <c r="E61">
+        <v>2311</v>
+      </c>
+      <c r="F61">
+        <v>1694</v>
+      </c>
+      <c r="G61">
+        <v>446</v>
+      </c>
+      <c r="H61">
+        <v>641</v>
+      </c>
+      <c r="I61">
+        <v>665</v>
+      </c>
+      <c r="J61">
+        <v>0</v>
+      </c>
+      <c r="K61">
+        <v>1752</v>
+      </c>
+      <c r="L61">
+        <v>793</v>
+      </c>
+      <c r="M61">
+        <v>0</v>
+      </c>
+      <c r="N61">
+        <v>741</v>
+      </c>
+      <c r="O61">
+        <v>0</v>
+      </c>
+      <c r="P61">
+        <v>765</v>
+      </c>
+      <c r="Q61">
+        <v>2299</v>
+      </c>
+      <c r="R61">
+        <v>1100</v>
+      </c>
+      <c r="S61">
+        <v>1199</v>
+      </c>
+      <c r="T61">
+        <v>2299</v>
+      </c>
+      <c r="U61">
+        <v>60</v>
+      </c>
+      <c r="V61">
+        <v>90</v>
+      </c>
+      <c r="W61">
+        <v>150</v>
+      </c>
+      <c r="X61">
+        <v>0</v>
+      </c>
+      <c r="Y61">
+        <v>0</v>
+      </c>
+      <c r="Z61">
+        <v>0</v>
+      </c>
+      <c r="AA61">
+        <v>150</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>146</v>
+      </c>
+      <c r="AC61">
+        <v>109</v>
+      </c>
+      <c r="AD61">
+        <v>2219</v>
+      </c>
+      <c r="AE61">
+        <v>2083</v>
+      </c>
+      <c r="AG61">
+        <v>50</v>
+      </c>
+      <c r="AH61">
+        <v>59</v>
+      </c>
+      <c r="AI61">
+        <v>-9</v>
+      </c>
+      <c r="AJ61">
+        <v>2243</v>
+      </c>
+      <c r="AK61">
+        <v>0</v>
+      </c>
+      <c r="AL61">
+        <v>76</v>
+      </c>
+      <c r="AM61">
+        <v>85</v>
+      </c>
+      <c r="AN61">
+        <v>-9</v>
+      </c>
+      <c r="AP61">
+        <v>0</v>
+      </c>
+      <c r="AR61">
+        <v>0</v>
+      </c>
+      <c r="AS61">
+        <v>5270</v>
+      </c>
+      <c r="AT61">
+        <v>4808</v>
+      </c>
+    </row>
+    <row r="62" spans="1:46">
+      <c r="A62" t="s">
+        <v>115</v>
+      </c>
+      <c r="B62" t="s">
+        <v>52</v>
+      </c>
+      <c r="C62" t="s">
+        <v>137</v>
+      </c>
+      <c r="D62">
+        <v>59</v>
+      </c>
+      <c r="E62">
+        <v>2386</v>
+      </c>
+      <c r="F62">
+        <v>2248</v>
+      </c>
+      <c r="G62">
+        <v>842</v>
+      </c>
+      <c r="H62">
+        <v>819</v>
+      </c>
+      <c r="I62">
+        <v>672</v>
+      </c>
+      <c r="J62">
+        <v>0</v>
+      </c>
+      <c r="K62">
+        <v>2333</v>
+      </c>
+      <c r="L62">
+        <v>900</v>
+      </c>
+      <c r="M62">
+        <v>0</v>
+      </c>
+      <c r="N62">
+        <v>807</v>
+      </c>
+      <c r="O62">
+        <v>0</v>
+      </c>
+      <c r="P62">
+        <v>798</v>
+      </c>
+      <c r="Q62">
+        <v>2505</v>
+      </c>
+      <c r="R62">
+        <v>1130</v>
+      </c>
+      <c r="S62">
+        <v>1300</v>
+      </c>
+      <c r="T62">
+        <v>2430</v>
+      </c>
+      <c r="U62">
+        <v>70</v>
+      </c>
+      <c r="V62">
+        <v>106</v>
+      </c>
+      <c r="W62">
+        <v>176</v>
+      </c>
+      <c r="X62">
+        <v>1</v>
+      </c>
+      <c r="Y62">
+        <v>0</v>
+      </c>
+      <c r="Z62">
+        <v>1</v>
+      </c>
+      <c r="AA62">
+        <v>175</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC62">
+        <v>57</v>
+      </c>
+      <c r="AD62">
+        <v>2104</v>
+      </c>
+      <c r="AE62">
+        <v>2646</v>
+      </c>
+      <c r="AG62">
+        <v>52</v>
+      </c>
+      <c r="AH62">
+        <v>37</v>
+      </c>
+      <c r="AI62">
+        <v>15</v>
+      </c>
+      <c r="AJ62">
+        <v>2327</v>
+      </c>
+      <c r="AK62">
+        <v>0</v>
+      </c>
+      <c r="AL62">
+        <v>100</v>
+      </c>
+      <c r="AM62">
+        <v>56</v>
+      </c>
+      <c r="AN62">
+        <v>44</v>
+      </c>
+      <c r="AP62">
+        <v>0</v>
+      </c>
+      <c r="AR62">
+        <v>0</v>
+      </c>
+      <c r="AS62">
+        <v>6380</v>
+      </c>
+      <c r="AT62">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="63" spans="1:46">
+      <c r="A63" t="s">
+        <v>116</v>
+      </c>
+      <c r="B63" t="s">
+        <v>47</v>
+      </c>
+      <c r="C63" t="s">
+        <v>132</v>
+      </c>
+      <c r="D63">
+        <v>75</v>
+      </c>
+      <c r="E63">
+        <v>2490</v>
+      </c>
+      <c r="F63">
+        <v>2232</v>
+      </c>
+      <c r="G63">
+        <v>836</v>
+      </c>
+      <c r="H63">
+        <v>830</v>
+      </c>
+      <c r="I63">
+        <v>789</v>
+      </c>
+      <c r="J63">
+        <v>0</v>
+      </c>
+      <c r="K63">
+        <v>2455</v>
+      </c>
+      <c r="L63">
+        <v>882</v>
+      </c>
+      <c r="M63">
+        <v>0</v>
+      </c>
+      <c r="N63">
+        <v>828</v>
+      </c>
+      <c r="O63">
+        <v>0</v>
+      </c>
+      <c r="P63">
+        <v>860</v>
+      </c>
+      <c r="Q63">
+        <v>2570</v>
+      </c>
+      <c r="R63">
+        <v>1257</v>
+      </c>
+      <c r="S63">
+        <v>1206</v>
+      </c>
+      <c r="T63">
+        <v>2463</v>
+      </c>
+      <c r="U63">
+        <v>57</v>
+      </c>
+      <c r="V63">
+        <v>90</v>
+      </c>
+      <c r="W63">
+        <v>147</v>
+      </c>
+      <c r="X63">
+        <v>0</v>
+      </c>
+      <c r="Y63">
+        <v>21</v>
+      </c>
+      <c r="Z63">
+        <v>21</v>
+      </c>
+      <c r="AA63">
+        <v>126</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>146</v>
+      </c>
+      <c r="AC63">
+        <v>108</v>
+      </c>
+      <c r="AD63">
+        <v>2374</v>
+      </c>
+      <c r="AE63">
+        <v>2677</v>
+      </c>
+      <c r="AG63">
+        <v>43</v>
+      </c>
+      <c r="AH63">
+        <v>46</v>
+      </c>
+      <c r="AI63">
+        <v>-3</v>
+      </c>
+      <c r="AJ63">
+        <v>2592</v>
+      </c>
+      <c r="AK63">
+        <v>0</v>
+      </c>
+      <c r="AL63">
+        <v>43</v>
+      </c>
+      <c r="AM63">
+        <v>42</v>
+      </c>
+      <c r="AN63">
+        <v>1</v>
+      </c>
+      <c r="AP63">
+        <v>0</v>
+      </c>
+      <c r="AR63">
+        <v>0</v>
+      </c>
+      <c r="AS63">
+        <v>7541</v>
+      </c>
+      <c r="AT63">
+        <v>8980</v>
+      </c>
+    </row>
+    <row r="64" spans="1:46">
+      <c r="A64" t="s">
+        <v>116</v>
+      </c>
+      <c r="B64" t="s">
+        <v>52</v>
+      </c>
+      <c r="C64" t="s">
+        <v>137</v>
+      </c>
+      <c r="D64">
+        <v>58</v>
+      </c>
+      <c r="E64">
+        <v>2460</v>
+      </c>
+      <c r="F64">
+        <v>2318</v>
+      </c>
+      <c r="G64">
+        <v>829</v>
+      </c>
+      <c r="H64">
+        <v>830</v>
+      </c>
+      <c r="I64">
+        <v>775</v>
+      </c>
+      <c r="J64">
+        <v>0</v>
+      </c>
+      <c r="K64">
+        <v>2434</v>
+      </c>
+      <c r="L64">
+        <v>931</v>
+      </c>
+      <c r="M64">
+        <v>0</v>
+      </c>
+      <c r="N64">
+        <v>721</v>
+      </c>
+      <c r="O64">
+        <v>0</v>
+      </c>
+      <c r="P64">
+        <v>857</v>
+      </c>
+      <c r="Q64">
+        <v>2509</v>
+      </c>
+      <c r="R64">
+        <v>1160</v>
+      </c>
+      <c r="S64">
+        <v>1380</v>
+      </c>
+      <c r="T64">
+        <v>2540</v>
+      </c>
+      <c r="U64">
+        <v>85</v>
+      </c>
+      <c r="V64">
+        <v>100</v>
+      </c>
+      <c r="W64">
+        <v>185</v>
+      </c>
+      <c r="X64">
+        <v>0</v>
+      </c>
+      <c r="Y64">
+        <v>0</v>
+      </c>
+      <c r="Z64">
+        <v>0</v>
+      </c>
+      <c r="AA64">
+        <v>185</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC64">
+        <v>61</v>
+      </c>
+      <c r="AD64">
+        <v>2186</v>
+      </c>
+      <c r="AE64">
+        <v>2649</v>
+      </c>
+      <c r="AG64">
+        <v>39</v>
+      </c>
+      <c r="AH64">
+        <v>60</v>
+      </c>
+      <c r="AI64">
+        <v>-21</v>
+      </c>
+      <c r="AJ64">
+        <v>2337</v>
+      </c>
+      <c r="AK64">
+        <v>0</v>
+      </c>
+      <c r="AL64">
+        <v>44</v>
+      </c>
+      <c r="AM64">
+        <v>94</v>
+      </c>
+      <c r="AN64">
+        <v>-50</v>
+      </c>
+      <c r="AP64">
+        <v>1</v>
+      </c>
+      <c r="AR64">
+        <v>0</v>
+      </c>
+      <c r="AS64">
+        <v>8077</v>
+      </c>
+      <c r="AT64">
+        <v>3585</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="A1:AT1"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:AT56"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A2" sqref="A2:AT2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:46">
+      <c r="A1" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="2" spans="1:46">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="L2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="R2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="S2" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="T2" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="U2" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="V2" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="W2" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y2" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z2" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA2" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB2" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC2" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD2" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE2" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF2" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG2" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH2" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI2" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ2" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK2" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL2" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM2" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN2" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO2" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP2" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ2" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR2" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS2" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT2" s="2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:46">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D3">
+        <v>65</v>
+      </c>
+      <c r="E3">
+        <v>2529</v>
+      </c>
+      <c r="F3">
+        <v>1840</v>
+      </c>
+      <c r="G3">
+        <v>530</v>
+      </c>
+      <c r="H3">
+        <v>643</v>
+      </c>
+      <c r="I3">
+        <v>631</v>
+      </c>
+      <c r="J3">
+        <v>735</v>
+      </c>
+      <c r="K3">
+        <v>2539</v>
+      </c>
+      <c r="L3">
+        <v>826</v>
+      </c>
+      <c r="M3">
+        <v>0</v>
+      </c>
+      <c r="N3">
+        <v>875</v>
+      </c>
+      <c r="O3">
+        <v>0</v>
+      </c>
+      <c r="P3">
+        <v>868</v>
+      </c>
+      <c r="Q3">
+        <v>2569</v>
+      </c>
+      <c r="R3">
+        <v>1422</v>
+      </c>
+      <c r="S3">
+        <v>1381</v>
+      </c>
+      <c r="T3">
+        <v>2803</v>
+      </c>
+      <c r="U3">
+        <v>49</v>
+      </c>
+      <c r="V3">
+        <v>61</v>
+      </c>
+      <c r="W3">
+        <v>110</v>
+      </c>
+      <c r="X3">
+        <v>30</v>
+      </c>
+      <c r="Y3">
+        <v>14</v>
+      </c>
+      <c r="Z3">
+        <v>44</v>
+      </c>
+      <c r="AA3">
+        <v>66</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>149</v>
+      </c>
+      <c r="AC3">
+        <v>52</v>
+      </c>
+      <c r="AD3">
+        <v>2230</v>
+      </c>
+      <c r="AE3">
+        <v>2400</v>
+      </c>
+      <c r="AG3">
+        <v>42</v>
+      </c>
+      <c r="AH3">
+        <v>47</v>
+      </c>
+      <c r="AI3">
+        <v>-5</v>
+      </c>
+      <c r="AJ3">
+        <v>2426</v>
+      </c>
+      <c r="AK3">
+        <v>2400</v>
+      </c>
+      <c r="AL3">
+        <v>75</v>
+      </c>
+      <c r="AM3">
+        <v>81</v>
+      </c>
+      <c r="AN3">
+        <v>-6</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>150</v>
+      </c>
+      <c r="AP3">
+        <v>12</v>
+      </c>
+      <c r="AR3">
+        <v>0</v>
+      </c>
+      <c r="AS3">
+        <v>4195</v>
+      </c>
+      <c r="AT3">
+        <v>4352</v>
+      </c>
+    </row>
+    <row r="4" spans="1:46">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4">
+        <v>32</v>
+      </c>
+      <c r="E4">
+        <v>2255</v>
+      </c>
+      <c r="F4">
+        <v>1081</v>
+      </c>
+      <c r="G4">
+        <v>441</v>
+      </c>
+      <c r="H4">
+        <v>575</v>
+      </c>
+      <c r="I4">
+        <v>536</v>
+      </c>
+      <c r="J4">
+        <v>685</v>
+      </c>
+      <c r="K4">
+        <v>2237</v>
+      </c>
+      <c r="L4">
+        <v>847</v>
+      </c>
+      <c r="M4">
+        <v>0</v>
+      </c>
+      <c r="N4">
+        <v>707</v>
+      </c>
+      <c r="O4">
+        <v>0</v>
+      </c>
+      <c r="P4">
+        <v>763</v>
+      </c>
+      <c r="Q4">
+        <v>2317</v>
+      </c>
+      <c r="R4">
+        <v>1163</v>
+      </c>
+      <c r="S4">
+        <v>1260</v>
+      </c>
+      <c r="T4">
+        <v>2423</v>
+      </c>
+      <c r="U4">
+        <v>24</v>
+      </c>
+      <c r="V4">
+        <v>40</v>
+      </c>
+      <c r="W4">
+        <v>64</v>
+      </c>
+      <c r="X4">
+        <v>23</v>
+      </c>
+      <c r="Y4">
+        <v>65</v>
+      </c>
+      <c r="Z4">
+        <v>88</v>
+      </c>
+      <c r="AA4">
+        <v>-24</v>
+      </c>
+      <c r="AC4">
+        <v>64</v>
+      </c>
+      <c r="AD4">
+        <v>2311</v>
+      </c>
+      <c r="AE4">
+        <v>2689</v>
+      </c>
+      <c r="AG4">
+        <v>61</v>
+      </c>
+      <c r="AH4">
+        <v>99</v>
+      </c>
+      <c r="AI4">
+        <v>-38</v>
+      </c>
+      <c r="AJ4">
+        <v>2501</v>
+      </c>
+      <c r="AK4">
+        <v>2689</v>
+      </c>
+      <c r="AL4">
+        <v>58</v>
+      </c>
+      <c r="AM4">
+        <v>69</v>
+      </c>
+      <c r="AN4">
+        <v>-11</v>
+      </c>
+      <c r="AP4">
+        <v>11</v>
+      </c>
+      <c r="AR4">
+        <v>0</v>
+      </c>
+      <c r="AS4">
+        <v>5736</v>
+      </c>
+      <c r="AT4">
+        <v>5760</v>
+      </c>
+    </row>
+    <row r="5" spans="1:46">
+      <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>151</v>
+      </c>
+      <c r="D5">
+        <v>65</v>
+      </c>
+      <c r="E5">
+        <v>151</v>
+      </c>
+      <c r="F5">
+        <v>0</v>
+      </c>
+      <c r="G5">
+        <v>68</v>
+      </c>
+      <c r="H5">
+        <v>11</v>
+      </c>
+      <c r="I5">
+        <v>29</v>
+      </c>
+      <c r="J5">
+        <v>35</v>
+      </c>
+      <c r="K5">
+        <v>143</v>
+      </c>
+      <c r="L5">
+        <v>131</v>
+      </c>
+      <c r="M5">
+        <v>0</v>
+      </c>
+      <c r="N5">
+        <v>28</v>
+      </c>
+      <c r="O5">
+        <v>0</v>
+      </c>
+      <c r="P5">
+        <v>21</v>
+      </c>
+      <c r="Q5">
+        <v>180</v>
+      </c>
+      <c r="R5">
+        <v>67</v>
+      </c>
+      <c r="S5">
+        <v>0</v>
+      </c>
+      <c r="T5">
+        <v>67</v>
+      </c>
+      <c r="U5">
+        <v>6</v>
+      </c>
+      <c r="V5">
+        <v>8</v>
+      </c>
+      <c r="W5">
+        <v>14</v>
+      </c>
+      <c r="X5">
+        <v>0</v>
+      </c>
+      <c r="Y5">
+        <v>0</v>
+      </c>
+      <c r="Z5">
+        <v>0</v>
+      </c>
+      <c r="AA5">
+        <v>14</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>149</v>
+      </c>
+      <c r="AC5">
+        <v>62</v>
+      </c>
+      <c r="AD5">
+        <v>1101</v>
+      </c>
+      <c r="AE5">
+        <v>1271</v>
+      </c>
+      <c r="AG5">
+        <v>15</v>
+      </c>
+      <c r="AH5">
+        <v>39</v>
+      </c>
+      <c r="AI5">
+        <v>-24</v>
+      </c>
+      <c r="AJ5">
+        <v>1045</v>
+      </c>
+      <c r="AK5">
+        <v>1166</v>
+      </c>
+      <c r="AL5">
+        <v>19</v>
+      </c>
+      <c r="AM5">
+        <v>38</v>
+      </c>
+      <c r="AN5">
+        <v>-19</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP5">
+        <v>12</v>
+      </c>
+      <c r="AR5">
+        <v>0</v>
+      </c>
+      <c r="AS5">
+        <v>5908</v>
+      </c>
+      <c r="AT5">
+        <v>6608</v>
+      </c>
+    </row>
+    <row r="6" spans="1:46">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6">
+        <v>45</v>
+      </c>
+      <c r="E6">
+        <v>724</v>
+      </c>
+      <c r="F6">
+        <v>0</v>
+      </c>
+      <c r="G6">
+        <v>238</v>
+      </c>
+      <c r="H6">
+        <v>216</v>
+      </c>
+      <c r="I6">
+        <v>29</v>
+      </c>
+      <c r="J6">
+        <v>95</v>
+      </c>
+      <c r="K6">
+        <v>578</v>
+      </c>
+      <c r="L6">
+        <v>427</v>
+      </c>
+      <c r="M6">
+        <v>0</v>
+      </c>
+      <c r="N6">
+        <v>191</v>
+      </c>
+      <c r="O6">
+        <v>0</v>
+      </c>
+      <c r="P6">
+        <v>0</v>
+      </c>
+      <c r="Q6">
+        <v>618</v>
+      </c>
+      <c r="R6">
+        <v>0</v>
+      </c>
+      <c r="S6">
+        <v>0</v>
+      </c>
+      <c r="T6">
+        <v>0</v>
+      </c>
+      <c r="U6">
+        <v>24</v>
+      </c>
+      <c r="V6">
+        <v>22</v>
+      </c>
+      <c r="W6">
+        <v>46</v>
+      </c>
+      <c r="X6">
+        <v>0</v>
+      </c>
+      <c r="Y6">
+        <v>0</v>
+      </c>
+      <c r="Z6">
+        <v>0</v>
+      </c>
+      <c r="AA6">
+        <v>46</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>153</v>
+      </c>
+      <c r="AC6">
+        <v>68</v>
+      </c>
+      <c r="AD6">
+        <v>624</v>
+      </c>
+      <c r="AE6">
+        <v>835</v>
+      </c>
+      <c r="AG6">
+        <v>48</v>
+      </c>
+      <c r="AH6">
+        <v>58</v>
+      </c>
+      <c r="AI6">
+        <v>-10</v>
+      </c>
+      <c r="AJ6">
+        <v>662</v>
+      </c>
+      <c r="AK6">
+        <v>924</v>
+      </c>
+      <c r="AL6">
+        <v>30</v>
+      </c>
+      <c r="AM6">
+        <v>60</v>
+      </c>
+      <c r="AN6">
+        <v>-30</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP6">
+        <v>12</v>
+      </c>
+      <c r="AR6">
+        <v>0</v>
+      </c>
+      <c r="AS6">
+        <v>5440</v>
+      </c>
+      <c r="AT6">
+        <v>5123</v>
+      </c>
+    </row>
+    <row r="7" spans="1:46">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>148</v>
+      </c>
+      <c r="D7">
+        <v>66</v>
+      </c>
+      <c r="E7">
+        <v>1574</v>
+      </c>
+      <c r="F7">
+        <v>0</v>
+      </c>
+      <c r="G7">
+        <v>476</v>
+      </c>
+      <c r="H7">
+        <v>477</v>
+      </c>
+      <c r="I7">
+        <v>297</v>
+      </c>
+      <c r="J7">
+        <v>290</v>
+      </c>
+      <c r="K7">
+        <v>1540</v>
+      </c>
+      <c r="L7">
+        <v>743</v>
+      </c>
+      <c r="M7">
+        <v>0</v>
+      </c>
+      <c r="N7">
+        <v>714</v>
+      </c>
+      <c r="O7">
+        <v>0</v>
+      </c>
+      <c r="P7">
+        <v>449</v>
+      </c>
+      <c r="Q7">
+        <v>1906</v>
+      </c>
+      <c r="R7">
+        <v>1026</v>
+      </c>
+      <c r="S7">
+        <v>772</v>
+      </c>
+      <c r="T7">
+        <v>1798</v>
+      </c>
+      <c r="U7">
+        <v>21</v>
+      </c>
+      <c r="V7">
+        <v>45</v>
+      </c>
+      <c r="W7">
+        <v>66</v>
+      </c>
+      <c r="X7">
+        <v>0</v>
+      </c>
+      <c r="Y7">
+        <v>0</v>
+      </c>
+      <c r="Z7">
+        <v>0</v>
+      </c>
+      <c r="AA7">
+        <v>66</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC7">
+        <v>70</v>
+      </c>
+      <c r="AD7">
+        <v>1395</v>
+      </c>
+      <c r="AE7">
+        <v>1189</v>
+      </c>
+      <c r="AG7">
+        <v>176</v>
+      </c>
+      <c r="AH7">
+        <v>169</v>
+      </c>
+      <c r="AI7">
+        <v>7</v>
+      </c>
+      <c r="AJ7">
+        <v>1466</v>
+      </c>
+      <c r="AK7">
+        <v>1189</v>
+      </c>
+      <c r="AL7">
+        <v>126</v>
+      </c>
+      <c r="AM7">
+        <v>97</v>
+      </c>
+      <c r="AN7">
+        <v>29</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>155</v>
+      </c>
+      <c r="AP7">
+        <v>13</v>
+      </c>
+      <c r="AR7">
+        <v>0</v>
+      </c>
+      <c r="AS7">
+        <v>4536</v>
+      </c>
+      <c r="AT7">
+        <v>7696</v>
+      </c>
+    </row>
+    <row r="8" spans="1:46">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8">
+        <v>48</v>
+      </c>
+      <c r="E8">
+        <v>1992</v>
+      </c>
+      <c r="F8">
+        <v>0</v>
+      </c>
+      <c r="G8">
+        <v>533</v>
+      </c>
+      <c r="H8">
+        <v>583</v>
+      </c>
+      <c r="I8">
+        <v>354</v>
+      </c>
+      <c r="J8">
+        <v>521</v>
+      </c>
+      <c r="K8">
+        <v>1991</v>
+      </c>
+      <c r="L8">
+        <v>690</v>
+      </c>
+      <c r="M8">
+        <v>0</v>
+      </c>
+      <c r="N8">
+        <v>357</v>
+      </c>
+      <c r="O8">
+        <v>0</v>
+      </c>
+      <c r="P8">
+        <v>912</v>
+      </c>
+      <c r="Q8">
+        <v>1959</v>
+      </c>
+      <c r="R8">
+        <v>1234</v>
+      </c>
+      <c r="S8">
+        <v>889</v>
+      </c>
+      <c r="T8">
+        <v>2123</v>
+      </c>
+      <c r="U8">
+        <v>30</v>
+      </c>
+      <c r="V8">
+        <v>57</v>
+      </c>
+      <c r="W8">
+        <v>87</v>
+      </c>
+      <c r="X8">
+        <v>0</v>
+      </c>
+      <c r="Y8">
+        <v>0</v>
+      </c>
+      <c r="Z8">
+        <v>0</v>
+      </c>
+      <c r="AA8">
+        <v>87</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AC8">
+        <v>61</v>
+      </c>
+      <c r="AD8">
+        <v>0</v>
+      </c>
+      <c r="AE8">
+        <v>1208</v>
+      </c>
+      <c r="AG8">
+        <v>154</v>
+      </c>
+      <c r="AH8">
+        <v>40</v>
+      </c>
+      <c r="AI8">
+        <v>114</v>
+      </c>
+      <c r="AJ8">
+        <v>1109</v>
+      </c>
+      <c r="AK8">
+        <v>1208</v>
+      </c>
+      <c r="AL8">
+        <v>243</v>
+      </c>
+      <c r="AM8">
+        <v>29</v>
+      </c>
+      <c r="AN8">
+        <v>214</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP8">
+        <v>14</v>
+      </c>
+      <c r="AR8">
+        <v>0</v>
+      </c>
+      <c r="AS8">
+        <v>3808</v>
+      </c>
+      <c r="AT8">
+        <v>7360</v>
+      </c>
+    </row>
+    <row r="9" spans="1:46">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>151</v>
+      </c>
+      <c r="D9">
+        <v>56</v>
+      </c>
+      <c r="E9">
+        <v>2128</v>
+      </c>
+      <c r="F9">
+        <v>0</v>
+      </c>
+      <c r="G9">
+        <v>512</v>
+      </c>
+      <c r="H9">
+        <v>623</v>
+      </c>
+      <c r="I9">
+        <v>449</v>
+      </c>
+      <c r="J9">
+        <v>576</v>
+      </c>
+      <c r="K9">
+        <v>2160</v>
+      </c>
+      <c r="L9">
+        <v>585</v>
+      </c>
+      <c r="M9">
+        <v>0</v>
+      </c>
+      <c r="N9">
+        <v>350</v>
+      </c>
+      <c r="O9">
+        <v>0</v>
+      </c>
+      <c r="P9">
+        <v>884</v>
+      </c>
+      <c r="Q9">
+        <v>1819</v>
+      </c>
+      <c r="R9">
+        <v>1225</v>
+      </c>
+      <c r="S9">
+        <v>1035</v>
+      </c>
+      <c r="T9">
+        <v>2260</v>
+      </c>
+      <c r="U9">
+        <v>62</v>
+      </c>
+      <c r="V9">
+        <v>80</v>
+      </c>
+      <c r="W9">
+        <v>142</v>
+      </c>
+      <c r="X9">
+        <v>0</v>
+      </c>
+      <c r="Y9">
+        <v>0</v>
+      </c>
+      <c r="Z9">
+        <v>0</v>
+      </c>
+      <c r="AA9">
+        <v>142</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>153</v>
+      </c>
+      <c r="AC9">
+        <v>63</v>
+      </c>
+      <c r="AD9">
+        <v>2008</v>
+      </c>
+      <c r="AE9">
+        <v>2201</v>
+      </c>
+      <c r="AG9">
+        <v>41</v>
+      </c>
+      <c r="AH9">
+        <v>159</v>
+      </c>
+      <c r="AI9">
+        <v>-118</v>
+      </c>
+      <c r="AJ9">
+        <v>2138</v>
+      </c>
+      <c r="AK9">
+        <v>2353</v>
+      </c>
+      <c r="AL9">
+        <v>186</v>
+      </c>
+      <c r="AM9">
+        <v>200</v>
+      </c>
+      <c r="AN9">
+        <v>-14</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP9">
+        <v>15</v>
+      </c>
+      <c r="AR9">
+        <v>0</v>
+      </c>
+      <c r="AS9">
+        <v>4645</v>
+      </c>
+      <c r="AT9">
+        <v>4276</v>
+      </c>
+    </row>
+    <row r="10" spans="1:46">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D10">
+        <v>64</v>
+      </c>
+      <c r="E10">
+        <v>2225</v>
+      </c>
+      <c r="F10">
+        <v>0</v>
+      </c>
+      <c r="G10">
+        <v>572</v>
+      </c>
+      <c r="H10">
+        <v>545</v>
+      </c>
+      <c r="I10">
+        <v>462</v>
+      </c>
+      <c r="J10">
+        <v>637</v>
+      </c>
+      <c r="K10">
+        <v>2216</v>
+      </c>
+      <c r="L10">
+        <v>819</v>
+      </c>
+      <c r="M10">
+        <v>0</v>
+      </c>
+      <c r="N10">
+        <v>646</v>
+      </c>
+      <c r="O10">
+        <v>0</v>
+      </c>
+      <c r="P10">
+        <v>644</v>
+      </c>
+      <c r="Q10">
+        <v>2109</v>
+      </c>
+      <c r="R10">
+        <v>1384</v>
+      </c>
+      <c r="S10">
+        <v>1044</v>
+      </c>
+      <c r="T10">
+        <v>2428</v>
+      </c>
+      <c r="U10">
+        <v>79</v>
+      </c>
+      <c r="V10">
+        <v>113</v>
+      </c>
+      <c r="W10">
+        <v>192</v>
+      </c>
+      <c r="X10">
+        <v>0</v>
+      </c>
+      <c r="Y10">
+        <v>0</v>
+      </c>
+      <c r="Z10">
+        <v>0</v>
+      </c>
+      <c r="AA10">
+        <v>192</v>
+      </c>
+      <c r="AC10">
+        <v>62</v>
+      </c>
+      <c r="AD10">
+        <v>1988</v>
+      </c>
+      <c r="AE10">
+        <v>2274</v>
+      </c>
+      <c r="AG10">
+        <v>56</v>
+      </c>
+      <c r="AH10">
+        <v>69</v>
+      </c>
+      <c r="AI10">
+        <v>-13</v>
+      </c>
+      <c r="AJ10">
+        <v>2128</v>
+      </c>
+      <c r="AK10">
+        <v>2274</v>
+      </c>
+      <c r="AL10">
+        <v>167</v>
+      </c>
+      <c r="AM10">
+        <v>160</v>
+      </c>
+      <c r="AN10">
+        <v>7</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP10">
+        <v>14</v>
+      </c>
+      <c r="AR10">
+        <v>0</v>
+      </c>
+      <c r="AS10">
+        <v>6107</v>
+      </c>
+      <c r="AT10">
+        <v>4808</v>
+      </c>
+    </row>
+    <row r="11" spans="1:46">
+      <c r="A11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
+        <v>151</v>
+      </c>
+      <c r="D11">
+        <v>59</v>
+      </c>
+      <c r="E11">
+        <v>2373</v>
+      </c>
+      <c r="F11">
+        <v>0</v>
+      </c>
+      <c r="G11">
+        <v>525</v>
+      </c>
+      <c r="H11">
+        <v>578</v>
+      </c>
+      <c r="I11">
+        <v>605</v>
+      </c>
+      <c r="J11">
+        <v>663</v>
+      </c>
+      <c r="K11">
+        <v>2371</v>
+      </c>
+      <c r="L11">
+        <v>825</v>
+      </c>
+      <c r="M11">
+        <v>0</v>
+      </c>
+      <c r="N11">
+        <v>686</v>
+      </c>
+      <c r="O11">
+        <v>0</v>
+      </c>
+      <c r="P11">
+        <v>881</v>
+      </c>
+      <c r="Q11">
+        <v>2392</v>
+      </c>
+      <c r="R11">
+        <v>1225</v>
+      </c>
+      <c r="S11">
+        <v>1350</v>
+      </c>
+      <c r="T11">
+        <v>2575</v>
+      </c>
+      <c r="U11">
+        <v>40</v>
+      </c>
+      <c r="V11">
+        <v>70</v>
+      </c>
+      <c r="W11">
+        <v>110</v>
+      </c>
+      <c r="X11">
+        <v>0</v>
+      </c>
+      <c r="Y11">
+        <v>0</v>
+      </c>
+      <c r="Z11">
+        <v>0</v>
+      </c>
+      <c r="AA11">
+        <v>110</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC11">
+        <v>62</v>
+      </c>
+      <c r="AD11">
+        <v>0</v>
+      </c>
+      <c r="AE11">
+        <v>2427</v>
+      </c>
+      <c r="AG11">
+        <v>22</v>
+      </c>
+      <c r="AH11">
+        <v>129</v>
+      </c>
+      <c r="AI11">
+        <v>-107</v>
+      </c>
+      <c r="AJ11">
+        <v>2354</v>
+      </c>
+      <c r="AK11">
+        <v>2427</v>
+      </c>
+      <c r="AL11">
+        <v>134</v>
+      </c>
+      <c r="AM11">
+        <v>189</v>
+      </c>
+      <c r="AN11">
+        <v>-55</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP11">
+        <v>13</v>
+      </c>
+      <c r="AR11">
+        <v>0</v>
+      </c>
+      <c r="AS11">
+        <v>4194</v>
+      </c>
+      <c r="AT11">
+        <v>6040</v>
+      </c>
+    </row>
+    <row r="12" spans="1:46">
+      <c r="A12" t="s">
+        <v>73</v>
+      </c>
+      <c r="B12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" t="s">
+        <v>156</v>
+      </c>
+      <c r="D12">
+        <v>63</v>
+      </c>
+      <c r="E12">
+        <v>2199</v>
+      </c>
+      <c r="F12">
+        <v>0</v>
+      </c>
+      <c r="G12">
+        <v>528</v>
+      </c>
+      <c r="H12">
+        <v>773</v>
+      </c>
+      <c r="I12">
+        <v>712</v>
+      </c>
+      <c r="J12">
+        <v>697</v>
+      </c>
+      <c r="K12">
+        <v>2710</v>
+      </c>
+      <c r="L12">
+        <v>687</v>
+      </c>
+      <c r="M12">
+        <v>0</v>
+      </c>
+      <c r="N12">
+        <v>700</v>
+      </c>
+      <c r="O12">
+        <v>0</v>
+      </c>
+      <c r="P12">
+        <v>826</v>
+      </c>
+      <c r="Q12">
+        <v>2213</v>
+      </c>
+      <c r="R12">
+        <v>1196</v>
+      </c>
+      <c r="S12">
+        <v>1207</v>
+      </c>
+      <c r="T12">
+        <v>2403</v>
+      </c>
+      <c r="U12">
+        <v>74</v>
+      </c>
+      <c r="V12">
+        <v>95</v>
+      </c>
+      <c r="W12">
+        <v>169</v>
+      </c>
+      <c r="X12">
+        <v>0</v>
+      </c>
+      <c r="Y12">
+        <v>4</v>
+      </c>
+      <c r="Z12">
+        <v>4</v>
+      </c>
+      <c r="AA12">
+        <v>165</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC12">
+        <v>64</v>
+      </c>
+      <c r="AD12">
+        <v>0</v>
+      </c>
+      <c r="AE12">
+        <v>2123</v>
+      </c>
+      <c r="AG12">
+        <v>62</v>
+      </c>
+      <c r="AH12">
+        <v>68</v>
+      </c>
+      <c r="AI12">
+        <v>-6</v>
+      </c>
+      <c r="AJ12">
+        <v>2059</v>
+      </c>
+      <c r="AK12">
+        <v>2090</v>
+      </c>
+      <c r="AL12">
+        <v>129</v>
+      </c>
+      <c r="AM12">
+        <v>127</v>
+      </c>
+      <c r="AN12">
+        <v>2</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>155</v>
+      </c>
+      <c r="AP12">
+        <v>20</v>
+      </c>
+      <c r="AR12">
+        <v>0</v>
+      </c>
+      <c r="AS12">
+        <v>7082</v>
+      </c>
+      <c r="AT12">
+        <v>10324</v>
+      </c>
+    </row>
+    <row r="13" spans="1:46">
+      <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" t="s">
+        <v>151</v>
+      </c>
+      <c r="D13">
+        <v>54</v>
+      </c>
+      <c r="E13">
+        <v>2136</v>
+      </c>
+      <c r="F13">
+        <v>0</v>
+      </c>
+      <c r="G13">
+        <v>621</v>
+      </c>
+      <c r="H13">
+        <v>440</v>
+      </c>
+      <c r="I13">
+        <v>540</v>
+      </c>
+      <c r="J13">
+        <v>546</v>
+      </c>
+      <c r="K13">
+        <v>2147</v>
+      </c>
+      <c r="L13">
+        <v>528</v>
+      </c>
+      <c r="M13">
+        <v>0</v>
+      </c>
+      <c r="N13">
+        <v>598</v>
+      </c>
+      <c r="O13">
+        <v>0</v>
+      </c>
+      <c r="P13">
+        <v>818</v>
+      </c>
+      <c r="Q13">
+        <v>1944</v>
+      </c>
+      <c r="R13">
+        <v>1220</v>
+      </c>
+      <c r="S13">
+        <v>1000</v>
+      </c>
+      <c r="T13">
+        <v>2220</v>
+      </c>
+      <c r="U13">
+        <v>60</v>
+      </c>
+      <c r="V13">
+        <v>45</v>
+      </c>
+      <c r="W13">
+        <v>105</v>
+      </c>
+      <c r="X13">
+        <v>0</v>
+      </c>
+      <c r="Y13">
+        <v>43</v>
+      </c>
+      <c r="Z13">
+        <v>43</v>
+      </c>
+      <c r="AA13">
+        <v>62</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC13">
+        <v>63</v>
+      </c>
+      <c r="AD13">
+        <v>0</v>
+      </c>
+      <c r="AE13">
+        <v>1958</v>
+      </c>
+      <c r="AG13">
+        <v>57</v>
+      </c>
+      <c r="AH13">
+        <v>92</v>
+      </c>
+      <c r="AI13">
+        <v>-35</v>
+      </c>
+      <c r="AJ13">
+        <v>1900</v>
+      </c>
+      <c r="AK13">
+        <v>1958</v>
+      </c>
+      <c r="AL13">
+        <v>51</v>
+      </c>
+      <c r="AM13">
+        <v>134</v>
+      </c>
+      <c r="AN13">
+        <v>-83</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP13">
+        <v>14</v>
+      </c>
+      <c r="AR13">
+        <v>0</v>
+      </c>
+      <c r="AS13">
+        <v>6688</v>
+      </c>
+      <c r="AT13">
+        <v>8358</v>
+      </c>
+    </row>
+    <row r="14" spans="1:46">
+      <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>47</v>
+      </c>
+      <c r="C14" t="s">
+        <v>156</v>
+      </c>
+      <c r="D14">
+        <v>68</v>
+      </c>
+      <c r="E14">
+        <v>2546</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
+      </c>
+      <c r="G14">
+        <v>770</v>
+      </c>
+      <c r="H14">
+        <v>636</v>
+      </c>
+      <c r="I14">
+        <v>472</v>
+      </c>
+      <c r="J14">
+        <v>650</v>
+      </c>
+      <c r="K14">
+        <v>2528</v>
+      </c>
+      <c r="L14">
+        <v>858</v>
+      </c>
+      <c r="M14">
+        <v>0</v>
+      </c>
+      <c r="N14">
+        <v>826</v>
+      </c>
+      <c r="O14">
+        <v>0</v>
+      </c>
+      <c r="P14">
+        <v>915</v>
+      </c>
+      <c r="Q14">
+        <v>2599</v>
+      </c>
+      <c r="R14">
+        <v>1426</v>
+      </c>
+      <c r="S14">
+        <v>1264</v>
+      </c>
+      <c r="T14">
+        <v>2690</v>
+      </c>
+      <c r="U14">
+        <v>84</v>
+      </c>
+      <c r="V14">
+        <v>62</v>
+      </c>
+      <c r="W14">
+        <v>146</v>
+      </c>
+      <c r="X14">
+        <v>0</v>
+      </c>
+      <c r="Y14">
+        <v>0</v>
+      </c>
+      <c r="Z14">
+        <v>0</v>
+      </c>
+      <c r="AA14">
+        <v>146</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC14">
+        <v>74</v>
+      </c>
+      <c r="AD14">
+        <v>0</v>
+      </c>
+      <c r="AE14">
+        <v>1977</v>
+      </c>
+      <c r="AG14">
+        <v>47</v>
+      </c>
+      <c r="AH14">
+        <v>45</v>
+      </c>
+      <c r="AI14">
+        <v>2</v>
+      </c>
+      <c r="AJ14">
+        <v>2899</v>
+      </c>
+      <c r="AK14">
+        <v>1977</v>
+      </c>
+      <c r="AL14">
+        <v>75</v>
+      </c>
+      <c r="AM14">
+        <v>75</v>
+      </c>
+      <c r="AN14">
+        <v>0</v>
+      </c>
+      <c r="AO14" t="s">
+        <v>155</v>
+      </c>
+      <c r="AP14">
+        <v>20</v>
+      </c>
+      <c r="AR14">
+        <v>0</v>
+      </c>
+      <c r="AS14">
+        <v>6155</v>
+      </c>
+      <c r="AT14">
+        <v>10425</v>
+      </c>
+    </row>
+    <row r="15" spans="1:46">
+      <c r="A15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B15" t="s">
+        <v>52</v>
+      </c>
+      <c r="C15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D15">
+        <v>49</v>
+      </c>
+      <c r="E15">
+        <v>2570</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15">
+        <v>706</v>
+      </c>
+      <c r="H15">
+        <v>654</v>
+      </c>
+      <c r="I15">
+        <v>699</v>
+      </c>
+      <c r="J15">
+        <v>502</v>
+      </c>
+      <c r="K15">
+        <v>2561</v>
+      </c>
+      <c r="L15">
+        <v>700</v>
+      </c>
+      <c r="M15">
+        <v>0</v>
+      </c>
+      <c r="N15">
+        <v>762</v>
+      </c>
+      <c r="O15">
+        <v>0</v>
+      </c>
+      <c r="P15">
+        <v>952</v>
+      </c>
+      <c r="Q15">
+        <v>2414</v>
+      </c>
+      <c r="R15">
+        <v>1185</v>
+      </c>
+      <c r="S15">
+        <v>1464</v>
+      </c>
+      <c r="T15">
+        <v>2649</v>
+      </c>
+      <c r="U15">
+        <v>80</v>
+      </c>
+      <c r="V15">
+        <v>76</v>
+      </c>
+      <c r="W15">
+        <v>156</v>
+      </c>
+      <c r="X15">
+        <v>0</v>
+      </c>
+      <c r="Y15">
+        <v>1</v>
+      </c>
+      <c r="Z15">
+        <v>1</v>
+      </c>
+      <c r="AA15">
+        <v>155</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC15">
+        <v>71</v>
+      </c>
+      <c r="AD15">
+        <v>0</v>
+      </c>
+      <c r="AE15">
+        <v>2339</v>
+      </c>
+      <c r="AG15">
+        <v>50</v>
+      </c>
+      <c r="AH15">
+        <v>75</v>
+      </c>
+      <c r="AI15">
+        <v>-25</v>
+      </c>
+      <c r="AJ15">
+        <v>2279</v>
+      </c>
+      <c r="AK15">
+        <v>2339</v>
+      </c>
+      <c r="AL15">
+        <v>77</v>
+      </c>
+      <c r="AM15">
+        <v>64</v>
+      </c>
+      <c r="AN15">
+        <v>13</v>
+      </c>
+      <c r="AP15">
+        <v>15</v>
+      </c>
+      <c r="AR15">
+        <v>0</v>
+      </c>
+      <c r="AS15">
+        <v>4657</v>
+      </c>
+      <c r="AT15">
+        <v>10245</v>
+      </c>
+    </row>
+    <row r="16" spans="1:46">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" t="s">
+        <v>156</v>
+      </c>
+      <c r="D16">
+        <v>66</v>
+      </c>
+      <c r="E16">
+        <v>2767</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+      <c r="G16">
+        <v>744</v>
+      </c>
+      <c r="H16">
+        <v>718</v>
+      </c>
+      <c r="I16">
+        <v>623</v>
+      </c>
+      <c r="J16">
+        <v>658</v>
+      </c>
+      <c r="K16">
+        <v>2743</v>
+      </c>
+      <c r="L16">
+        <v>852</v>
+      </c>
+      <c r="M16">
+        <v>0</v>
+      </c>
+      <c r="N16">
+        <v>845</v>
+      </c>
+      <c r="O16">
+        <v>0</v>
+      </c>
+      <c r="P16">
+        <v>924</v>
+      </c>
+      <c r="Q16">
+        <v>2621</v>
+      </c>
+      <c r="R16">
+        <v>1401</v>
+      </c>
+      <c r="S16">
+        <v>1447</v>
+      </c>
+      <c r="T16">
+        <v>2848</v>
+      </c>
+      <c r="U16">
+        <v>60</v>
+      </c>
+      <c r="V16">
+        <v>43</v>
+      </c>
+      <c r="W16">
+        <v>103</v>
+      </c>
+      <c r="X16">
+        <v>29</v>
+      </c>
+      <c r="Y16">
+        <v>10</v>
+      </c>
+      <c r="Z16">
+        <v>39</v>
+      </c>
+      <c r="AA16">
+        <v>64</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC16">
+        <v>73</v>
+      </c>
+      <c r="AD16">
+        <v>0</v>
+      </c>
+      <c r="AE16">
+        <v>2109</v>
+      </c>
+      <c r="AG16">
+        <v>31</v>
+      </c>
+      <c r="AH16">
+        <v>30</v>
+      </c>
+      <c r="AI16">
+        <v>1</v>
+      </c>
+      <c r="AJ16">
+        <v>3904</v>
+      </c>
+      <c r="AK16">
+        <v>2143</v>
+      </c>
+      <c r="AL16">
+        <v>56</v>
+      </c>
+      <c r="AM16">
+        <v>47</v>
+      </c>
+      <c r="AN16">
+        <v>9</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP16">
+        <v>21</v>
+      </c>
+      <c r="AR16">
+        <v>0</v>
+      </c>
+      <c r="AS16">
+        <v>6104</v>
+      </c>
+      <c r="AT16">
+        <v>5406</v>
+      </c>
+    </row>
+    <row r="17" spans="1:46">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" t="s">
+        <v>151</v>
+      </c>
+      <c r="D17">
+        <v>54</v>
+      </c>
+      <c r="E17">
+        <v>2490</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="G17">
+        <v>722</v>
+      </c>
+      <c r="H17">
+        <v>601</v>
+      </c>
+      <c r="I17">
+        <v>647</v>
+      </c>
+      <c r="J17">
+        <v>538</v>
+      </c>
+      <c r="K17">
+        <v>2508</v>
+      </c>
+      <c r="L17">
+        <v>792</v>
+      </c>
+      <c r="M17">
+        <v>0</v>
+      </c>
+      <c r="N17">
+        <v>784</v>
+      </c>
+      <c r="O17">
+        <v>0</v>
+      </c>
+      <c r="P17">
+        <v>905</v>
+      </c>
+      <c r="Q17">
+        <v>2481</v>
+      </c>
+      <c r="R17">
+        <v>1320</v>
+      </c>
+      <c r="S17">
+        <v>1383</v>
+      </c>
+      <c r="T17">
+        <v>2703</v>
+      </c>
+      <c r="U17">
+        <v>45</v>
+      </c>
+      <c r="V17">
+        <v>78</v>
+      </c>
+      <c r="W17">
+        <v>123</v>
+      </c>
+      <c r="X17">
+        <v>31</v>
+      </c>
+      <c r="Y17">
+        <v>54</v>
+      </c>
+      <c r="Z17">
+        <v>85</v>
+      </c>
+      <c r="AA17">
+        <v>38</v>
+      </c>
+      <c r="AC17">
+        <v>75</v>
+      </c>
+      <c r="AD17">
+        <v>0</v>
+      </c>
+      <c r="AE17">
+        <v>2264</v>
+      </c>
+      <c r="AG17">
+        <v>47</v>
+      </c>
+      <c r="AH17">
+        <v>53</v>
+      </c>
+      <c r="AI17">
+        <v>-6</v>
+      </c>
+      <c r="AJ17">
+        <v>2216</v>
+      </c>
+      <c r="AK17">
+        <v>2264</v>
+      </c>
+      <c r="AL17">
+        <v>55</v>
+      </c>
+      <c r="AM17">
+        <v>71</v>
+      </c>
+      <c r="AN17">
+        <v>-16</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>150</v>
+      </c>
+      <c r="AP17">
+        <v>20</v>
+      </c>
+      <c r="AR17">
+        <v>0</v>
+      </c>
+      <c r="AS17">
+        <v>5600</v>
+      </c>
+      <c r="AT17">
+        <v>9649</v>
+      </c>
+    </row>
+    <row r="18" spans="1:46">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" t="s">
+        <v>156</v>
+      </c>
+      <c r="D18">
+        <v>69</v>
+      </c>
+      <c r="E18">
+        <v>2607</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18">
+        <v>591</v>
+      </c>
+      <c r="H18">
+        <v>568</v>
+      </c>
+      <c r="I18">
+        <v>644</v>
+      </c>
+      <c r="J18">
+        <v>769</v>
+      </c>
+      <c r="K18">
+        <v>2572</v>
+      </c>
+      <c r="L18">
+        <v>819</v>
+      </c>
+      <c r="M18">
+        <v>0</v>
+      </c>
+      <c r="N18">
+        <v>823</v>
+      </c>
+      <c r="O18">
+        <v>0</v>
+      </c>
+      <c r="P18">
+        <v>882</v>
+      </c>
+      <c r="Q18">
+        <v>2524</v>
+      </c>
+      <c r="R18">
+        <v>1206</v>
+      </c>
+      <c r="S18">
+        <v>1458</v>
+      </c>
+      <c r="T18">
+        <v>2664</v>
+      </c>
+      <c r="U18">
+        <v>49</v>
+      </c>
+      <c r="V18">
+        <v>80</v>
+      </c>
+      <c r="W18">
+        <v>129</v>
+      </c>
+      <c r="X18">
+        <v>9</v>
+      </c>
+      <c r="Y18">
+        <v>18</v>
+      </c>
+      <c r="Z18">
+        <v>27</v>
+      </c>
+      <c r="AA18">
+        <v>102</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC18">
+        <v>70</v>
+      </c>
+      <c r="AD18">
+        <v>0</v>
+      </c>
+      <c r="AE18">
+        <v>2366</v>
+      </c>
+      <c r="AG18">
+        <v>54</v>
+      </c>
+      <c r="AH18">
+        <v>54</v>
+      </c>
+      <c r="AI18">
+        <v>0</v>
+      </c>
+      <c r="AJ18">
+        <v>2386</v>
+      </c>
+      <c r="AK18">
+        <v>2333</v>
+      </c>
+      <c r="AL18">
+        <v>78</v>
+      </c>
+      <c r="AM18">
+        <v>67</v>
+      </c>
+      <c r="AN18">
+        <v>11</v>
+      </c>
+      <c r="AO18" t="s">
+        <v>159</v>
+      </c>
+      <c r="AP18">
+        <v>20</v>
+      </c>
+      <c r="AR18">
+        <v>0</v>
+      </c>
+      <c r="AS18">
+        <v>6080</v>
+      </c>
+      <c r="AT18">
+        <v>6420</v>
+      </c>
+    </row>
+    <row r="19" spans="1:46">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19">
+        <v>44</v>
+      </c>
+      <c r="E19">
+        <v>2601</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19">
+        <v>713</v>
+      </c>
+      <c r="H19">
+        <v>519</v>
+      </c>
+      <c r="I19">
+        <v>648</v>
+      </c>
+      <c r="J19">
+        <v>699</v>
+      </c>
+      <c r="K19">
+        <v>2579</v>
+      </c>
+      <c r="L19">
+        <v>854</v>
+      </c>
+      <c r="M19">
+        <v>0</v>
+      </c>
+      <c r="N19">
+        <v>777</v>
+      </c>
+      <c r="O19">
+        <v>0</v>
+      </c>
+      <c r="P19">
+        <v>847</v>
+      </c>
+      <c r="Q19">
+        <v>2478</v>
+      </c>
+      <c r="R19">
+        <v>1460</v>
+      </c>
+      <c r="S19">
+        <v>1177</v>
+      </c>
+      <c r="T19">
+        <v>2637</v>
+      </c>
+      <c r="U19">
+        <v>71</v>
+      </c>
+      <c r="V19">
+        <v>50</v>
+      </c>
+      <c r="W19">
+        <v>121</v>
+      </c>
+      <c r="X19">
+        <v>41</v>
+      </c>
+      <c r="Y19">
+        <v>40</v>
+      </c>
+      <c r="Z19">
+        <v>81</v>
+      </c>
+      <c r="AA19">
+        <v>40</v>
+      </c>
+      <c r="AC19">
+        <v>81</v>
+      </c>
+      <c r="AD19">
+        <v>0</v>
+      </c>
+      <c r="AE19">
+        <v>2290</v>
+      </c>
+      <c r="AG19">
+        <v>31</v>
+      </c>
+      <c r="AH19">
+        <v>44</v>
+      </c>
+      <c r="AI19">
+        <v>-13</v>
+      </c>
+      <c r="AJ19">
+        <v>2265</v>
+      </c>
+      <c r="AK19">
+        <v>2290</v>
+      </c>
+      <c r="AL19">
+        <v>72</v>
+      </c>
+      <c r="AM19">
+        <v>56</v>
+      </c>
+      <c r="AN19">
+        <v>16</v>
+      </c>
+      <c r="AP19">
+        <v>23</v>
+      </c>
+      <c r="AR19">
+        <v>0</v>
+      </c>
+      <c r="AS19">
+        <v>5484</v>
+      </c>
+      <c r="AT19">
+        <v>4237</v>
+      </c>
+    </row>
+    <row r="20" spans="1:46">
+      <c r="A20" t="s">
+        <v>80</v>
+      </c>
+      <c r="B20" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20">
+        <v>69</v>
+      </c>
+      <c r="E20">
+        <v>2576</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20">
+        <v>777</v>
+      </c>
+      <c r="H20">
+        <v>633</v>
+      </c>
+      <c r="I20">
+        <v>623</v>
+      </c>
+      <c r="J20">
+        <v>545</v>
+      </c>
+      <c r="K20">
+        <v>2578</v>
+      </c>
+      <c r="L20">
+        <v>777</v>
+      </c>
+      <c r="M20">
+        <v>0</v>
+      </c>
+      <c r="N20">
+        <v>770</v>
+      </c>
+      <c r="O20">
+        <v>0</v>
+      </c>
+      <c r="P20">
+        <v>806</v>
+      </c>
+      <c r="Q20">
+        <v>2353</v>
+      </c>
+      <c r="R20">
+        <v>1187</v>
+      </c>
+      <c r="S20">
+        <v>1437</v>
+      </c>
+      <c r="T20">
+        <v>2624</v>
+      </c>
+      <c r="U20">
+        <v>59</v>
+      </c>
+      <c r="V20">
+        <v>66</v>
+      </c>
+      <c r="W20">
+        <v>125</v>
+      </c>
+      <c r="X20">
+        <v>10</v>
+      </c>
+      <c r="Y20">
+        <v>5</v>
+      </c>
+      <c r="Z20">
+        <v>15</v>
+      </c>
+      <c r="AA20">
+        <v>110</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC20">
+        <v>71</v>
+      </c>
+      <c r="AD20">
+        <v>0</v>
+      </c>
+      <c r="AE20">
+        <v>2336</v>
+      </c>
+      <c r="AG20">
+        <v>56</v>
+      </c>
+      <c r="AH20">
+        <v>53</v>
+      </c>
+      <c r="AI20">
+        <v>3</v>
+      </c>
+      <c r="AJ20">
+        <v>2163</v>
+      </c>
+      <c r="AK20">
+        <v>2365</v>
+      </c>
+      <c r="AL20">
+        <v>98</v>
+      </c>
+      <c r="AM20">
+        <v>60</v>
+      </c>
+      <c r="AN20">
+        <v>38</v>
+      </c>
+      <c r="AO20" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP20">
+        <v>19</v>
+      </c>
+      <c r="AR20">
+        <v>0</v>
+      </c>
+      <c r="AS20">
+        <v>6234</v>
+      </c>
+      <c r="AT20">
+        <v>6216</v>
+      </c>
+    </row>
+    <row r="21" spans="1:46">
+      <c r="A21" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21">
+        <v>47</v>
+      </c>
+      <c r="E21">
+        <v>2082</v>
+      </c>
+      <c r="F21">
+        <v>0</v>
+      </c>
+      <c r="G21">
+        <v>621</v>
+      </c>
+      <c r="H21">
+        <v>599</v>
+      </c>
+      <c r="I21">
+        <v>551</v>
+      </c>
+      <c r="J21">
+        <v>308</v>
+      </c>
+      <c r="K21">
+        <v>2079</v>
+      </c>
+      <c r="L21">
+        <v>778</v>
+      </c>
+      <c r="M21">
+        <v>0</v>
+      </c>
+      <c r="N21">
+        <v>528</v>
+      </c>
+      <c r="O21">
+        <v>0</v>
+      </c>
+      <c r="P21">
+        <v>574</v>
+      </c>
+      <c r="Q21">
+        <v>1880</v>
+      </c>
+      <c r="R21">
+        <v>977</v>
+      </c>
+      <c r="S21">
+        <v>1196</v>
+      </c>
+      <c r="T21">
+        <v>2173</v>
+      </c>
+      <c r="U21">
+        <v>50</v>
+      </c>
+      <c r="V21">
+        <v>54</v>
+      </c>
+      <c r="W21">
+        <v>104</v>
+      </c>
+      <c r="X21">
+        <v>39</v>
+      </c>
+      <c r="Y21">
+        <v>54</v>
+      </c>
+      <c r="Z21">
+        <v>93</v>
+      </c>
+      <c r="AA21">
+        <v>11</v>
+      </c>
+      <c r="AC21">
+        <v>65</v>
+      </c>
+      <c r="AD21">
+        <v>0</v>
+      </c>
+      <c r="AE21">
+        <v>3203</v>
+      </c>
+      <c r="AG21">
+        <v>97</v>
+      </c>
+      <c r="AH21">
+        <v>34</v>
+      </c>
+      <c r="AI21">
+        <v>63</v>
+      </c>
+      <c r="AJ21">
+        <v>1834</v>
+      </c>
+      <c r="AK21">
+        <v>1855</v>
+      </c>
+      <c r="AL21">
+        <v>36</v>
+      </c>
+      <c r="AM21">
+        <v>78</v>
+      </c>
+      <c r="AN21">
+        <v>-42</v>
+      </c>
+      <c r="AP21">
+        <v>23</v>
+      </c>
+      <c r="AR21">
+        <v>0</v>
+      </c>
+      <c r="AS21">
+        <v>6842</v>
+      </c>
+      <c r="AT21">
+        <v>6744</v>
+      </c>
+    </row>
+    <row r="22" spans="1:46">
+      <c r="A22" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22">
+        <v>67</v>
+      </c>
+      <c r="E22">
+        <v>1935</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
+      </c>
+      <c r="G22">
+        <v>659</v>
+      </c>
+      <c r="H22">
+        <v>386</v>
+      </c>
+      <c r="I22">
+        <v>600</v>
+      </c>
+      <c r="J22">
+        <v>261</v>
+      </c>
+      <c r="K22">
+        <v>1906</v>
+      </c>
+      <c r="L22">
+        <v>791</v>
+      </c>
+      <c r="M22">
+        <v>0</v>
+      </c>
+      <c r="N22">
+        <v>672</v>
+      </c>
+      <c r="O22">
+        <v>0</v>
+      </c>
+      <c r="P22">
+        <v>721</v>
+      </c>
+      <c r="Q22">
+        <v>2184</v>
+      </c>
+      <c r="R22">
+        <v>1071</v>
+      </c>
+      <c r="S22">
+        <v>992</v>
+      </c>
+      <c r="T22">
+        <v>2063</v>
+      </c>
+      <c r="U22">
+        <v>93</v>
+      </c>
+      <c r="V22">
+        <v>112</v>
+      </c>
+      <c r="W22">
+        <v>205</v>
+      </c>
+      <c r="X22">
+        <v>14</v>
+      </c>
+      <c r="Y22">
+        <v>0</v>
+      </c>
+      <c r="Z22">
+        <v>14</v>
+      </c>
+      <c r="AA22">
+        <v>191</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC22">
+        <v>72</v>
+      </c>
+      <c r="AD22">
+        <v>0</v>
+      </c>
+      <c r="AE22">
+        <v>2035</v>
+      </c>
+      <c r="AG22">
+        <v>93</v>
+      </c>
+      <c r="AH22">
+        <v>111</v>
+      </c>
+      <c r="AI22">
+        <v>-18</v>
+      </c>
+      <c r="AJ22">
+        <v>2065</v>
+      </c>
+      <c r="AK22">
+        <v>2065</v>
+      </c>
+      <c r="AL22">
+        <v>96</v>
+      </c>
+      <c r="AM22">
+        <v>113</v>
+      </c>
+      <c r="AN22">
+        <v>-17</v>
+      </c>
+      <c r="AO22" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP22">
+        <v>20</v>
+      </c>
+      <c r="AR22">
+        <v>0</v>
+      </c>
+      <c r="AS22">
+        <v>4458</v>
+      </c>
+      <c r="AT22">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="23" spans="1:46">
+      <c r="A23" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D23">
+        <v>45</v>
+      </c>
+      <c r="E23">
+        <v>2286</v>
+      </c>
+      <c r="F23">
+        <v>0</v>
+      </c>
+      <c r="G23">
+        <v>690</v>
+      </c>
+      <c r="H23">
+        <v>442</v>
+      </c>
+      <c r="I23">
+        <v>597</v>
+      </c>
+      <c r="J23">
+        <v>587</v>
+      </c>
+      <c r="K23">
+        <v>2316</v>
+      </c>
+      <c r="L23">
+        <v>819</v>
+      </c>
+      <c r="M23">
+        <v>0</v>
+      </c>
+      <c r="N23">
+        <v>645</v>
+      </c>
+      <c r="O23">
+        <v>0</v>
+      </c>
+      <c r="P23">
+        <v>779</v>
+      </c>
+      <c r="Q23">
+        <v>2243</v>
+      </c>
+      <c r="R23">
+        <v>1091</v>
+      </c>
+      <c r="S23">
+        <v>1282</v>
+      </c>
+      <c r="T23">
+        <v>2373</v>
+      </c>
+      <c r="U23">
+        <v>62</v>
+      </c>
+      <c r="V23">
+        <v>68</v>
+      </c>
+      <c r="W23">
+        <v>130</v>
+      </c>
+      <c r="X23">
+        <v>35</v>
+      </c>
+      <c r="Y23">
+        <v>42</v>
+      </c>
+      <c r="Z23">
+        <v>77</v>
+      </c>
+      <c r="AA23">
+        <v>53</v>
+      </c>
+      <c r="AC23">
+        <v>60</v>
+      </c>
+      <c r="AD23">
+        <v>0</v>
+      </c>
+      <c r="AE23">
+        <v>2590</v>
+      </c>
+      <c r="AG23">
+        <v>77</v>
+      </c>
+      <c r="AH23">
+        <v>82</v>
+      </c>
+      <c r="AI23">
+        <v>-5</v>
+      </c>
+      <c r="AJ23">
+        <v>2553</v>
+      </c>
+      <c r="AK23">
+        <v>2588</v>
+      </c>
+      <c r="AL23">
+        <v>82</v>
+      </c>
+      <c r="AM23">
+        <v>35</v>
+      </c>
+      <c r="AN23">
+        <v>47</v>
+      </c>
+      <c r="AP23">
+        <v>17</v>
+      </c>
+      <c r="AR23">
+        <v>0</v>
+      </c>
+      <c r="AS23">
+        <v>4261</v>
+      </c>
+      <c r="AT23">
+        <v>6314</v>
+      </c>
+    </row>
+    <row r="24" spans="1:46">
+      <c r="A24" t="s">
+        <v>84</v>
+      </c>
+      <c r="B24" t="s">
+        <v>47</v>
+      </c>
+      <c r="C24" t="s">
+        <v>156</v>
+      </c>
+      <c r="D24">
+        <v>66</v>
+      </c>
+      <c r="E24">
+        <v>2390</v>
+      </c>
+      <c r="F24">
+        <v>0</v>
+      </c>
+      <c r="G24">
+        <v>582</v>
+      </c>
+      <c r="H24">
+        <v>639</v>
+      </c>
+      <c r="I24">
+        <v>495</v>
+      </c>
+      <c r="J24">
+        <v>640</v>
+      </c>
+      <c r="K24">
+        <v>2356</v>
+      </c>
+      <c r="L24">
+        <v>825</v>
+      </c>
+      <c r="M24">
+        <v>0</v>
+      </c>
+      <c r="N24">
+        <v>856</v>
+      </c>
+      <c r="O24">
+        <v>0</v>
+      </c>
+      <c r="P24">
+        <v>749</v>
+      </c>
+      <c r="Q24">
+        <v>2430</v>
+      </c>
+      <c r="R24">
+        <v>1133</v>
+      </c>
+      <c r="S24">
+        <v>1390</v>
+      </c>
+      <c r="T24">
+        <v>2523</v>
+      </c>
+      <c r="U24">
+        <v>90</v>
+      </c>
+      <c r="V24">
+        <v>111</v>
+      </c>
+      <c r="W24">
+        <v>201</v>
+      </c>
+      <c r="X24">
+        <v>25</v>
+      </c>
+      <c r="Y24">
+        <v>18</v>
+      </c>
+      <c r="Z24">
+        <v>43</v>
+      </c>
+      <c r="AA24">
+        <v>158</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC24">
+        <v>72</v>
+      </c>
+      <c r="AD24">
+        <v>0</v>
+      </c>
+      <c r="AE24">
+        <v>2775</v>
+      </c>
+      <c r="AG24">
+        <v>50</v>
+      </c>
+      <c r="AH24">
+        <v>41</v>
+      </c>
+      <c r="AI24">
+        <v>9</v>
+      </c>
+      <c r="AJ24">
+        <v>2705</v>
+      </c>
+      <c r="AK24">
+        <v>2755</v>
+      </c>
+      <c r="AL24">
+        <v>70</v>
+      </c>
+      <c r="AM24">
+        <v>59</v>
+      </c>
+      <c r="AN24">
+        <v>11</v>
+      </c>
+      <c r="AO24" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP24">
+        <v>20</v>
+      </c>
+      <c r="AR24">
+        <v>0</v>
+      </c>
+      <c r="AS24">
+        <v>7477</v>
+      </c>
+      <c r="AT24">
+        <v>6623</v>
+      </c>
+    </row>
+    <row r="25" spans="1:46">
+      <c r="A25" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" t="s">
+        <v>52</v>
+      </c>
+      <c r="C25" t="s">
+        <v>156</v>
+      </c>
+      <c r="D25">
+        <v>58</v>
+      </c>
+      <c r="E25">
+        <v>1992</v>
+      </c>
+      <c r="F25">
+        <v>0</v>
+      </c>
+      <c r="G25">
+        <v>458</v>
+      </c>
+      <c r="H25">
+        <v>493</v>
+      </c>
+      <c r="I25">
+        <v>511</v>
+      </c>
+      <c r="J25">
+        <v>458</v>
+      </c>
+      <c r="K25">
+        <v>1920</v>
+      </c>
+      <c r="L25">
+        <v>595</v>
+      </c>
+      <c r="M25">
+        <v>0</v>
+      </c>
+      <c r="N25">
+        <v>620</v>
+      </c>
+      <c r="O25">
+        <v>0</v>
+      </c>
+      <c r="P25">
+        <v>756</v>
+      </c>
+      <c r="Q25">
+        <v>1971</v>
+      </c>
+      <c r="R25">
+        <v>1044</v>
+      </c>
+      <c r="S25">
+        <v>1065</v>
+      </c>
+      <c r="T25">
+        <v>2109</v>
+      </c>
+      <c r="U25">
+        <v>73</v>
+      </c>
+      <c r="V25">
+        <v>75</v>
+      </c>
+      <c r="W25">
+        <v>148</v>
+      </c>
+      <c r="X25">
+        <v>7</v>
+      </c>
+      <c r="Y25">
+        <v>0</v>
+      </c>
+      <c r="Z25">
+        <v>7</v>
+      </c>
+      <c r="AA25">
+        <v>141</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC25">
+        <v>64</v>
+      </c>
+      <c r="AD25">
+        <v>2389</v>
+      </c>
+      <c r="AE25">
+        <v>1584</v>
+      </c>
+      <c r="AG25">
+        <v>44</v>
+      </c>
+      <c r="AH25">
+        <v>77</v>
+      </c>
+      <c r="AI25">
+        <v>-33</v>
+      </c>
+      <c r="AJ25">
+        <v>2419</v>
+      </c>
+      <c r="AK25">
+        <v>2409</v>
+      </c>
+      <c r="AL25">
+        <v>66</v>
+      </c>
+      <c r="AM25">
+        <v>65</v>
+      </c>
+      <c r="AN25">
+        <v>1</v>
+      </c>
+      <c r="AO25" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP25">
+        <v>25</v>
+      </c>
+      <c r="AR25">
+        <v>0</v>
+      </c>
+      <c r="AS25">
+        <v>4945</v>
+      </c>
+      <c r="AT25">
+        <v>5216</v>
+      </c>
+    </row>
+    <row r="26" spans="1:46">
+      <c r="A26" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" t="s">
+        <v>47</v>
+      </c>
+      <c r="C26" t="s">
+        <v>151</v>
+      </c>
+      <c r="D26">
+        <v>53</v>
+      </c>
+      <c r="E26">
+        <v>2320</v>
+      </c>
+      <c r="F26">
+        <v>0</v>
+      </c>
+      <c r="G26">
+        <v>556</v>
+      </c>
+      <c r="H26">
+        <v>526</v>
+      </c>
+      <c r="I26">
+        <v>630</v>
+      </c>
+      <c r="J26">
+        <v>589</v>
+      </c>
+      <c r="K26">
+        <v>2301</v>
+      </c>
+      <c r="L26">
+        <v>780</v>
+      </c>
+      <c r="M26">
+        <v>0</v>
+      </c>
+      <c r="N26">
+        <v>692</v>
+      </c>
+      <c r="O26">
+        <v>0</v>
+      </c>
+      <c r="P26">
+        <v>749</v>
+      </c>
+      <c r="Q26">
+        <v>2221</v>
+      </c>
+      <c r="R26">
+        <v>1281</v>
+      </c>
+      <c r="S26">
+        <v>1187</v>
+      </c>
+      <c r="T26">
+        <v>2468</v>
+      </c>
+      <c r="U26">
+        <v>45</v>
+      </c>
+      <c r="V26">
+        <v>41</v>
+      </c>
+      <c r="W26">
+        <v>86</v>
+      </c>
+      <c r="X26">
+        <v>21</v>
+      </c>
+      <c r="Y26">
+        <v>31</v>
+      </c>
+      <c r="Z26">
+        <v>52</v>
+      </c>
+      <c r="AA26">
+        <v>34</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC26">
+        <v>65</v>
+      </c>
+      <c r="AD26">
+        <v>2350</v>
+      </c>
+      <c r="AE26">
+        <v>2620</v>
+      </c>
+      <c r="AG26">
+        <v>24</v>
+      </c>
+      <c r="AH26">
+        <v>32</v>
+      </c>
+      <c r="AI26">
+        <v>-8</v>
+      </c>
+      <c r="AJ26">
+        <v>2439</v>
+      </c>
+      <c r="AK26">
+        <v>2645</v>
+      </c>
+      <c r="AL26">
+        <v>76</v>
+      </c>
+      <c r="AM26">
+        <v>75</v>
+      </c>
+      <c r="AN26">
+        <v>1</v>
+      </c>
+      <c r="AO26" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP26">
+        <v>29</v>
+      </c>
+      <c r="AR26">
+        <v>0</v>
+      </c>
+      <c r="AS26">
+        <v>7216</v>
+      </c>
+      <c r="AT26">
+        <v>6533</v>
+      </c>
+    </row>
+    <row r="27" spans="1:46">
+      <c r="A27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B27" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" t="s">
+        <v>156</v>
+      </c>
+      <c r="D27">
+        <v>59</v>
+      </c>
+      <c r="E27">
+        <v>2127</v>
+      </c>
+      <c r="F27">
+        <v>0</v>
+      </c>
+      <c r="G27">
+        <v>165</v>
+      </c>
+      <c r="H27">
+        <v>651</v>
+      </c>
+      <c r="I27">
+        <v>631</v>
+      </c>
+      <c r="J27">
+        <v>671</v>
+      </c>
+      <c r="K27">
+        <v>2118</v>
+      </c>
+      <c r="L27">
+        <v>707</v>
+      </c>
+      <c r="M27">
+        <v>0</v>
+      </c>
+      <c r="N27">
+        <v>709</v>
+      </c>
+      <c r="O27">
+        <v>0</v>
+      </c>
+      <c r="P27">
+        <v>721</v>
+      </c>
+      <c r="Q27">
+        <v>2137</v>
+      </c>
+      <c r="R27">
+        <v>1187</v>
+      </c>
+      <c r="S27">
+        <v>1160</v>
+      </c>
+      <c r="T27">
+        <v>2347</v>
+      </c>
+      <c r="U27">
+        <v>76</v>
+      </c>
+      <c r="V27">
+        <v>130</v>
+      </c>
+      <c r="W27">
+        <v>206</v>
+      </c>
+      <c r="X27">
+        <v>0</v>
+      </c>
+      <c r="Y27">
+        <v>0</v>
+      </c>
+      <c r="Z27">
+        <v>0</v>
+      </c>
+      <c r="AA27">
+        <v>206</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC27">
+        <v>71</v>
+      </c>
+      <c r="AD27">
+        <v>2233</v>
+      </c>
+      <c r="AE27">
+        <v>2446</v>
+      </c>
+      <c r="AG27">
+        <v>61</v>
+      </c>
+      <c r="AH27">
+        <v>0</v>
+      </c>
+      <c r="AI27">
+        <v>61</v>
+      </c>
+      <c r="AJ27">
+        <v>2306</v>
+      </c>
+      <c r="AK27">
+        <v>2446</v>
+      </c>
+      <c r="AL27">
+        <v>72</v>
+      </c>
+      <c r="AM27">
+        <v>0</v>
+      </c>
+      <c r="AN27">
+        <v>72</v>
+      </c>
+      <c r="AO27" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP27">
+        <v>26</v>
+      </c>
+      <c r="AR27">
+        <v>0</v>
+      </c>
+      <c r="AS27">
+        <v>0</v>
+      </c>
+      <c r="AT27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:46">
+      <c r="A28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" t="s">
+        <v>47</v>
+      </c>
+      <c r="C28" t="s">
+        <v>151</v>
+      </c>
+      <c r="D28">
+        <v>55</v>
+      </c>
+      <c r="E28">
+        <v>2617</v>
+      </c>
+      <c r="F28">
+        <v>0</v>
+      </c>
+      <c r="G28">
+        <v>723</v>
+      </c>
+      <c r="H28">
+        <v>667</v>
+      </c>
+      <c r="I28">
+        <v>733</v>
+      </c>
+      <c r="J28">
+        <v>493</v>
+      </c>
+      <c r="K28">
+        <v>2616</v>
+      </c>
+      <c r="L28">
+        <v>890</v>
+      </c>
+      <c r="M28">
+        <v>0</v>
+      </c>
+      <c r="N28">
+        <v>858</v>
+      </c>
+      <c r="O28">
+        <v>0</v>
+      </c>
+      <c r="P28">
+        <v>874</v>
+      </c>
+      <c r="Q28">
+        <v>2622</v>
+      </c>
+      <c r="R28">
+        <v>1249</v>
+      </c>
+      <c r="S28">
+        <v>1510</v>
+      </c>
+      <c r="T28">
+        <v>2759</v>
+      </c>
+      <c r="U28">
+        <v>26</v>
+      </c>
+      <c r="V28">
+        <v>70</v>
+      </c>
+      <c r="W28">
+        <v>96</v>
+      </c>
+      <c r="X28">
+        <v>0</v>
+      </c>
+      <c r="Y28">
+        <v>120</v>
+      </c>
+      <c r="Z28">
+        <v>120</v>
+      </c>
+      <c r="AA28">
+        <v>-24</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC28">
+        <v>68</v>
+      </c>
+      <c r="AD28">
+        <v>2145</v>
+      </c>
+      <c r="AE28">
+        <v>2205</v>
+      </c>
+      <c r="AG28">
+        <v>27</v>
+      </c>
+      <c r="AH28">
+        <v>38</v>
+      </c>
+      <c r="AI28">
+        <v>-11</v>
+      </c>
+      <c r="AJ28">
+        <v>2212</v>
+      </c>
+      <c r="AK28">
+        <v>2237</v>
+      </c>
+      <c r="AL28">
+        <v>56</v>
+      </c>
+      <c r="AM28">
+        <v>61</v>
+      </c>
+      <c r="AN28">
+        <v>-5</v>
+      </c>
+      <c r="AO28" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP28">
+        <v>29</v>
+      </c>
+      <c r="AR28">
+        <v>0</v>
+      </c>
+      <c r="AS28">
+        <v>6099</v>
+      </c>
+      <c r="AT28">
+        <v>4056</v>
+      </c>
+    </row>
+    <row r="29" spans="1:46">
+      <c r="A29" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" t="s">
+        <v>156</v>
+      </c>
+      <c r="D29">
+        <v>62</v>
+      </c>
+      <c r="E29">
+        <v>2636</v>
+      </c>
+      <c r="F29">
+        <v>0</v>
+      </c>
+      <c r="G29">
+        <v>675</v>
+      </c>
+      <c r="H29">
+        <v>710</v>
+      </c>
+      <c r="I29">
+        <v>593</v>
+      </c>
+      <c r="J29">
+        <v>647</v>
+      </c>
+      <c r="K29">
+        <v>2625</v>
+      </c>
+      <c r="L29">
+        <v>875</v>
+      </c>
+      <c r="M29">
+        <v>0</v>
+      </c>
+      <c r="N29">
+        <v>812</v>
+      </c>
+      <c r="O29">
+        <v>0</v>
+      </c>
+      <c r="P29">
+        <v>874</v>
+      </c>
+      <c r="Q29">
+        <v>2561</v>
+      </c>
+      <c r="R29">
+        <v>1291</v>
+      </c>
+      <c r="S29">
+        <v>1439</v>
+      </c>
+      <c r="T29">
+        <v>2730</v>
+      </c>
+      <c r="U29">
+        <v>67</v>
+      </c>
+      <c r="V29">
+        <v>144</v>
+      </c>
+      <c r="W29">
+        <v>211</v>
+      </c>
+      <c r="X29">
+        <v>15</v>
+      </c>
+      <c r="Y29">
+        <v>0</v>
+      </c>
+      <c r="Z29">
+        <v>15</v>
+      </c>
+      <c r="AA29">
+        <v>196</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC29">
+        <v>69</v>
+      </c>
+      <c r="AD29">
+        <v>1994</v>
+      </c>
+      <c r="AE29">
+        <v>1560</v>
+      </c>
+      <c r="AG29">
+        <v>43</v>
+      </c>
+      <c r="AH29">
+        <v>55</v>
+      </c>
+      <c r="AI29">
+        <v>-12</v>
+      </c>
+      <c r="AJ29">
+        <v>2149</v>
+      </c>
+      <c r="AK29">
+        <v>2484</v>
+      </c>
+      <c r="AL29">
+        <v>80</v>
+      </c>
+      <c r="AM29">
+        <v>56</v>
+      </c>
+      <c r="AN29">
+        <v>24</v>
+      </c>
+      <c r="AO29" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP29">
+        <v>31</v>
+      </c>
+      <c r="AR29">
+        <v>0</v>
+      </c>
+      <c r="AS29">
+        <v>4916</v>
+      </c>
+      <c r="AT29">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="30" spans="1:46">
+      <c r="A30" t="s">
+        <v>99</v>
+      </c>
+      <c r="B30" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" t="s">
+        <v>151</v>
+      </c>
+      <c r="D30">
+        <v>52</v>
+      </c>
+      <c r="E30">
+        <v>2635</v>
+      </c>
+      <c r="F30">
+        <v>0</v>
+      </c>
+      <c r="G30">
+        <v>785</v>
+      </c>
+      <c r="H30">
+        <v>502</v>
+      </c>
+      <c r="I30">
+        <v>668</v>
+      </c>
+      <c r="J30">
+        <v>740</v>
+      </c>
+      <c r="K30">
+        <v>2695</v>
+      </c>
+      <c r="L30">
+        <v>883</v>
+      </c>
+      <c r="M30">
+        <v>0</v>
+      </c>
+      <c r="N30">
+        <v>913</v>
+      </c>
+      <c r="O30">
+        <v>0</v>
+      </c>
+      <c r="P30">
+        <v>871</v>
+      </c>
+      <c r="Q30">
+        <v>2667</v>
+      </c>
+      <c r="R30">
+        <v>1330</v>
+      </c>
+      <c r="S30">
+        <v>1500</v>
+      </c>
+      <c r="T30">
+        <v>2830</v>
+      </c>
+      <c r="U30">
+        <v>60</v>
+      </c>
+      <c r="V30">
+        <v>85</v>
+      </c>
+      <c r="W30">
+        <v>145</v>
+      </c>
+      <c r="X30">
+        <v>55</v>
+      </c>
+      <c r="Y30">
+        <v>59</v>
+      </c>
+      <c r="Z30">
+        <v>114</v>
+      </c>
+      <c r="AA30">
+        <v>31</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC30">
+        <v>63</v>
+      </c>
+      <c r="AD30">
+        <v>2425</v>
+      </c>
+      <c r="AE30">
+        <v>2433</v>
+      </c>
+      <c r="AG30">
+        <v>24</v>
+      </c>
+      <c r="AH30">
+        <v>24</v>
+      </c>
+      <c r="AI30">
+        <v>0</v>
+      </c>
+      <c r="AJ30">
+        <v>2478</v>
+      </c>
+      <c r="AK30">
+        <v>2512</v>
+      </c>
+      <c r="AL30">
+        <v>75</v>
+      </c>
+      <c r="AM30">
+        <v>55</v>
+      </c>
+      <c r="AN30">
+        <v>20</v>
+      </c>
+      <c r="AO30" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP30">
+        <v>31</v>
+      </c>
+      <c r="AR30">
+        <v>0</v>
+      </c>
+      <c r="AS30">
+        <v>5888</v>
+      </c>
+      <c r="AT30">
+        <v>4166</v>
+      </c>
+    </row>
+    <row r="31" spans="1:46">
+      <c r="A31" t="s">
+        <v>99</v>
+      </c>
+      <c r="B31" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31" t="s">
+        <v>156</v>
+      </c>
+      <c r="D31">
+        <v>63</v>
+      </c>
+      <c r="E31">
+        <v>2683</v>
+      </c>
+      <c r="F31">
+        <v>0</v>
+      </c>
+      <c r="G31">
+        <v>754</v>
+      </c>
+      <c r="H31">
+        <v>569</v>
+      </c>
+      <c r="I31">
+        <v>608</v>
+      </c>
+      <c r="J31">
+        <v>751</v>
+      </c>
+      <c r="K31">
+        <v>2682</v>
+      </c>
+      <c r="L31">
+        <v>903</v>
+      </c>
+      <c r="M31">
+        <v>0</v>
+      </c>
+      <c r="N31">
+        <v>854</v>
+      </c>
+      <c r="O31">
+        <v>0</v>
+      </c>
+      <c r="P31">
+        <v>868</v>
+      </c>
+      <c r="Q31">
+        <v>2625</v>
+      </c>
+      <c r="R31">
+        <v>1298</v>
+      </c>
+      <c r="S31">
+        <v>1475</v>
+      </c>
+      <c r="T31">
+        <v>2773</v>
+      </c>
+      <c r="U31">
+        <v>66</v>
+      </c>
+      <c r="V31">
+        <v>106</v>
+      </c>
+      <c r="W31">
+        <v>172</v>
+      </c>
+      <c r="X31">
+        <v>0</v>
+      </c>
+      <c r="Y31">
+        <v>0</v>
+      </c>
+      <c r="Z31">
+        <v>0</v>
+      </c>
+      <c r="AA31">
+        <v>172</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC31">
+        <v>74</v>
+      </c>
+      <c r="AD31">
+        <v>2359</v>
+      </c>
+      <c r="AE31">
+        <v>1670</v>
+      </c>
+      <c r="AG31">
+        <v>29</v>
+      </c>
+      <c r="AH31">
+        <v>49</v>
+      </c>
+      <c r="AI31">
+        <v>-20</v>
+      </c>
+      <c r="AJ31">
+        <v>2558</v>
+      </c>
+      <c r="AK31">
+        <v>2581</v>
+      </c>
+      <c r="AL31">
+        <v>68</v>
+      </c>
+      <c r="AM31">
+        <v>69</v>
+      </c>
+      <c r="AN31">
+        <v>-1</v>
+      </c>
+      <c r="AO31" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP31">
+        <v>31</v>
+      </c>
+      <c r="AR31">
+        <v>0</v>
+      </c>
+      <c r="AS31">
+        <v>7057</v>
+      </c>
+      <c r="AT31">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="32" spans="1:46">
+      <c r="A32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B32" t="s">
+        <v>47</v>
+      </c>
+      <c r="C32" t="s">
+        <v>163</v>
+      </c>
+      <c r="D32">
+        <v>49</v>
+      </c>
+      <c r="E32">
+        <v>2642</v>
+      </c>
+      <c r="F32">
+        <v>1863</v>
+      </c>
+      <c r="G32">
+        <v>525</v>
+      </c>
+      <c r="H32">
+        <v>604</v>
+      </c>
+      <c r="I32">
+        <v>671</v>
+      </c>
+      <c r="J32">
+        <v>851</v>
+      </c>
+      <c r="K32">
+        <v>2651</v>
+      </c>
+      <c r="L32">
+        <v>954</v>
+      </c>
+      <c r="M32">
+        <v>0</v>
+      </c>
+      <c r="N32">
+        <v>873</v>
+      </c>
+      <c r="O32">
+        <v>0</v>
+      </c>
+      <c r="P32">
+        <v>801</v>
+      </c>
+      <c r="Q32">
+        <v>2628</v>
+      </c>
+      <c r="R32">
+        <v>1329</v>
+      </c>
+      <c r="S32">
+        <v>0</v>
+      </c>
+      <c r="T32">
+        <v>1329</v>
+      </c>
+      <c r="U32">
+        <v>99</v>
+      </c>
+      <c r="V32">
+        <v>37</v>
+      </c>
+      <c r="W32">
+        <v>136</v>
+      </c>
+      <c r="X32">
+        <v>0</v>
+      </c>
+      <c r="Y32">
+        <v>16</v>
+      </c>
+      <c r="Z32">
+        <v>16</v>
+      </c>
+      <c r="AA32">
+        <v>120</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC32">
+        <v>76</v>
+      </c>
+      <c r="AD32">
+        <v>2371</v>
+      </c>
+      <c r="AE32">
+        <v>2808</v>
+      </c>
+      <c r="AG32">
+        <v>24</v>
+      </c>
+      <c r="AH32">
+        <v>26</v>
+      </c>
+      <c r="AI32">
+        <v>-2</v>
+      </c>
+      <c r="AJ32">
+        <v>2766</v>
+      </c>
+      <c r="AK32">
+        <v>2874</v>
+      </c>
+      <c r="AL32">
+        <v>54</v>
+      </c>
+      <c r="AM32">
+        <v>55</v>
+      </c>
+      <c r="AN32">
+        <v>-1</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP32">
+        <v>20</v>
+      </c>
+      <c r="AR32">
+        <v>0</v>
+      </c>
+      <c r="AS32">
+        <v>6409</v>
+      </c>
+      <c r="AT32">
+        <v>8179</v>
+      </c>
+    </row>
+    <row r="33" spans="1:46">
+      <c r="A33" t="s">
+        <v>101</v>
+      </c>
+      <c r="B33" t="s">
+        <v>52</v>
+      </c>
+      <c r="C33" t="s">
+        <v>164</v>
+      </c>
+      <c r="D33">
+        <v>58</v>
+      </c>
+      <c r="E33">
+        <v>2787</v>
+      </c>
+      <c r="F33">
+        <v>1027</v>
+      </c>
+      <c r="G33">
+        <v>695</v>
+      </c>
+      <c r="H33">
+        <v>675</v>
+      </c>
+      <c r="I33">
+        <v>630</v>
+      </c>
+      <c r="J33">
+        <v>778</v>
+      </c>
+      <c r="K33">
+        <v>2778</v>
+      </c>
+      <c r="L33">
+        <v>910</v>
+      </c>
+      <c r="M33">
+        <v>0</v>
+      </c>
+      <c r="N33">
+        <v>896</v>
+      </c>
+      <c r="O33">
+        <v>0</v>
+      </c>
+      <c r="P33">
+        <v>938</v>
+      </c>
+      <c r="Q33">
+        <v>2744</v>
+      </c>
+      <c r="R33">
+        <v>1435</v>
+      </c>
+      <c r="S33">
+        <v>0</v>
+      </c>
+      <c r="T33">
+        <v>1435</v>
+      </c>
+      <c r="U33">
+        <v>37</v>
+      </c>
+      <c r="V33">
+        <v>62</v>
+      </c>
+      <c r="W33">
+        <v>99</v>
+      </c>
+      <c r="X33">
+        <v>7</v>
+      </c>
+      <c r="Y33">
+        <v>0</v>
+      </c>
+      <c r="Z33">
+        <v>7</v>
+      </c>
+      <c r="AA33">
+        <v>92</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC33">
+        <v>84</v>
+      </c>
+      <c r="AD33">
+        <v>2272</v>
+      </c>
+      <c r="AE33">
+        <v>2390</v>
+      </c>
+      <c r="AG33">
+        <v>44</v>
+      </c>
+      <c r="AH33">
+        <v>34</v>
+      </c>
+      <c r="AI33">
+        <v>10</v>
+      </c>
+      <c r="AJ33">
+        <v>2526</v>
+      </c>
+      <c r="AK33">
+        <v>2390</v>
+      </c>
+      <c r="AL33">
+        <v>77</v>
+      </c>
+      <c r="AM33">
+        <v>45</v>
+      </c>
+      <c r="AN33">
+        <v>32</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP33">
+        <v>20</v>
+      </c>
+      <c r="AR33">
+        <v>0</v>
+      </c>
+      <c r="AS33">
+        <v>7074</v>
+      </c>
+      <c r="AT33">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="34" spans="1:46">
+      <c r="A34" t="s">
+        <v>102</v>
+      </c>
+      <c r="B34" t="s">
+        <v>47</v>
+      </c>
+      <c r="C34" t="s">
+        <v>163</v>
+      </c>
+      <c r="D34">
+        <v>56</v>
+      </c>
+      <c r="E34">
+        <v>2311</v>
+      </c>
+      <c r="F34">
+        <v>2012</v>
+      </c>
+      <c r="G34">
+        <v>647</v>
+      </c>
+      <c r="H34">
+        <v>546</v>
+      </c>
+      <c r="I34">
+        <v>526</v>
+      </c>
+      <c r="J34">
+        <v>651</v>
+      </c>
+      <c r="K34">
+        <v>2370</v>
+      </c>
+      <c r="L34">
+        <v>763</v>
+      </c>
+      <c r="M34">
+        <v>0</v>
+      </c>
+      <c r="N34">
+        <v>759</v>
+      </c>
+      <c r="O34">
+        <v>0</v>
+      </c>
+      <c r="P34">
+        <v>779</v>
+      </c>
+      <c r="Q34">
+        <v>2301</v>
+      </c>
+      <c r="R34">
+        <v>1179</v>
+      </c>
+      <c r="S34">
+        <v>0</v>
+      </c>
+      <c r="T34">
+        <v>1179</v>
+      </c>
+      <c r="U34">
+        <v>34</v>
+      </c>
+      <c r="V34">
+        <v>24</v>
+      </c>
+      <c r="W34">
+        <v>58</v>
+      </c>
+      <c r="X34">
+        <v>24</v>
+      </c>
+      <c r="Y34">
+        <v>0</v>
+      </c>
+      <c r="Z34">
+        <v>24</v>
+      </c>
+      <c r="AA34">
+        <v>34</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC34">
+        <v>80</v>
+      </c>
+      <c r="AD34">
+        <v>2215</v>
+      </c>
+      <c r="AE34">
+        <v>2652</v>
+      </c>
+      <c r="AG34">
+        <v>33</v>
+      </c>
+      <c r="AH34">
+        <v>32</v>
+      </c>
+      <c r="AI34">
+        <v>1</v>
+      </c>
+      <c r="AJ34">
+        <v>2425</v>
+      </c>
+      <c r="AK34">
+        <v>2469</v>
+      </c>
+      <c r="AL34">
+        <v>53</v>
+      </c>
+      <c r="AM34">
+        <v>61</v>
+      </c>
+      <c r="AN34">
+        <v>-8</v>
+      </c>
+      <c r="AO34" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP34">
+        <v>26</v>
+      </c>
+      <c r="AR34">
+        <v>0</v>
+      </c>
+      <c r="AS34">
+        <v>7640</v>
+      </c>
+      <c r="AT34">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="35" spans="1:46">
+      <c r="A35" t="s">
+        <v>102</v>
+      </c>
+      <c r="B35" t="s">
+        <v>52</v>
+      </c>
+      <c r="C35" t="s">
+        <v>164</v>
+      </c>
+      <c r="D35">
+        <v>55</v>
+      </c>
+      <c r="E35">
+        <v>1235</v>
+      </c>
+      <c r="F35">
+        <v>1093</v>
+      </c>
+      <c r="G35">
+        <v>379</v>
+      </c>
+      <c r="H35">
+        <v>311</v>
+      </c>
+      <c r="I35">
+        <v>231</v>
+      </c>
+      <c r="J35">
+        <v>257</v>
+      </c>
+      <c r="K35">
+        <v>1178</v>
+      </c>
+      <c r="L35">
+        <v>379</v>
+      </c>
+      <c r="M35">
+        <v>0</v>
+      </c>
+      <c r="N35">
+        <v>306</v>
+      </c>
+      <c r="O35">
+        <v>0</v>
+      </c>
+      <c r="P35">
+        <v>434</v>
+      </c>
+      <c r="Q35">
+        <v>1119</v>
+      </c>
+      <c r="R35">
+        <v>773</v>
+      </c>
+      <c r="S35">
+        <v>0</v>
+      </c>
+      <c r="T35">
+        <v>773</v>
+      </c>
+      <c r="U35">
+        <v>55</v>
+      </c>
+      <c r="V35">
+        <v>86</v>
+      </c>
+      <c r="W35">
+        <v>141</v>
+      </c>
+      <c r="X35">
+        <v>0</v>
+      </c>
+      <c r="Y35">
+        <v>0</v>
+      </c>
+      <c r="Z35">
+        <v>0</v>
+      </c>
+      <c r="AA35">
+        <v>141</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC35">
+        <v>82</v>
+      </c>
+      <c r="AD35">
+        <v>1820</v>
+      </c>
+      <c r="AE35">
+        <v>1876</v>
+      </c>
+      <c r="AG35">
+        <v>34</v>
+      </c>
+      <c r="AH35">
+        <v>56</v>
+      </c>
+      <c r="AI35">
+        <v>-22</v>
+      </c>
+      <c r="AJ35">
+        <v>1698</v>
+      </c>
+      <c r="AK35">
+        <v>1876</v>
+      </c>
+      <c r="AL35">
+        <v>60</v>
+      </c>
+      <c r="AM35">
+        <v>60</v>
+      </c>
+      <c r="AN35">
+        <v>0</v>
+      </c>
+      <c r="AO35" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP35">
+        <v>18</v>
+      </c>
+      <c r="AR35">
+        <v>0</v>
+      </c>
+      <c r="AS35">
+        <v>6818</v>
+      </c>
+      <c r="AT35">
+        <v>3880</v>
+      </c>
+    </row>
+    <row r="36" spans="1:46">
+      <c r="A36" t="s">
+        <v>103</v>
+      </c>
+      <c r="B36" t="s">
+        <v>47</v>
+      </c>
+      <c r="C36" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36">
+        <v>60</v>
+      </c>
+      <c r="E36">
+        <v>2189</v>
+      </c>
+      <c r="F36">
+        <v>1698</v>
+      </c>
+      <c r="G36">
+        <v>647</v>
+      </c>
+      <c r="H36">
+        <v>465</v>
+      </c>
+      <c r="I36">
+        <v>580</v>
+      </c>
+      <c r="J36">
+        <v>750</v>
+      </c>
+      <c r="K36">
+        <v>2442</v>
+      </c>
+      <c r="L36">
+        <v>657</v>
+      </c>
+      <c r="M36">
+        <v>0</v>
+      </c>
+      <c r="N36">
+        <v>851</v>
+      </c>
+      <c r="O36">
+        <v>0</v>
+      </c>
+      <c r="P36">
+        <v>877</v>
+      </c>
+      <c r="Q36">
+        <v>2385</v>
+      </c>
+      <c r="R36">
+        <v>1279</v>
+      </c>
+      <c r="S36">
+        <v>0</v>
+      </c>
+      <c r="T36">
+        <v>1279</v>
+      </c>
+      <c r="U36">
+        <v>49</v>
+      </c>
+      <c r="V36">
+        <v>72</v>
+      </c>
+      <c r="W36">
+        <v>121</v>
+      </c>
+      <c r="X36">
+        <v>41</v>
+      </c>
+      <c r="Y36">
+        <v>63</v>
+      </c>
+      <c r="Z36">
+        <v>104</v>
+      </c>
+      <c r="AA36">
+        <v>17</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC36">
+        <v>88</v>
+      </c>
+      <c r="AD36">
+        <v>2264</v>
+      </c>
+      <c r="AE36">
+        <v>2426</v>
+      </c>
+      <c r="AG36">
+        <v>25</v>
+      </c>
+      <c r="AH36">
+        <v>28</v>
+      </c>
+      <c r="AI36">
+        <v>-3</v>
+      </c>
+      <c r="AJ36">
+        <v>2279</v>
+      </c>
+      <c r="AK36">
+        <v>2308</v>
+      </c>
+      <c r="AL36">
+        <v>60</v>
+      </c>
+      <c r="AM36">
+        <v>51</v>
+      </c>
+      <c r="AN36">
+        <v>9</v>
+      </c>
+      <c r="AO36" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP36">
+        <v>24</v>
+      </c>
+      <c r="AR36">
+        <v>0</v>
+      </c>
+      <c r="AS36">
+        <v>5370</v>
+      </c>
+      <c r="AT36">
+        <v>5260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:46">
+      <c r="A37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" t="s">
+        <v>52</v>
+      </c>
+      <c r="C37" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37">
+        <v>58</v>
+      </c>
+      <c r="E37">
+        <v>2979</v>
+      </c>
+      <c r="F37">
+        <v>1784</v>
+      </c>
+      <c r="G37">
+        <v>806</v>
+      </c>
+      <c r="H37">
+        <v>706</v>
+      </c>
+      <c r="I37">
+        <v>772</v>
+      </c>
+      <c r="J37">
+        <v>676</v>
+      </c>
+      <c r="K37">
+        <v>2960</v>
+      </c>
+      <c r="L37">
+        <v>952</v>
+      </c>
+      <c r="M37">
+        <v>0</v>
+      </c>
+      <c r="N37">
+        <v>931</v>
+      </c>
+      <c r="O37">
+        <v>0</v>
+      </c>
+      <c r="P37">
+        <v>938</v>
+      </c>
+      <c r="Q37">
+        <v>2821</v>
+      </c>
+      <c r="R37">
+        <v>1490</v>
+      </c>
+      <c r="S37">
+        <v>0</v>
+      </c>
+      <c r="T37">
+        <v>1490</v>
+      </c>
+      <c r="U37">
+        <v>46</v>
+      </c>
+      <c r="V37">
+        <v>89</v>
+      </c>
+      <c r="W37">
+        <v>135</v>
+      </c>
+      <c r="X37">
+        <v>0</v>
+      </c>
+      <c r="Y37">
+        <v>0</v>
+      </c>
+      <c r="Z37">
+        <v>0</v>
+      </c>
+      <c r="AA37">
+        <v>135</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC37">
+        <v>78</v>
+      </c>
+      <c r="AD37">
+        <v>2278</v>
+      </c>
+      <c r="AE37">
+        <v>2394</v>
+      </c>
+      <c r="AG37">
+        <v>55</v>
+      </c>
+      <c r="AH37">
+        <v>28</v>
+      </c>
+      <c r="AI37">
+        <v>27</v>
+      </c>
+      <c r="AJ37">
+        <v>2278</v>
+      </c>
+      <c r="AK37">
+        <v>2394</v>
+      </c>
+      <c r="AL37">
+        <v>78</v>
+      </c>
+      <c r="AM37">
+        <v>31</v>
+      </c>
+      <c r="AN37">
+        <v>47</v>
+      </c>
+      <c r="AO37" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP37">
+        <v>22</v>
+      </c>
+      <c r="AR37">
+        <v>0</v>
+      </c>
+      <c r="AS37">
+        <v>4991</v>
+      </c>
+      <c r="AT37">
+        <v>4451</v>
+      </c>
+    </row>
+    <row r="38" spans="1:46">
+      <c r="A38" t="s">
+        <v>105</v>
+      </c>
+      <c r="B38" t="s">
+        <v>47</v>
+      </c>
+      <c r="C38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D38">
+        <v>57</v>
+      </c>
+      <c r="E38">
+        <v>2625</v>
+      </c>
+      <c r="F38">
+        <v>1872</v>
+      </c>
+      <c r="G38">
+        <v>676</v>
+      </c>
+      <c r="H38">
+        <v>689</v>
+      </c>
+      <c r="I38">
+        <v>643</v>
+      </c>
+      <c r="J38">
+        <v>617</v>
+      </c>
+      <c r="K38">
+        <v>2625</v>
+      </c>
+      <c r="L38">
+        <v>882</v>
+      </c>
+      <c r="M38">
+        <v>0</v>
+      </c>
+      <c r="N38">
+        <v>875</v>
+      </c>
+      <c r="O38">
+        <v>0</v>
+      </c>
+      <c r="P38">
+        <v>860</v>
+      </c>
+      <c r="Q38">
+        <v>2617</v>
+      </c>
+      <c r="R38">
+        <v>0</v>
+      </c>
+      <c r="S38">
+        <v>0</v>
+      </c>
+      <c r="T38">
+        <v>0</v>
+      </c>
+      <c r="U38">
+        <v>48</v>
+      </c>
+      <c r="V38">
+        <v>71</v>
+      </c>
+      <c r="W38">
+        <v>119</v>
+      </c>
+      <c r="X38">
+        <v>36</v>
+      </c>
+      <c r="Y38">
+        <v>11</v>
+      </c>
+      <c r="Z38">
+        <v>47</v>
+      </c>
+      <c r="AA38">
+        <v>72</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC38">
+        <v>90</v>
+      </c>
+      <c r="AD38">
+        <v>2509</v>
+      </c>
+      <c r="AE38">
+        <v>2819</v>
+      </c>
+      <c r="AG38">
+        <v>48</v>
+      </c>
+      <c r="AH38">
+        <v>49</v>
+      </c>
+      <c r="AI38">
+        <v>-1</v>
+      </c>
+      <c r="AJ38">
+        <v>2771</v>
+      </c>
+      <c r="AK38">
+        <v>2820</v>
+      </c>
+      <c r="AL38">
+        <v>53</v>
+      </c>
+      <c r="AM38">
+        <v>41</v>
+      </c>
+      <c r="AN38">
+        <v>12</v>
+      </c>
+      <c r="AP38">
+        <v>23</v>
+      </c>
+      <c r="AR38">
+        <v>0</v>
+      </c>
+      <c r="AS38">
+        <v>7425</v>
+      </c>
+      <c r="AT38">
+        <v>6696</v>
+      </c>
+    </row>
+    <row r="39" spans="1:46">
+      <c r="A39" t="s">
+        <v>105</v>
+      </c>
+      <c r="B39" t="s">
+        <v>52</v>
+      </c>
+      <c r="C39" t="s">
+        <v>164</v>
+      </c>
+      <c r="D39">
+        <v>63</v>
+      </c>
+      <c r="E39">
+        <v>2625</v>
+      </c>
+      <c r="F39">
+        <v>2088</v>
+      </c>
+      <c r="G39">
+        <v>539</v>
+      </c>
+      <c r="H39">
+        <v>671</v>
+      </c>
+      <c r="I39">
+        <v>677</v>
+      </c>
+      <c r="J39">
+        <v>705</v>
+      </c>
+      <c r="K39">
+        <v>2592</v>
+      </c>
+      <c r="L39">
+        <v>881</v>
+      </c>
+      <c r="M39">
+        <v>0</v>
+      </c>
+      <c r="N39">
+        <v>915</v>
+      </c>
+      <c r="O39">
+        <v>0</v>
+      </c>
+      <c r="P39">
+        <v>890</v>
+      </c>
+      <c r="Q39">
+        <v>2686</v>
+      </c>
+      <c r="R39">
+        <v>1391</v>
+      </c>
+      <c r="S39">
+        <v>1376</v>
+      </c>
+      <c r="T39">
+        <v>2767</v>
+      </c>
+      <c r="U39">
+        <v>39</v>
+      </c>
+      <c r="V39">
+        <v>125</v>
+      </c>
+      <c r="W39">
+        <v>164</v>
+      </c>
+      <c r="X39">
+        <v>0</v>
+      </c>
+      <c r="Y39">
+        <v>0</v>
+      </c>
+      <c r="Z39">
+        <v>0</v>
+      </c>
+      <c r="AA39">
+        <v>164</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC39">
+        <v>85</v>
+      </c>
+      <c r="AD39">
+        <v>2483</v>
+      </c>
+      <c r="AE39">
+        <v>2041</v>
+      </c>
+      <c r="AG39">
+        <v>69</v>
+      </c>
+      <c r="AH39">
+        <v>54</v>
+      </c>
+      <c r="AI39">
+        <v>15</v>
+      </c>
+      <c r="AJ39">
+        <v>2897</v>
+      </c>
+      <c r="AK39">
+        <v>3035</v>
+      </c>
+      <c r="AL39">
+        <v>128</v>
+      </c>
+      <c r="AM39">
+        <v>68</v>
+      </c>
+      <c r="AN39">
+        <v>60</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>159</v>
+      </c>
+      <c r="AP39">
+        <v>27</v>
+      </c>
+      <c r="AR39">
+        <v>0</v>
+      </c>
+      <c r="AS39">
+        <v>6871</v>
+      </c>
+      <c r="AT39">
+        <v>7450</v>
+      </c>
+    </row>
+    <row r="40" spans="1:46">
+      <c r="A40" t="s">
+        <v>106</v>
+      </c>
+      <c r="B40" t="s">
+        <v>47</v>
+      </c>
+      <c r="C40" t="s">
+        <v>163</v>
+      </c>
+      <c r="D40">
+        <v>52</v>
+      </c>
+      <c r="E40">
+        <v>2814</v>
+      </c>
+      <c r="F40">
+        <v>2155</v>
+      </c>
+      <c r="G40">
+        <v>757</v>
+      </c>
+      <c r="H40">
+        <v>749</v>
+      </c>
+      <c r="I40">
+        <v>537</v>
+      </c>
+      <c r="J40">
+        <v>774</v>
+      </c>
+      <c r="K40">
+        <v>2817</v>
+      </c>
+      <c r="L40">
+        <v>908</v>
+      </c>
+      <c r="M40">
+        <v>0</v>
+      </c>
+      <c r="N40">
+        <v>898</v>
+      </c>
+      <c r="O40">
+        <v>0</v>
+      </c>
+      <c r="P40">
+        <v>888</v>
+      </c>
+      <c r="Q40">
+        <v>2694</v>
+      </c>
+      <c r="R40">
+        <v>1387</v>
+      </c>
+      <c r="S40">
+        <v>1495</v>
+      </c>
+      <c r="T40">
+        <v>2882</v>
+      </c>
+      <c r="U40">
+        <v>54</v>
+      </c>
+      <c r="V40">
+        <v>90</v>
+      </c>
+      <c r="W40">
+        <v>144</v>
+      </c>
+      <c r="X40">
+        <v>34</v>
+      </c>
+      <c r="Y40">
+        <v>49</v>
+      </c>
+      <c r="Z40">
+        <v>83</v>
+      </c>
+      <c r="AA40">
+        <v>61</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC40">
+        <v>93</v>
+      </c>
+      <c r="AD40">
+        <v>2415</v>
+      </c>
+      <c r="AE40">
+        <v>2934</v>
+      </c>
+      <c r="AG40">
+        <v>49</v>
+      </c>
+      <c r="AH40">
+        <v>53</v>
+      </c>
+      <c r="AI40">
+        <v>-4</v>
+      </c>
+      <c r="AJ40">
+        <v>2634</v>
+      </c>
+      <c r="AK40">
+        <v>2934</v>
+      </c>
+      <c r="AL40">
+        <v>51</v>
+      </c>
+      <c r="AM40">
+        <v>58</v>
+      </c>
+      <c r="AN40">
+        <v>-7</v>
+      </c>
+      <c r="AO40" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP40">
+        <v>26</v>
+      </c>
+      <c r="AR40">
+        <v>0</v>
+      </c>
+      <c r="AS40">
+        <v>7585</v>
+      </c>
+      <c r="AT40">
+        <v>6814</v>
+      </c>
+    </row>
+    <row r="41" spans="1:46">
+      <c r="A41" t="s">
+        <v>107</v>
+      </c>
+      <c r="B41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" t="s">
+        <v>163</v>
+      </c>
+      <c r="D41">
+        <v>52</v>
+      </c>
+      <c r="E41">
+        <v>2839</v>
+      </c>
+      <c r="F41">
+        <v>2548</v>
+      </c>
+      <c r="G41">
+        <v>712</v>
+      </c>
+      <c r="H41">
+        <v>665</v>
+      </c>
+      <c r="I41">
+        <v>735</v>
+      </c>
+      <c r="J41">
+        <v>734</v>
+      </c>
+      <c r="K41">
+        <v>2846</v>
+      </c>
+      <c r="L41">
+        <v>946</v>
+      </c>
+      <c r="M41">
+        <v>0</v>
+      </c>
+      <c r="N41">
+        <v>937</v>
+      </c>
+      <c r="O41">
+        <v>0</v>
+      </c>
+      <c r="P41">
+        <v>918</v>
+      </c>
+      <c r="Q41">
+        <v>2801</v>
+      </c>
+      <c r="R41">
+        <v>0</v>
+      </c>
+      <c r="S41">
+        <v>0</v>
+      </c>
+      <c r="T41">
+        <v>0</v>
+      </c>
+      <c r="U41">
+        <v>29</v>
+      </c>
+      <c r="V41">
+        <v>72</v>
+      </c>
+      <c r="W41">
+        <v>101</v>
+      </c>
+      <c r="X41">
+        <v>0</v>
+      </c>
+      <c r="Y41">
+        <v>0</v>
+      </c>
+      <c r="Z41">
+        <v>0</v>
+      </c>
+      <c r="AA41">
+        <v>101</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC41">
+        <v>92</v>
+      </c>
+      <c r="AD41">
+        <v>2471</v>
+      </c>
+      <c r="AE41">
+        <v>3070</v>
+      </c>
+      <c r="AG41">
+        <v>42</v>
+      </c>
+      <c r="AH41">
+        <v>41</v>
+      </c>
+      <c r="AI41">
+        <v>1</v>
+      </c>
+      <c r="AJ41">
+        <v>2886</v>
+      </c>
+      <c r="AK41">
+        <v>2992</v>
+      </c>
+      <c r="AL41">
+        <v>21</v>
+      </c>
+      <c r="AM41">
+        <v>25</v>
+      </c>
+      <c r="AN41">
+        <v>-4</v>
+      </c>
+      <c r="AO41" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP41">
+        <v>27</v>
+      </c>
+      <c r="AR41">
+        <v>0</v>
+      </c>
+      <c r="AS41">
+        <v>6688</v>
+      </c>
+      <c r="AT41">
+        <v>6400</v>
+      </c>
+    </row>
+    <row r="42" spans="1:46">
+      <c r="A42" t="s">
+        <v>107</v>
+      </c>
+      <c r="B42" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" t="s">
+        <v>164</v>
+      </c>
+      <c r="D42">
+        <v>72</v>
+      </c>
+      <c r="E42">
+        <v>2663</v>
+      </c>
+      <c r="F42">
+        <v>2024</v>
+      </c>
+      <c r="G42">
+        <v>783</v>
+      </c>
+      <c r="H42">
+        <v>623</v>
+      </c>
+      <c r="I42">
+        <v>442</v>
+      </c>
+      <c r="J42">
+        <v>813</v>
+      </c>
+      <c r="K42">
+        <v>2661</v>
+      </c>
+      <c r="L42">
+        <v>903</v>
+      </c>
+      <c r="M42">
+        <v>0</v>
+      </c>
+      <c r="N42">
+        <v>875</v>
+      </c>
+      <c r="O42">
+        <v>0</v>
+      </c>
+      <c r="P42">
+        <v>847</v>
+      </c>
+      <c r="Q42">
+        <v>2625</v>
+      </c>
+      <c r="R42">
+        <v>1389</v>
+      </c>
+      <c r="S42">
+        <v>1318</v>
+      </c>
+      <c r="T42">
+        <v>2707</v>
+      </c>
+      <c r="U42">
+        <v>25</v>
+      </c>
+      <c r="V42">
+        <v>36</v>
+      </c>
+      <c r="W42">
+        <v>61</v>
+      </c>
+      <c r="X42">
+        <v>23</v>
+      </c>
+      <c r="Y42">
+        <v>12</v>
+      </c>
+      <c r="Z42">
+        <v>35</v>
+      </c>
+      <c r="AA42">
+        <v>26</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC42">
+        <v>91</v>
+      </c>
+      <c r="AD42">
+        <v>2250</v>
+      </c>
+      <c r="AE42">
+        <v>2518</v>
+      </c>
+      <c r="AG42">
+        <v>44</v>
+      </c>
+      <c r="AH42">
+        <v>60</v>
+      </c>
+      <c r="AI42">
+        <v>-16</v>
+      </c>
+      <c r="AJ42">
+        <v>2472</v>
+      </c>
+      <c r="AK42">
+        <v>2518</v>
+      </c>
+      <c r="AL42">
+        <v>79</v>
+      </c>
+      <c r="AM42">
+        <v>69</v>
+      </c>
+      <c r="AN42">
+        <v>10</v>
+      </c>
+      <c r="AO42" t="s">
+        <v>167</v>
+      </c>
+      <c r="AP42">
+        <v>25</v>
+      </c>
+      <c r="AR42">
+        <v>2</v>
+      </c>
+      <c r="AS42">
+        <v>6896</v>
+      </c>
+      <c r="AT42">
+        <v>7904</v>
+      </c>
+    </row>
+    <row r="43" spans="1:46">
+      <c r="A43" t="s">
+        <v>108</v>
+      </c>
+      <c r="B43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" t="s">
+        <v>151</v>
+      </c>
+      <c r="D43">
+        <v>59</v>
+      </c>
+      <c r="E43">
+        <v>2874</v>
+      </c>
+      <c r="F43">
+        <v>2490</v>
+      </c>
+      <c r="G43">
+        <v>766</v>
+      </c>
+      <c r="H43">
+        <v>771</v>
+      </c>
+      <c r="I43">
+        <v>682</v>
+      </c>
+      <c r="J43">
+        <v>749</v>
+      </c>
+      <c r="K43">
+        <v>2968</v>
+      </c>
+      <c r="L43">
+        <v>1001</v>
+      </c>
+      <c r="M43">
+        <v>0</v>
+      </c>
+      <c r="N43">
+        <v>959</v>
+      </c>
+      <c r="O43">
+        <v>0</v>
+      </c>
+      <c r="P43">
+        <v>883</v>
+      </c>
+      <c r="Q43">
+        <v>2843</v>
+      </c>
+      <c r="R43">
+        <v>1485</v>
+      </c>
+      <c r="S43">
+        <v>1578</v>
+      </c>
+      <c r="T43">
+        <v>3063</v>
+      </c>
+      <c r="U43">
+        <v>42</v>
+      </c>
+      <c r="V43">
+        <v>72</v>
+      </c>
+      <c r="W43">
+        <v>114</v>
+      </c>
+      <c r="X43">
+        <v>36</v>
+      </c>
+      <c r="Y43">
+        <v>58</v>
+      </c>
+      <c r="Z43">
+        <v>94</v>
+      </c>
+      <c r="AA43">
+        <v>20</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC43">
+        <v>96</v>
+      </c>
+      <c r="AD43">
+        <v>2459</v>
+      </c>
+      <c r="AE43">
+        <v>2947</v>
+      </c>
+      <c r="AG43">
+        <v>51</v>
+      </c>
+      <c r="AH43">
+        <v>53</v>
+      </c>
+      <c r="AI43">
+        <v>-2</v>
+      </c>
+      <c r="AJ43">
+        <v>2848</v>
+      </c>
+      <c r="AK43">
+        <v>2945</v>
+      </c>
+      <c r="AL43">
+        <v>18</v>
+      </c>
+      <c r="AM43">
+        <v>14</v>
+      </c>
+      <c r="AN43">
+        <v>4</v>
+      </c>
+      <c r="AO43" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP43">
+        <v>28</v>
+      </c>
+      <c r="AR43">
+        <v>0</v>
+      </c>
+      <c r="AS43">
+        <v>6866</v>
+      </c>
+      <c r="AT43">
+        <v>9638</v>
+      </c>
+    </row>
+    <row r="44" spans="1:46">
+      <c r="A44" t="s">
+        <v>108</v>
+      </c>
+      <c r="B44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" t="s">
+        <v>164</v>
+      </c>
+      <c r="D44">
+        <v>73</v>
+      </c>
+      <c r="E44">
+        <v>2959</v>
+      </c>
+      <c r="F44">
+        <v>2452</v>
+      </c>
+      <c r="G44">
+        <v>769</v>
+      </c>
+      <c r="H44">
+        <v>624</v>
+      </c>
+      <c r="I44">
+        <v>718</v>
+      </c>
+      <c r="J44">
+        <v>842</v>
+      </c>
+      <c r="K44">
+        <v>2953</v>
+      </c>
+      <c r="L44">
+        <v>980</v>
+      </c>
+      <c r="M44">
+        <v>0</v>
+      </c>
+      <c r="N44">
+        <v>959</v>
+      </c>
+      <c r="O44">
+        <v>0</v>
+      </c>
+      <c r="P44">
+        <v>931</v>
+      </c>
+      <c r="Q44">
+        <v>2870</v>
+      </c>
+      <c r="R44">
+        <v>1389</v>
+      </c>
+      <c r="S44">
+        <v>1609</v>
+      </c>
+      <c r="T44">
+        <v>2998</v>
+      </c>
+      <c r="U44">
+        <v>41</v>
+      </c>
+      <c r="V44">
+        <v>92</v>
+      </c>
+      <c r="W44">
+        <v>133</v>
+      </c>
+      <c r="X44">
+        <v>12</v>
+      </c>
+      <c r="Y44">
+        <v>0</v>
+      </c>
+      <c r="Z44">
+        <v>12</v>
+      </c>
+      <c r="AA44">
+        <v>121</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC44">
+        <v>88</v>
+      </c>
+      <c r="AD44">
+        <v>2443</v>
+      </c>
+      <c r="AE44">
+        <v>1962</v>
+      </c>
+      <c r="AG44">
+        <v>31</v>
+      </c>
+      <c r="AH44">
+        <v>49</v>
+      </c>
+      <c r="AI44">
+        <v>-18</v>
+      </c>
+      <c r="AJ44">
+        <v>2817</v>
+      </c>
+      <c r="AK44">
+        <v>2862</v>
+      </c>
+      <c r="AL44">
+        <v>50</v>
+      </c>
+      <c r="AM44">
+        <v>72</v>
+      </c>
+      <c r="AN44">
+        <v>-22</v>
+      </c>
+      <c r="AO44" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP44">
+        <v>26</v>
+      </c>
+      <c r="AR44">
+        <v>2</v>
+      </c>
+      <c r="AS44">
+        <v>7314</v>
+      </c>
+      <c r="AT44">
+        <v>7624</v>
+      </c>
+    </row>
+    <row r="45" spans="1:46">
+      <c r="A45" t="s">
+        <v>109</v>
+      </c>
+      <c r="B45" t="s">
+        <v>47</v>
+      </c>
+      <c r="C45" t="s">
+        <v>151</v>
+      </c>
+      <c r="D45">
+        <v>52</v>
+      </c>
+      <c r="E45">
+        <v>2626</v>
+      </c>
+      <c r="F45">
+        <v>2209</v>
+      </c>
+      <c r="G45">
+        <v>754</v>
+      </c>
+      <c r="H45">
+        <v>533</v>
+      </c>
+      <c r="I45">
+        <v>692</v>
+      </c>
+      <c r="J45">
+        <v>703</v>
+      </c>
+      <c r="K45">
+        <v>2682</v>
+      </c>
+      <c r="L45">
+        <v>944</v>
+      </c>
+      <c r="M45">
+        <v>0</v>
+      </c>
+      <c r="N45">
+        <v>875</v>
+      </c>
+      <c r="O45">
+        <v>0</v>
+      </c>
+      <c r="P45">
+        <v>878</v>
+      </c>
+      <c r="Q45">
+        <v>2697</v>
+      </c>
+      <c r="R45">
+        <v>1376</v>
+      </c>
+      <c r="S45">
+        <v>1518</v>
+      </c>
+      <c r="T45">
+        <v>2894</v>
+      </c>
+      <c r="U45">
+        <v>54</v>
+      </c>
+      <c r="V45">
+        <v>56</v>
+      </c>
+      <c r="W45">
+        <v>110</v>
+      </c>
+      <c r="X45">
+        <v>39</v>
+      </c>
+      <c r="Y45">
+        <v>59</v>
+      </c>
+      <c r="Z45">
+        <v>98</v>
+      </c>
+      <c r="AA45">
+        <v>12</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC45">
+        <v>94</v>
+      </c>
+      <c r="AD45">
+        <v>2446</v>
+      </c>
+      <c r="AE45">
+        <v>3019</v>
+      </c>
+      <c r="AG45">
+        <v>30</v>
+      </c>
+      <c r="AH45">
+        <v>34</v>
+      </c>
+      <c r="AI45">
+        <v>-4</v>
+      </c>
+      <c r="AJ45">
+        <v>2904</v>
+      </c>
+      <c r="AK45">
+        <v>3037</v>
+      </c>
+      <c r="AL45">
+        <v>26</v>
+      </c>
+      <c r="AM45">
+        <v>24</v>
+      </c>
+      <c r="AN45">
+        <v>2</v>
+      </c>
+      <c r="AO45" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP45">
+        <v>27</v>
+      </c>
+      <c r="AR45">
+        <v>1</v>
+      </c>
+      <c r="AS45">
+        <v>7879</v>
+      </c>
+      <c r="AT45">
+        <v>8903</v>
+      </c>
+    </row>
+    <row r="46" spans="1:46">
+      <c r="A46" t="s">
+        <v>109</v>
+      </c>
+      <c r="B46" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" t="s">
+        <v>164</v>
+      </c>
+      <c r="D46">
+        <v>72</v>
+      </c>
+      <c r="E46">
+        <v>2677</v>
+      </c>
+      <c r="F46">
+        <v>1671</v>
+      </c>
+      <c r="G46">
+        <v>748</v>
+      </c>
+      <c r="H46">
+        <v>613</v>
+      </c>
+      <c r="I46">
+        <v>500</v>
+      </c>
+      <c r="J46">
+        <v>800</v>
+      </c>
+      <c r="K46">
+        <v>2661</v>
+      </c>
+      <c r="L46">
+        <v>903</v>
+      </c>
+      <c r="M46">
+        <v>0</v>
+      </c>
+      <c r="N46">
+        <v>882</v>
+      </c>
+      <c r="O46">
+        <v>0</v>
+      </c>
+      <c r="P46">
+        <v>959</v>
+      </c>
+      <c r="Q46">
+        <v>2744</v>
+      </c>
+      <c r="R46">
+        <v>1450</v>
+      </c>
+      <c r="S46">
+        <v>1359</v>
+      </c>
+      <c r="T46">
+        <v>2809</v>
+      </c>
+      <c r="U46">
+        <v>82</v>
+      </c>
+      <c r="V46">
+        <v>132</v>
+      </c>
+      <c r="W46">
+        <v>214</v>
+      </c>
+      <c r="X46">
+        <v>17</v>
+      </c>
+      <c r="Y46">
+        <v>79</v>
+      </c>
+      <c r="Z46">
+        <v>96</v>
+      </c>
+      <c r="AA46">
+        <v>118</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC46">
+        <v>93</v>
+      </c>
+      <c r="AD46">
+        <v>2316</v>
+      </c>
+      <c r="AE46">
+        <v>2005</v>
+      </c>
+      <c r="AG46">
+        <v>71</v>
+      </c>
+      <c r="AH46">
+        <v>30</v>
+      </c>
+      <c r="AI46">
+        <v>41</v>
+      </c>
+      <c r="AJ46">
+        <v>2588</v>
+      </c>
+      <c r="AK46">
+        <v>2900</v>
+      </c>
+      <c r="AL46">
+        <v>41</v>
+      </c>
+      <c r="AM46">
+        <v>27</v>
+      </c>
+      <c r="AN46">
+        <v>14</v>
+      </c>
+      <c r="AO46" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP46">
+        <v>22</v>
+      </c>
+      <c r="AR46">
+        <v>4</v>
+      </c>
+      <c r="AS46">
+        <v>7587</v>
+      </c>
+      <c r="AT46">
+        <v>11102</v>
+      </c>
+    </row>
+    <row r="47" spans="1:46">
+      <c r="A47" t="s">
+        <v>110</v>
+      </c>
+      <c r="B47" t="s">
+        <v>47</v>
+      </c>
+      <c r="C47" t="s">
+        <v>151</v>
+      </c>
+      <c r="D47">
+        <v>58</v>
+      </c>
+      <c r="E47">
+        <v>2728</v>
+      </c>
+      <c r="F47">
+        <v>1951</v>
+      </c>
+      <c r="G47">
+        <v>777</v>
+      </c>
+      <c r="H47">
+        <v>428</v>
+      </c>
+      <c r="I47">
+        <v>779</v>
+      </c>
+      <c r="J47">
+        <v>719</v>
+      </c>
+      <c r="K47">
+        <v>2703</v>
+      </c>
+      <c r="L47">
+        <v>923</v>
+      </c>
+      <c r="M47">
+        <v>0</v>
+      </c>
+      <c r="N47">
+        <v>819</v>
+      </c>
+      <c r="O47">
+        <v>0</v>
+      </c>
+      <c r="P47">
+        <v>834</v>
+      </c>
+      <c r="Q47">
+        <v>2576</v>
+      </c>
+      <c r="R47">
+        <v>1353</v>
+      </c>
+      <c r="S47">
+        <v>1393</v>
+      </c>
+      <c r="T47">
+        <v>2746</v>
+      </c>
+      <c r="U47">
+        <v>44</v>
+      </c>
+      <c r="V47">
+        <v>83</v>
+      </c>
+      <c r="W47">
+        <v>127</v>
+      </c>
+      <c r="X47">
+        <v>48</v>
+      </c>
+      <c r="Y47">
+        <v>60</v>
+      </c>
+      <c r="Z47">
+        <v>108</v>
+      </c>
+      <c r="AA47">
+        <v>19</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC47">
+        <v>91</v>
+      </c>
+      <c r="AD47">
+        <v>2325</v>
+      </c>
+      <c r="AE47">
+        <v>2587</v>
+      </c>
+      <c r="AG47">
+        <v>47</v>
+      </c>
+      <c r="AH47">
+        <v>50</v>
+      </c>
+      <c r="AI47">
+        <v>-3</v>
+      </c>
+      <c r="AJ47">
+        <v>2532</v>
+      </c>
+      <c r="AK47">
+        <v>2742</v>
+      </c>
+      <c r="AL47">
+        <v>16</v>
+      </c>
+      <c r="AM47">
+        <v>18</v>
+      </c>
+      <c r="AN47">
+        <v>-2</v>
+      </c>
+      <c r="AO47" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP47">
+        <v>31</v>
+      </c>
+      <c r="AR47">
+        <v>0</v>
+      </c>
+      <c r="AS47">
+        <v>7353</v>
+      </c>
+      <c r="AT47">
+        <v>8541</v>
+      </c>
+    </row>
+    <row r="48" spans="1:46">
+      <c r="A48" t="s">
+        <v>110</v>
+      </c>
+      <c r="B48" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" t="s">
+        <v>164</v>
+      </c>
+      <c r="D48">
+        <v>72</v>
+      </c>
+      <c r="E48">
+        <v>3002</v>
+      </c>
+      <c r="F48">
+        <v>1688</v>
+      </c>
+      <c r="G48">
+        <v>724</v>
+      </c>
+      <c r="H48">
+        <v>778</v>
+      </c>
+      <c r="I48">
+        <v>698</v>
+      </c>
+      <c r="J48">
+        <v>787</v>
+      </c>
+      <c r="K48">
+        <v>2987</v>
+      </c>
+      <c r="L48">
+        <v>915</v>
+      </c>
+      <c r="M48">
+        <v>0</v>
+      </c>
+      <c r="N48">
+        <v>959</v>
+      </c>
+      <c r="O48">
+        <v>0</v>
+      </c>
+      <c r="P48">
+        <v>945</v>
+      </c>
+      <c r="Q48">
+        <v>2819</v>
+      </c>
+      <c r="R48">
+        <v>1544</v>
+      </c>
+      <c r="S48">
+        <v>1487</v>
+      </c>
+      <c r="T48">
+        <v>3031</v>
+      </c>
+      <c r="U48">
+        <v>52</v>
+      </c>
+      <c r="V48">
+        <v>109</v>
+      </c>
+      <c r="W48">
+        <v>161</v>
+      </c>
+      <c r="X48">
+        <v>0</v>
+      </c>
+      <c r="Y48">
+        <v>0</v>
+      </c>
+      <c r="Z48">
+        <v>0</v>
+      </c>
+      <c r="AA48">
+        <v>161</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC48">
+        <v>88</v>
+      </c>
+      <c r="AD48">
+        <v>2351</v>
+      </c>
+      <c r="AE48">
+        <v>2751</v>
+      </c>
+      <c r="AG48">
+        <v>37</v>
+      </c>
+      <c r="AH48">
+        <v>71</v>
+      </c>
+      <c r="AI48">
+        <v>-34</v>
+      </c>
+      <c r="AJ48">
+        <v>2641</v>
+      </c>
+      <c r="AK48">
+        <v>2751</v>
+      </c>
+      <c r="AL48">
+        <v>40</v>
+      </c>
+      <c r="AM48">
+        <v>35</v>
+      </c>
+      <c r="AN48">
+        <v>5</v>
+      </c>
+      <c r="AO48" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP48">
+        <v>22</v>
+      </c>
+      <c r="AR48">
+        <v>4</v>
+      </c>
+      <c r="AS48">
+        <v>6597</v>
+      </c>
+      <c r="AT48">
+        <v>8672</v>
+      </c>
+    </row>
+    <row r="49" spans="1:46">
+      <c r="A49" t="s">
+        <v>111</v>
+      </c>
+      <c r="B49" t="s">
+        <v>47</v>
+      </c>
+      <c r="C49" t="s">
+        <v>163</v>
+      </c>
+      <c r="D49">
+        <v>57</v>
+      </c>
+      <c r="E49">
+        <v>2809</v>
+      </c>
+      <c r="F49">
+        <v>2609</v>
+      </c>
+      <c r="G49">
+        <v>533</v>
+      </c>
+      <c r="H49">
+        <v>763</v>
+      </c>
+      <c r="I49">
+        <v>762</v>
+      </c>
+      <c r="J49">
+        <v>742</v>
+      </c>
+      <c r="K49">
+        <v>2800</v>
+      </c>
+      <c r="L49">
+        <v>945</v>
+      </c>
+      <c r="M49">
+        <v>0</v>
+      </c>
+      <c r="N49">
+        <v>958</v>
+      </c>
+      <c r="O49">
+        <v>0</v>
+      </c>
+      <c r="P49">
+        <v>922</v>
+      </c>
+      <c r="Q49">
+        <v>2825</v>
+      </c>
+      <c r="R49">
+        <v>1431</v>
+      </c>
+      <c r="S49">
+        <v>1543</v>
+      </c>
+      <c r="T49">
+        <v>2974</v>
+      </c>
+      <c r="U49">
+        <v>55</v>
+      </c>
+      <c r="V49">
+        <v>90</v>
+      </c>
+      <c r="W49">
+        <v>145</v>
+      </c>
+      <c r="X49">
+        <v>53</v>
+      </c>
+      <c r="Y49">
+        <v>75</v>
+      </c>
+      <c r="Z49">
+        <v>128</v>
+      </c>
+      <c r="AA49">
+        <v>17</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC49">
+        <v>90</v>
+      </c>
+      <c r="AD49">
+        <v>2468</v>
+      </c>
+      <c r="AE49">
+        <v>3004</v>
+      </c>
+      <c r="AG49">
+        <v>40</v>
+      </c>
+      <c r="AH49">
+        <v>42</v>
+      </c>
+      <c r="AI49">
+        <v>-2</v>
+      </c>
+      <c r="AJ49">
+        <v>2907</v>
+      </c>
+      <c r="AK49">
+        <v>3017</v>
+      </c>
+      <c r="AL49">
+        <v>10</v>
+      </c>
+      <c r="AM49">
+        <v>6</v>
+      </c>
+      <c r="AN49">
+        <v>4</v>
+      </c>
+      <c r="AO49" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP49">
+        <v>27</v>
+      </c>
+      <c r="AR49">
+        <v>1</v>
+      </c>
+      <c r="AS49">
+        <v>6964</v>
+      </c>
+      <c r="AT49">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="50" spans="1:46">
+      <c r="A50" t="s">
+        <v>111</v>
+      </c>
+      <c r="B50" t="s">
+        <v>52</v>
+      </c>
+      <c r="C50" t="s">
+        <v>164</v>
+      </c>
+      <c r="D50">
+        <v>72</v>
+      </c>
+      <c r="E50">
+        <v>2931</v>
+      </c>
+      <c r="F50">
+        <v>2560</v>
+      </c>
+      <c r="G50">
+        <v>749</v>
+      </c>
+      <c r="H50">
+        <v>791</v>
+      </c>
+      <c r="I50">
+        <v>624</v>
+      </c>
+      <c r="J50">
+        <v>769</v>
+      </c>
+      <c r="K50">
+        <v>2933</v>
+      </c>
+      <c r="L50">
+        <v>945</v>
+      </c>
+      <c r="M50">
+        <v>0</v>
+      </c>
+      <c r="N50">
+        <v>952</v>
+      </c>
+      <c r="O50">
+        <v>0</v>
+      </c>
+      <c r="P50">
+        <v>956</v>
+      </c>
+      <c r="Q50">
+        <v>2853</v>
+      </c>
+      <c r="R50">
+        <v>1490</v>
+      </c>
+      <c r="S50">
+        <v>1462</v>
+      </c>
+      <c r="T50">
+        <v>2952</v>
+      </c>
+      <c r="U50">
+        <v>80</v>
+      </c>
+      <c r="V50">
+        <v>106</v>
+      </c>
+      <c r="W50">
+        <v>186</v>
+      </c>
+      <c r="X50">
+        <v>0</v>
+      </c>
+      <c r="Y50">
+        <v>24</v>
+      </c>
+      <c r="Z50">
+        <v>24</v>
+      </c>
+      <c r="AA50">
+        <v>162</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC50">
+        <v>84</v>
+      </c>
+      <c r="AD50">
+        <v>2330</v>
+      </c>
+      <c r="AE50">
+        <v>2858</v>
+      </c>
+      <c r="AG50">
+        <v>43</v>
+      </c>
+      <c r="AH50">
+        <v>41</v>
+      </c>
+      <c r="AI50">
+        <v>2</v>
+      </c>
+      <c r="AJ50">
+        <v>1762</v>
+      </c>
+      <c r="AK50">
+        <v>2858</v>
+      </c>
+      <c r="AL50">
+        <v>50</v>
+      </c>
+      <c r="AM50">
+        <v>20</v>
+      </c>
+      <c r="AN50">
+        <v>30</v>
+      </c>
+      <c r="AO50" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP50">
+        <v>20</v>
+      </c>
+      <c r="AR50">
+        <v>4</v>
+      </c>
+      <c r="AS50">
+        <v>7007</v>
+      </c>
+      <c r="AT50">
+        <v>8584</v>
+      </c>
+    </row>
+    <row r="51" spans="1:46">
+      <c r="A51" t="s">
+        <v>114</v>
+      </c>
+      <c r="B51" t="s">
+        <v>47</v>
+      </c>
+      <c r="C51" t="s">
+        <v>163</v>
+      </c>
+      <c r="D51">
+        <v>57</v>
+      </c>
+      <c r="E51">
+        <v>2689</v>
+      </c>
+      <c r="F51">
+        <v>2264</v>
+      </c>
+      <c r="G51">
+        <v>478</v>
+      </c>
+      <c r="H51">
+        <v>728</v>
+      </c>
+      <c r="I51">
+        <v>758</v>
+      </c>
+      <c r="J51">
+        <v>802</v>
+      </c>
+      <c r="K51">
+        <v>2766</v>
+      </c>
+      <c r="L51">
+        <v>860</v>
+      </c>
+      <c r="M51">
+        <v>0</v>
+      </c>
+      <c r="N51">
+        <v>849</v>
+      </c>
+      <c r="O51">
+        <v>0</v>
+      </c>
+      <c r="P51">
+        <v>919</v>
+      </c>
+      <c r="Q51">
+        <v>2628</v>
+      </c>
+      <c r="R51">
+        <v>1450</v>
+      </c>
+      <c r="S51">
+        <v>1405</v>
+      </c>
+      <c r="T51">
+        <v>2855</v>
+      </c>
+      <c r="U51">
+        <v>50</v>
+      </c>
+      <c r="V51">
+        <v>70</v>
+      </c>
+      <c r="W51">
+        <v>120</v>
+      </c>
+      <c r="X51">
+        <v>40</v>
+      </c>
+      <c r="Y51">
+        <v>0</v>
+      </c>
+      <c r="Z51">
+        <v>40</v>
+      </c>
+      <c r="AA51">
+        <v>80</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC51">
+        <v>89</v>
+      </c>
+      <c r="AD51">
+        <v>2234</v>
+      </c>
+      <c r="AE51">
+        <v>1874</v>
+      </c>
+      <c r="AG51">
+        <v>37</v>
+      </c>
+      <c r="AH51">
+        <v>35</v>
+      </c>
+      <c r="AI51">
+        <v>2</v>
+      </c>
+      <c r="AJ51">
+        <v>2474</v>
+      </c>
+      <c r="AK51">
+        <v>2730</v>
+      </c>
+      <c r="AL51">
+        <v>25</v>
+      </c>
+      <c r="AM51">
+        <v>25</v>
+      </c>
+      <c r="AN51">
+        <v>0</v>
+      </c>
+      <c r="AO51" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP51">
+        <v>32</v>
+      </c>
+      <c r="AR51">
+        <v>1</v>
+      </c>
+      <c r="AS51">
+        <v>7218</v>
+      </c>
+      <c r="AT51">
+        <v>7104</v>
+      </c>
+    </row>
+    <row r="52" spans="1:46">
+      <c r="A52" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" t="s">
+        <v>52</v>
+      </c>
+      <c r="C52" t="s">
+        <v>164</v>
+      </c>
+      <c r="D52">
+        <v>74</v>
+      </c>
+      <c r="E52">
+        <v>2201</v>
+      </c>
+      <c r="F52">
+        <v>2366</v>
+      </c>
+      <c r="G52">
+        <v>644</v>
+      </c>
+      <c r="H52">
+        <v>535</v>
+      </c>
+      <c r="I52">
+        <v>613</v>
+      </c>
+      <c r="J52">
+        <v>404</v>
+      </c>
+      <c r="K52">
+        <v>2196</v>
+      </c>
+      <c r="L52">
+        <v>609</v>
+      </c>
+      <c r="M52">
+        <v>0</v>
+      </c>
+      <c r="N52">
+        <v>610</v>
+      </c>
+      <c r="O52">
+        <v>0</v>
+      </c>
+      <c r="P52">
+        <v>707</v>
+      </c>
+      <c r="Q52">
+        <v>1926</v>
+      </c>
+      <c r="R52">
+        <v>1087</v>
+      </c>
+      <c r="S52">
+        <v>1019</v>
+      </c>
+      <c r="T52">
+        <v>2106</v>
+      </c>
+      <c r="U52">
+        <v>164</v>
+      </c>
+      <c r="V52">
+        <v>192</v>
+      </c>
+      <c r="W52">
+        <v>356</v>
+      </c>
+      <c r="X52">
+        <v>5</v>
+      </c>
+      <c r="Y52">
+        <v>0</v>
+      </c>
+      <c r="Z52">
+        <v>5</v>
+      </c>
+      <c r="AA52">
+        <v>351</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC52">
+        <v>83</v>
+      </c>
+      <c r="AD52">
+        <v>2198</v>
+      </c>
+      <c r="AE52">
+        <v>1751</v>
+      </c>
+      <c r="AG52">
+        <v>32</v>
+      </c>
+      <c r="AH52">
+        <v>48</v>
+      </c>
+      <c r="AI52">
+        <v>-16</v>
+      </c>
+      <c r="AJ52">
+        <v>2515</v>
+      </c>
+      <c r="AK52">
+        <v>2558</v>
+      </c>
+      <c r="AL52">
+        <v>59</v>
+      </c>
+      <c r="AM52">
+        <v>38</v>
+      </c>
+      <c r="AN52">
+        <v>21</v>
+      </c>
+      <c r="AO52" t="s">
+        <v>162</v>
+      </c>
+      <c r="AP52">
+        <v>23</v>
+      </c>
+      <c r="AR52">
+        <v>4</v>
+      </c>
+      <c r="AS52">
+        <v>7830</v>
+      </c>
+      <c r="AT52">
+        <v>6304</v>
+      </c>
+    </row>
+    <row r="53" spans="1:46">
+      <c r="A53" t="s">
+        <v>115</v>
+      </c>
+      <c r="B53" t="s">
+        <v>47</v>
+      </c>
+      <c r="C53" t="s">
+        <v>163</v>
+      </c>
+      <c r="D53">
+        <v>63</v>
+      </c>
+      <c r="E53">
+        <v>2311</v>
+      </c>
+      <c r="F53">
+        <v>1754</v>
+      </c>
+      <c r="G53">
+        <v>446</v>
+      </c>
+      <c r="H53">
+        <v>641</v>
+      </c>
+      <c r="I53">
+        <v>665</v>
+      </c>
+      <c r="J53">
+        <v>811</v>
+      </c>
+      <c r="K53">
+        <v>2563</v>
+      </c>
+      <c r="L53">
+        <v>894</v>
+      </c>
+      <c r="M53">
+        <v>0</v>
+      </c>
+      <c r="N53">
+        <v>829</v>
+      </c>
+      <c r="O53">
+        <v>0</v>
+      </c>
+      <c r="P53">
+        <v>847</v>
+      </c>
+      <c r="Q53">
+        <v>2570</v>
+      </c>
+      <c r="R53">
+        <v>1355</v>
+      </c>
+      <c r="S53">
+        <v>1400</v>
+      </c>
+      <c r="T53">
+        <v>2755</v>
+      </c>
+      <c r="U53">
+        <v>27</v>
+      </c>
+      <c r="V53">
+        <v>80</v>
+      </c>
+      <c r="W53">
+        <v>107</v>
+      </c>
+      <c r="X53">
+        <v>25</v>
+      </c>
+      <c r="Y53">
+        <v>31</v>
+      </c>
+      <c r="Z53">
+        <v>56</v>
+      </c>
+      <c r="AA53">
+        <v>51</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>169</v>
+      </c>
+      <c r="AC53">
+        <v>95</v>
+      </c>
+      <c r="AD53">
+        <v>2133</v>
+      </c>
+      <c r="AE53">
+        <v>1214</v>
+      </c>
+      <c r="AG53">
+        <v>85</v>
+      </c>
+      <c r="AH53">
+        <v>84</v>
+      </c>
+      <c r="AI53">
+        <v>1</v>
+      </c>
+      <c r="AJ53">
+        <v>2221</v>
+      </c>
+      <c r="AK53">
+        <v>2200</v>
+      </c>
+      <c r="AL53">
+        <v>30</v>
+      </c>
+      <c r="AM53">
+        <v>34</v>
+      </c>
+      <c r="AN53">
+        <v>-4</v>
+      </c>
+      <c r="AO53" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP53">
+        <v>30</v>
+      </c>
+      <c r="AR53">
+        <v>1</v>
+      </c>
+      <c r="AS53">
+        <v>5258</v>
+      </c>
+      <c r="AT53">
+        <v>5448</v>
+      </c>
+    </row>
+    <row r="54" spans="1:46">
+      <c r="A54" t="s">
+        <v>115</v>
+      </c>
+      <c r="B54" t="s">
+        <v>52</v>
+      </c>
+      <c r="C54" t="s">
+        <v>164</v>
+      </c>
+      <c r="D54">
+        <v>68</v>
+      </c>
+      <c r="E54">
+        <v>2826</v>
+      </c>
+      <c r="F54">
+        <v>2418</v>
+      </c>
+      <c r="G54">
+        <v>778</v>
+      </c>
+      <c r="H54">
+        <v>692</v>
+      </c>
+      <c r="I54">
+        <v>669</v>
+      </c>
+      <c r="J54">
+        <v>679</v>
+      </c>
+      <c r="K54">
+        <v>2818</v>
+      </c>
+      <c r="L54">
+        <v>938</v>
+      </c>
+      <c r="M54">
+        <v>0</v>
+      </c>
+      <c r="N54">
+        <v>959</v>
+      </c>
+      <c r="O54">
+        <v>0</v>
+      </c>
+      <c r="P54">
+        <v>949</v>
+      </c>
+      <c r="Q54">
+        <v>2846</v>
+      </c>
+      <c r="R54">
+        <v>1356</v>
+      </c>
+      <c r="S54">
+        <v>1569</v>
+      </c>
+      <c r="T54">
+        <v>2925</v>
+      </c>
+      <c r="U54">
+        <v>70</v>
+      </c>
+      <c r="V54">
+        <v>66</v>
+      </c>
+      <c r="W54">
+        <v>136</v>
+      </c>
+      <c r="X54">
+        <v>0</v>
+      </c>
+      <c r="Y54">
+        <v>23</v>
+      </c>
+      <c r="Z54">
+        <v>23</v>
+      </c>
+      <c r="AA54">
+        <v>113</v>
+      </c>
+      <c r="AC54">
+        <v>83</v>
+      </c>
+      <c r="AD54">
+        <v>2354</v>
+      </c>
+      <c r="AE54">
+        <v>2646</v>
+      </c>
+      <c r="AG54">
+        <v>39</v>
+      </c>
+      <c r="AH54">
+        <v>32</v>
+      </c>
+      <c r="AI54">
+        <v>7</v>
+      </c>
+      <c r="AJ54">
+        <v>2858</v>
+      </c>
+      <c r="AK54">
+        <v>2910</v>
+      </c>
+      <c r="AL54">
+        <v>44</v>
+      </c>
+      <c r="AM54">
+        <v>54</v>
+      </c>
+      <c r="AN54">
+        <v>-10</v>
+      </c>
+      <c r="AP54">
+        <v>20</v>
+      </c>
+      <c r="AR54">
+        <v>4</v>
+      </c>
+      <c r="AS54">
+        <v>6604</v>
+      </c>
+      <c r="AT54">
+        <v>5122</v>
+      </c>
+    </row>
+    <row r="55" spans="1:46">
+      <c r="A55" t="s">
+        <v>116</v>
+      </c>
+      <c r="B55" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" t="s">
+        <v>163</v>
+      </c>
+      <c r="D55">
+        <v>61</v>
+      </c>
+      <c r="E55">
+        <v>2764</v>
+      </c>
+      <c r="F55">
+        <v>2485</v>
+      </c>
+      <c r="G55">
+        <v>628</v>
+      </c>
+      <c r="H55">
+        <v>674</v>
+      </c>
+      <c r="I55">
+        <v>720</v>
+      </c>
+      <c r="J55">
+        <v>764</v>
+      </c>
+      <c r="K55">
+        <v>2786</v>
+      </c>
+      <c r="L55">
+        <v>937</v>
+      </c>
+      <c r="M55">
+        <v>0</v>
+      </c>
+      <c r="N55">
+        <v>902</v>
+      </c>
+      <c r="O55">
+        <v>0</v>
+      </c>
+      <c r="P55">
+        <v>887</v>
+      </c>
+      <c r="Q55">
+        <v>2726</v>
+      </c>
+      <c r="R55">
+        <v>1468</v>
+      </c>
+      <c r="S55">
+        <v>1509</v>
+      </c>
+      <c r="T55">
+        <v>2977</v>
+      </c>
+      <c r="U55">
+        <v>25</v>
+      </c>
+      <c r="V55">
+        <v>80</v>
+      </c>
+      <c r="W55">
+        <v>105</v>
+      </c>
+      <c r="X55">
+        <v>25</v>
+      </c>
+      <c r="Y55">
+        <v>0</v>
+      </c>
+      <c r="Z55">
+        <v>25</v>
+      </c>
+      <c r="AA55">
+        <v>80</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>170</v>
+      </c>
+      <c r="AC55">
+        <v>96</v>
+      </c>
+      <c r="AD55">
+        <v>2311</v>
+      </c>
+      <c r="AE55">
+        <v>2856</v>
+      </c>
+      <c r="AG55">
+        <v>42</v>
+      </c>
+      <c r="AH55">
+        <v>41</v>
+      </c>
+      <c r="AI55">
+        <v>1</v>
+      </c>
+      <c r="AJ55">
+        <v>2708</v>
+      </c>
+      <c r="AK55">
+        <v>2856</v>
+      </c>
+      <c r="AL55">
+        <v>37</v>
+      </c>
+      <c r="AM55">
+        <v>33</v>
+      </c>
+      <c r="AN55">
+        <v>4</v>
+      </c>
+      <c r="AO55" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP55">
+        <v>29</v>
+      </c>
+      <c r="AR55">
+        <v>1</v>
+      </c>
+      <c r="AS55">
+        <v>7300</v>
+      </c>
+      <c r="AT55">
+        <v>8343</v>
+      </c>
+    </row>
+    <row r="56" spans="1:46">
+      <c r="A56" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" t="s">
+        <v>52</v>
+      </c>
+      <c r="C56" t="s">
+        <v>164</v>
+      </c>
+      <c r="D56">
+        <v>60</v>
+      </c>
+      <c r="E56">
+        <v>2829</v>
+      </c>
+      <c r="F56">
+        <v>2365</v>
+      </c>
+      <c r="G56">
+        <v>720</v>
+      </c>
+      <c r="H56">
+        <v>649</v>
+      </c>
+      <c r="I56">
+        <v>730</v>
+      </c>
+      <c r="J56">
+        <v>731</v>
+      </c>
+      <c r="K56">
+        <v>2830</v>
+      </c>
+      <c r="L56">
+        <v>927</v>
+      </c>
+      <c r="M56">
+        <v>0</v>
+      </c>
+      <c r="N56">
+        <v>963</v>
+      </c>
+      <c r="O56">
+        <v>0</v>
+      </c>
+      <c r="P56">
+        <v>939</v>
+      </c>
+      <c r="Q56">
+        <v>2829</v>
+      </c>
+      <c r="R56">
+        <v>1465</v>
+      </c>
+      <c r="S56">
+        <v>1233</v>
+      </c>
+      <c r="T56">
+        <v>2698</v>
+      </c>
+      <c r="U56">
+        <v>45</v>
+      </c>
+      <c r="V56">
+        <v>52</v>
+      </c>
+      <c r="W56">
+        <v>97</v>
+      </c>
+      <c r="X56">
+        <v>23</v>
+      </c>
+      <c r="Y56">
+        <v>0</v>
+      </c>
+      <c r="Z56">
+        <v>23</v>
+      </c>
+      <c r="AA56">
+        <v>74</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>171</v>
+      </c>
+      <c r="AC56">
+        <v>76</v>
+      </c>
+      <c r="AD56">
+        <v>2321</v>
+      </c>
+      <c r="AE56">
+        <v>2612</v>
+      </c>
+      <c r="AG56">
+        <v>46</v>
+      </c>
+      <c r="AH56">
+        <v>48</v>
+      </c>
+      <c r="AI56">
+        <v>-2</v>
+      </c>
+      <c r="AJ56">
+        <v>2617</v>
+      </c>
+      <c r="AK56">
+        <v>2612</v>
+      </c>
+      <c r="AL56">
+        <v>51</v>
+      </c>
+      <c r="AM56">
+        <v>40</v>
+      </c>
+      <c r="AN56">
+        <v>11</v>
+      </c>
+      <c r="AP56">
+        <v>21</v>
+      </c>
+      <c r="AR56">
+        <v>3</v>
+      </c>
+      <c r="AS56">
+        <v>8025</v>
+      </c>
+      <c r="AT56">
+        <v>4222</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AT1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Line A</vt:lpstr>
       <vt:lpstr>Line B</vt:lpstr>
+      <vt:lpstr>Line C</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>